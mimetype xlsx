--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -6,82 +6,79 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Документы Ира\Выбор поставщиков\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0EDDAE84-3605-48F0-8445-6A8FDC7D5B51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5615FF61-A76D-4C2E-9088-A1B639A8A5F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$1:$L$433</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$1:$J$433</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3837" uniqueCount="2092">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3426" uniqueCount="1672">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>ОКВЭД (у самозанятых - вид деятельности)</t>
   </si>
   <si>
     <t>Наименование Поставщика</t>
-  </si>
-[...1 lines deleted...]
-    <t>Контакты (телефон, эл. почта) - для внутреннего пользования</t>
   </si>
   <si>
     <t>Отдел</t>
   </si>
   <si>
     <t>Вид оказываемых услуг</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Маркетинговые услуги</t>
   </si>
   <si>
     <t>Реклама в интернете</t>
   </si>
   <si>
     <t>г. Псков</t>
   </si>
   <si>
     <t>2021г.</t>
   </si>
@@ -89,281 +86,249 @@
     <t>18.12 Прочие виды полиграфической
 деятельности</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции</t>
   </si>
   <si>
     <t>г.Санкт-Петербург</t>
   </si>
   <si>
     <t>АО "Деловая среда"</t>
   </si>
   <si>
     <t>63.1 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации, деятельность порталов в
 информационно-коммуникационной сети
 Интернет, 85.41.9 Образование дополнительное детей
 и взрослых прочее, не включенное в другие
 группировки</t>
   </si>
   <si>
     <t>Обучение, организация мероприятий</t>
   </si>
   <si>
-    <t>pr@dasreda.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Москва</t>
   </si>
   <si>
     <t>до 2021г.</t>
   </si>
   <si>
     <t>71.20 Технические испытания,
 исследования, анализ и сертификация</t>
   </si>
   <si>
     <t>180007, город Псков, Наб. Ольгинская, д. 5а, офис 2-20</t>
   </si>
   <si>
     <t>Сертификация</t>
   </si>
   <si>
-    <t>7-906-223-41-07
-[...2 lines deleted...]
-  <si>
     <t>ООО "ПСК-Серт"</t>
   </si>
   <si>
     <t>ООО "Юрфак"</t>
   </si>
   <si>
     <t>69.10 Деятельность в области права</t>
   </si>
   <si>
     <t>Юридические услуги</t>
   </si>
   <si>
-    <t>51-50-72</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Инженерная, 1г</t>
   </si>
   <si>
     <t>180000 г.Псков,ул.Советская, 51,лит.Н,пом.8,9</t>
   </si>
   <si>
     <t>Наружная реклама</t>
   </si>
   <si>
     <t>73.1 Деятельность рекламная</t>
-  </si>
-[...1 lines deleted...]
-    <t>60-75-90, gpskov@gmail.com</t>
   </si>
   <si>
     <t>18.1 Деятельность полиграфическая и
 предоставление услуг в этой области</t>
   </si>
   <si>
     <t>ИП Зуев Александр Владимирович</t>
   </si>
   <si>
     <t xml:space="preserve">г.Псков  </t>
   </si>
   <si>
     <t>ИП Мушак Андрей Викторович</t>
   </si>
   <si>
-    <t>79113876766 
-[...2 lines deleted...]
-  <si>
     <t>Создание фото- видеороликов</t>
   </si>
   <si>
     <t>ООО "АПД"</t>
   </si>
   <si>
     <t>180007, г, Псков, Ольгинская набережная, д.9 а, оф. №6</t>
   </si>
   <si>
     <t>73.11 Деятельность рекламных агентств</t>
   </si>
   <si>
     <t xml:space="preserve">г. Псков Петровская, д. 4 </t>
   </si>
   <si>
     <t>Самозанятая Зайцева Елизавета Евгеньевна</t>
   </si>
   <si>
     <t>АНПОО "УЦ ПЛЕСКОВ"</t>
   </si>
   <si>
     <t>85.30 Обучение профессиональное</t>
   </si>
   <si>
     <t xml:space="preserve">Обучение </t>
   </si>
   <si>
     <t>180004, Псковская область, г. Псков, ул.Гагарина, д.4</t>
   </si>
   <si>
     <t>Псковский филиал РМАТ</t>
   </si>
   <si>
     <t>85.22 Образование высшее</t>
   </si>
   <si>
     <t>ИП Карпухин Сергей Валентинович</t>
   </si>
   <si>
     <t>62.01 Разработка компьютерного
 программного обеспечения</t>
   </si>
   <si>
     <t>Создание/модернизация сайта</t>
-  </si>
-[...1 lines deleted...]
-    <t>srg04@yandex.ru   89212146491</t>
   </si>
   <si>
     <t>ИП Петров Сергей Вячеславович</t>
   </si>
   <si>
     <t>г. Оренбург</t>
   </si>
   <si>
     <t>Самозанятый Иванов Андрей Владимирович</t>
   </si>
   <si>
     <t>Фотоуслуги</t>
   </si>
   <si>
     <t>ИП Яковлева Яна Юрьевна</t>
   </si>
   <si>
     <t>73.20 Исследование конъюнктуры рынка и
 изучение общественного мнения</t>
   </si>
   <si>
     <t>Организация мероприятий, написание бизнес-плана</t>
   </si>
   <si>
     <t>Псковский областной Союз туриндустрии</t>
   </si>
   <si>
     <t>180000, Россия, Псковская обл.,
 г. Псков, ул. Некрасова, д. 1</t>
   </si>
   <si>
     <t>94.12 Деятельность профессиональных
 членских организаций, 82.30 Деятельность по организации
 конференций и выставок</t>
   </si>
   <si>
     <t>Организация мероприятий</t>
   </si>
   <si>
-    <t>7 (992) 297-74-76</t>
-[...1 lines deleted...]
-  <si>
     <t>82.30 Деятельность по организации
 конференций и выставок</t>
   </si>
   <si>
     <t>ООО "Атмосфера путешествий"</t>
   </si>
   <si>
-    <t>66-22-06</t>
-[...1 lines deleted...]
-  <si>
     <t>93.29 - Деятельность зрелищно-развлекательная
 прочая</t>
   </si>
   <si>
     <t>Услуги по организации мероприятия</t>
   </si>
   <si>
     <t>г. Москва, ул. Верхняя Первомайская, д. 49, к. 1, этаж 4 пом. 1, ком. 1</t>
   </si>
   <si>
     <t>2021 год</t>
   </si>
   <si>
     <t>Москва, п. Московский, 22-ой км Киевского шоссе, домовладение 4, строение 5</t>
   </si>
   <si>
     <t>ООО "Аврора"</t>
   </si>
   <si>
     <t>46.49 - Торговля оптовая прочими бытовыми
 товарами (17.29 - Производство прочих изделий из бумаги и картона)</t>
   </si>
   <si>
     <t xml:space="preserve">Московская область, г. Краснознаменск, 
 ул. Связистов 12-295 </t>
   </si>
   <si>
     <t>Рекламные услуги</t>
   </si>
   <si>
     <t>г. Псков, ул. ПЕРВОМАЙСКАЯ, д. 20, пом. 1001</t>
   </si>
   <si>
     <t>ООО-фирма «Псковское возрождение»</t>
   </si>
   <si>
     <t>58.13 - Издание газет (18.1 - Деятельность полиграфическая и
 предоставление услуг в этой области)</t>
   </si>
   <si>
     <t>г.Псков, ул. Гоголя, 6</t>
   </si>
   <si>
     <t>ООО "Рекламный партнер"</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств</t>
   </si>
   <si>
-    <t>8 (112)60-77-01,  direct-sound@inbox.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков ул. Л. Поземского 92, пав. 13, эт.2</t>
   </si>
   <si>
     <t>ИП Чернышев Вячеслав Игоревич</t>
   </si>
   <si>
     <t>41.20 - Строительство жилых и нежилых зданий (73.11 - Деятельность рекламных агентств)</t>
-  </si>
-[...1 lines deleted...]
-    <t>89212165343, ads@viarse.ru</t>
   </si>
   <si>
     <t>г.Псков</t>
   </si>
   <si>
     <t>ООО "Лазер Крафт"</t>
   </si>
   <si>
     <t>32.99.9 - Производство прочих изделий, не
 включенных в другие группировки (18.12 - Прочие виды полиграфической
 деятельности)</t>
   </si>
   <si>
     <t>г.Псков,Рижский пр., д.5А, пом.1003</t>
   </si>
   <si>
     <t>ООО РА "Телеком"</t>
   </si>
   <si>
     <t>ИП Поташов Михаил Николаевич</t>
   </si>
   <si>
     <t>95.11 - Ремонт компьютеров и периферийного
 компьютерного оборудования</t>
   </si>
@@ -390,53 +355,50 @@
   </si>
   <si>
     <t>96.09 - Предоставление прочих персональных
 услуг, не включенных в другие группировки (70.22 - Консультирование по вопросам
 коммерческой деятельности и управления_70.22 - Консультирование по вопросам
 коммерческой деятельности и управления)</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам
 коммерческой деятельности и управления; 63.11 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим
 деятельность;69.20 Деятельность по оказанию услуг в
 области бухгалтерского учета, по
 проведению финансового аудита, по
 налоговому консультированию; 82.19 Деятельность по фотокопированию и
 подготовке документов и прочая
 специализированная вспомогательная
 деятельность по обеспечению деятельности
 офиса</t>
   </si>
   <si>
     <t>информационно-консультационные услуги, написание бизнес-планов; организация мероприятий (семинары, круглые столы и т.п.)</t>
   </si>
   <si>
-    <t>881132-51-420, 8900-990-53-19, ikc-strugi@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>181110, ПСКОВСКАЯ ОБЛАСТЬ, СТРУГО-КРАСНЕНСКИЙ РАЙОН, СТРУГИ КРАСНЫЕ РАБОЧИЙ ПОСЕЛОК, ПОБЕДЫ УЛИЦА, 2-В</t>
   </si>
   <si>
     <t>с 2010 г.</t>
   </si>
   <si>
     <t>Псков</t>
   </si>
   <si>
     <t>56.10 Деятельность ресторанов и услуги по
 доставке продуктов питания; 18.12 Прочие виды полиграфической
 деятельности;25.11 Производство строительных
 металлических конструкций, изделий и их
 частей;58.19 Виды издательской деятельности
 прочие;73.11 Деятельность рекламных агентств; 73.12 Представление в средствах массовой
 информации;</t>
   </si>
   <si>
     <t>2021 г.</t>
   </si>
   <si>
     <t>18.1 Деятельность полиграфическая и
 предоставление услуг в этой области;58 Деятельность издательская;73.1 Деятельность рекламная;</t>
   </si>
   <si>
@@ -562,164 +524,152 @@
     <t>ООО РА "Планер"</t>
   </si>
   <si>
     <t>Самозанятая Пономарева Мария Владимировна</t>
   </si>
   <si>
     <t>АНО "Национальное агенство развития квалификаций"</t>
   </si>
   <si>
     <t>ООО "НПФ "ИПП и ПК"</t>
   </si>
   <si>
     <t>ООО "АйТиСервис"</t>
   </si>
   <si>
     <t>ИП Стальная Ольга Алексевна</t>
   </si>
   <si>
     <t>96.02 - Предоставление услуг парикмахерскими и салонами красоты, 96.09 - Предоставление прочих персональных
 услуг, не включенных в другие группировки</t>
   </si>
   <si>
     <t>продвижение аккаунта в соц сетях</t>
   </si>
   <si>
-    <t>8-911-887-8876</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Печоры, ул. Мира, д52</t>
   </si>
   <si>
     <t>Самозанятый 
 Титова Аурелия Васильевна</t>
   </si>
   <si>
     <t>Съемка видеоролика</t>
   </si>
   <si>
     <t>Съемка и монтаж рекламного ролика</t>
-  </si>
-[...1 lines deleted...]
-    <t>7-966-34-777-46</t>
   </si>
   <si>
     <t>Московская область, г.п. Раменское, д.п. Кратово, ул. Овражная, д. 36</t>
   </si>
   <si>
     <t>Самозанятый Бартенев Илья Александрович</t>
   </si>
   <si>
     <t>Псков, ул. Красных Партазан, 4-2</t>
   </si>
   <si>
     <t>нет</t>
   </si>
   <si>
     <t>изготовление полиграфии</t>
   </si>
   <si>
     <t>Великие Луки, ул.Вокзальная, 24/7-4</t>
   </si>
   <si>
     <t>47.41 - Торговля розничная компьютерами, периферийными устройствами к ним и программным обеспечением в специализированных магазинах, 62.0 - Разработка компьютерного программного
 обеспечения, консультационные услуги в данной
 области и другие сопутствующие услуги</t>
   </si>
   <si>
     <t>ИП Комаров Дмитрий Владимирович</t>
   </si>
   <si>
     <t>62.01 - Разработка компьютерного программного обеспечения</t>
   </si>
   <si>
     <t>разработка сайта</t>
   </si>
   <si>
     <t>д.Родина, Владимирская 7в</t>
   </si>
   <si>
     <t>ИП Сергеев Денис Юрьевич</t>
   </si>
   <si>
     <t>47.52.7 - Торговля розничная строительными материалами, не включенными в другие группировки, в специализированных магазинах, 73.11 - Деятельность рекламных агентств</t>
   </si>
   <si>
-    <t>8-911-362-0105</t>
-[...1 lines deleted...]
-  <si>
     <t>.Псков, ул. Розы Люксембург,д. 30, кв. 38</t>
   </si>
   <si>
     <t xml:space="preserve"> ООО "ИНТЕРОТЕЛЬ МЕНЕДЖМЕНТ»</t>
   </si>
   <si>
     <t>Настройка системы комплексного управления</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>вывод на электронные торговые площадки</t>
   </si>
   <si>
     <t>вывод на маркетплейсы</t>
   </si>
   <si>
     <t>г.Псков ул.Шестака, д.15, кв.22.</t>
   </si>
   <si>
     <t>Самозанятая Фролова Наталия Сергеевна</t>
   </si>
   <si>
     <t>ООО «Маркетинговое агентство «Энтер»</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств, 63.11 - Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим деятельность</t>
   </si>
   <si>
     <t>Псков, ул. Герцена, д.4</t>
   </si>
   <si>
     <t>СПЕЦИАЛЬНАЯ ОЦЕНКА УСЛОВИЙ ТРУДА</t>
   </si>
   <si>
     <t>МЕЖРЕСПУБЛИКАНСКАЯ КОЛЛЕГИЯ АДВОКАТОВ (Г. МОСКВА), Псковский филиал</t>
   </si>
   <si>
     <t>г. Псков, ул. М. Горького, д.53 офис 10</t>
   </si>
   <si>
     <t>ИП Кноль Татьяна Викторовна</t>
   </si>
   <si>
     <t>ведение бух учета</t>
-  </si>
-[...1 lines deleted...]
-    <t>8911-385-6675</t>
   </si>
   <si>
     <t>Псковский район, д.Борисовичи</t>
   </si>
   <si>
     <t>МАУ "Центр туризма и творческих индустрий Пскова"</t>
   </si>
   <si>
     <t>79.90.1 Деятельность по предоставлению туристических информационных услуг</t>
   </si>
   <si>
     <t>участие в ярмарке</t>
   </si>
   <si>
     <t>ПСКОВ Г., ГЕОРГИЕВСКАЯ УЛ., Д. 4,</t>
   </si>
   <si>
     <t xml:space="preserve">ООО ГРУППА КОМПАНИЙ "ДОМ НАУКИ И ТЕХНИКИ"            </t>
   </si>
   <si>
     <t xml:space="preserve">71.20.9 - Деятельность по техническому контролю, испытаниям и анализу прочая  </t>
   </si>
   <si>
     <t>400005, г. Волгоград, пр-т им В.И.  Ленина, д. 88, офис 3.4</t>
   </si>
@@ -764,3257 +714,2451 @@
   <si>
     <t>Вывод на маркетплейс</t>
   </si>
   <si>
     <t>Г. МОСКВА, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ ХОРОШЕВО-МНЕВНИКИ, 3-Я ХОРОШЁВСКАЯ УЛ., Д. 2, СТР. 1, ЭТАЖ 6, КОМ. 616</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Самозанятый Суханов </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">Сергей Витальевич </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Услуги по разработке сайта </t>
   </si>
   <si>
-    <t>golddocuments@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Боть Роман Владимирович</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (906) 220-29-35        butcher_60@mail.ru</t>
   </si>
   <si>
     <t>ООО "Волга"</t>
   </si>
   <si>
     <t>62.09 - Деятельность, связанная с использованием
 вычислительной техники и информационных
 технологий, прочая</t>
   </si>
   <si>
     <t xml:space="preserve">Волгоградская обл., г.Волжский, ул. Пушкина, строение 105г/1, кабинет 206. </t>
   </si>
   <si>
     <t>Самозанятый
 Алексеев Александр Александрович</t>
   </si>
   <si>
     <t>ООО "Сельхозинструмент"</t>
   </si>
   <si>
     <t>25.73 - Производство инструмента (70.22 - Консультирование по вопросам
 коммерческой деятельности и управления, 72.19 - Научные исследования и разработки в
 области естественных и технических наук прочие)</t>
   </si>
   <si>
     <t xml:space="preserve">Создание бизнес-плана </t>
   </si>
   <si>
-    <t>89212161199 (Войку Иван Петрович)</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Льва Толстого, д.3, кв.51</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Клякина Оксана Николаевна </t>
   </si>
   <si>
-    <t>oksana-82@list.ru
-[...2 lines deleted...]
-  <si>
     <t>ИП Скоробогатов Алексей Петрович</t>
-  </si>
-[...1 lines deleted...]
-    <t>skorobogatov1984@yandex.ru 8-953-253-00-88</t>
   </si>
   <si>
     <t>ООО "Белотест"</t>
   </si>
   <si>
     <t>сертификация продукции</t>
   </si>
   <si>
     <t>107078, г. Москва, ул. Новая Басманная, д. 23Б, стр. 20,   пом. 304</t>
   </si>
   <si>
     <t>ООО «Эксперт Консалт Груп»</t>
   </si>
   <si>
     <t xml:space="preserve">70.22 Консультирование по вопросам
 коммерческой деятельности и управления; </t>
   </si>
   <si>
     <t>Классификация средств размещения</t>
-  </si>
-[...3 lines deleted...]
-сайт https://ecghotel.ru/</t>
   </si>
   <si>
     <t>127006, ГОРОД МОСКВА, САДОВАЯ-ТРИУМФАЛЬНАЯ УЛИЦА, ДОМ 4-10, ПОМ II КОМ 15 ОФ 70</t>
   </si>
   <si>
     <t>ООО "Звезды отелям"</t>
   </si>
   <si>
     <t>71.20.8 Сертификация продукции, услуг и
 организаций; 9.10 Деятельность в области права; 71.12.6 Деятельность в области
 технического регулирования,
 стандартизации, метрологии, аккредитации,
 каталогизации продукции</t>
-  </si>
-[...2 lines deleted...]
- сайт http://звездыотелям.рф/</t>
   </si>
   <si>
     <t>197046, Санкт-Петербург, Петроградская наб., д. 34, литер А, оф. 205А</t>
   </si>
   <si>
     <t>ООО "Компания "Тензор"</t>
   </si>
   <si>
     <t xml:space="preserve">62.01 Разработка компьютерного
 программного обеспечения; 61.10.3 Деятельность по предоставлению
 услуг по передаче данных и услуг доступа
 к информационно-коммуникационной сети
 Интернет;62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий; 63.11 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим
 деятельность; 63.11.1 Деятельность по созданию и
 использованию баз данных и
 информационных ресурсов; </t>
   </si>
   <si>
     <t xml:space="preserve">Настройка и установка электронных сервисов (СБИС); Организации работы с ККТ </t>
-  </si>
-[...2 lines deleted...]
- сайт https://tensor.ru/</t>
   </si>
   <si>
     <t>180016, г. Псков, Рижский пр-т, д. 26</t>
   </si>
   <si>
     <t>ИП Полубелова Евгения Павловна</t>
   </si>
   <si>
     <t>62.01 Разработка компьютерного
 программного обеспечения; 62.0 Разработка компьютерного
 программного обеспечения,
 консультационные услуги в данной области
 и другие сопутствующие услуги;62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий;62.03 Деятельность по управлению
 компьютерным оборудованием; 63.1 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации, деятельность порталов в
 информационно-коммуникационной сети
 Интернет; 63.11.1 Деятельность по созданию и
 использованию баз данных и
 информационных ресурсов; 69 Деятельность в области права и
 бухгалтерского учета; 70.22 Консультирование по вопросам
 коммерческой деятельности и управления</t>
   </si>
   <si>
-    <t>Алена Васильева- (8112) 66-05-00 (добавочный 113), vasileva@infocompskov.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Гнедин Михаил Сергеевич</t>
   </si>
   <si>
     <t>73.11 Деятельность рекламных агентств; 62.09 Деятельность, связанная с
 использованием вычислительной техники и
 информационных технологий, прочая; 73.12 Представление в средствах массовой
 информации</t>
   </si>
   <si>
     <t xml:space="preserve">создание сайта </t>
   </si>
   <si>
-    <t>8911-890-40-01, mrcmyker@gmail.com, art@gnedin.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятая Туманенкова Александра Геннадьевна</t>
   </si>
   <si>
     <t>фотоуслуги</t>
   </si>
   <si>
-    <t>8911-886-66-68, https://vk.com/tumanenkova</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятый Егоров Фёдор Васильевич</t>
-  </si>
-[...2 lines deleted...]
-https://vk.com/fyodor.egorov</t>
   </si>
   <si>
     <t>ЗАО "Электрические сети"</t>
   </si>
   <si>
     <t>82.30 Деятельность по организации
 конференций и выставок;</t>
   </si>
   <si>
     <t xml:space="preserve">организация Международного форума «Электрические сети» (МФЭС)  </t>
   </si>
   <si>
-    <t>8(495)  771-65-64
-[...4 lines deleted...]
-  <si>
     <t>107076, г. Москва, ул. Атарбекова,  д. 4</t>
   </si>
   <si>
     <t>ИП ГЛУЩЕНКО НАТАЛЬЯ АНАТОЛЬЕВНА</t>
   </si>
   <si>
     <t>82.30 Деятельность по организации
 конференций и выставок; 43.29 Производство прочих строительномонтажных работ</t>
   </si>
   <si>
     <t>организация выставки "Авторские штучки"</t>
-  </si>
-[...2 lines deleted...]
-группа выставки https://vk.com/festash_spb</t>
   </si>
   <si>
     <t xml:space="preserve">г. Санкт-Петербург </t>
   </si>
   <si>
     <t>ООО "Отель-Эксперт"</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам
 коммерческой деятельности и управления, 71.12.63 Деятельность в области
 аккредитации, 71.20.8 Сертификация продукции, услуг и организаций</t>
   </si>
   <si>
-    <t>89272153201   rimmatlt18@yandex.ru, rimmasamara1@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>443093 РФ, Самарская обл., г. Самара, ул. Партизанская, дом № 82А, оф. 407</t>
   </si>
   <si>
     <t>2022г.</t>
   </si>
   <si>
     <t>ООО "Эндикон-Эксперт"</t>
   </si>
   <si>
     <t>71.20.8 Сертификация продукции, услуг и
 организаций</t>
   </si>
   <si>
-    <t>8 (921) 446-17-00 
-[...2 lines deleted...]
-  <si>
     <t>199226, Санкт-Петербург, ул. Кораблестроителей, д. 14, гостиница «Park Inn by Radisson Pribaltiyskaya», офис 4076</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Балтийская Туристская Инициатива» </t>
   </si>
   <si>
-    <t>8 (812) 610‒00‒41
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">195265, Санкт-Петербург, Гражданский пр., 105-2-18 </t>
   </si>
   <si>
     <t>ООО «Холмонт Бизнес Решения»</t>
   </si>
   <si>
     <t>Разработка компьютерного программного обеспечения</t>
   </si>
   <si>
-    <t>8 800 77 55 205, info@haulmont.com</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">445030, Самарская область, г. Тольятти, ул. 40 лет Победы, дом 41, офис 1 </t>
   </si>
   <si>
     <t>Создание/модернизация сайта, реклама в интернете</t>
   </si>
   <si>
-    <t>8 (3532) 679-300, c@dc56.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Оренбург</t>
   </si>
   <si>
-    <t>7-911 366 63 32</t>
-[...4 lines deleted...]
-  <si>
     <t>Самозанятый Кожуков Кирилл Юрьевич</t>
   </si>
   <si>
-    <t>7 960 221-08-88</t>
-[...1 lines deleted...]
-  <si>
     <t>74.20 Деятельность в области фотографии</t>
   </si>
   <si>
     <t>ООО "Бизнес-аудитория"</t>
   </si>
   <si>
     <t>Разработка бизнес-плана</t>
   </si>
   <si>
     <t>180004, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ОКТЯБРЬСКИЙ ПРОСПЕКТ, ДОМ 50, ОФИС 333, ПОМЕЩЕНИЕ 1</t>
   </si>
   <si>
     <t>ИП Быстрова Ирина Олеговна</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (921) 218-11-18, bio_pskov@mail.ru</t>
   </si>
   <si>
     <t>УЧЕБНЫЙ ЦЕНТР "ПСКОВ"</t>
   </si>
   <si>
     <t>85.42 Образование профессиональное
 дополнительное</t>
   </si>
   <si>
     <t>Обучение, повышение квалификации, аттестация рабочих мест</t>
-  </si>
-[...1 lines deleted...]
-    <t>66-53-81, uc@ucpskov.ru, https://ucpskov.ru/</t>
   </si>
   <si>
     <t>180017, г. Псков, ул. Яна Фабрициуса, д. 14</t>
   </si>
   <si>
     <t>ПООО ЗПП "НАШЕ ПРАВО"</t>
   </si>
   <si>
     <t>94.99 Деятельность прочих общественных
 организаций, не включенных в другие
 группировки</t>
   </si>
   <si>
-    <t>89116948763, np701043@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ОКТЯБРЬСКИЙ ПРОСПЕКТ, 50, -, 308</t>
   </si>
   <si>
     <t>Самозанятая Сиверцева Ирина Юрьевна</t>
-  </si>
-[...1 lines deleted...]
-    <t>79095756661, irina.ur@bk.ru</t>
   </si>
   <si>
     <t>Закрытое акционерное общество Фирма «Псков-Аудит»</t>
   </si>
   <si>
     <t>69.20.1 Деятельность по проведению
 финансового аудита</t>
   </si>
   <si>
     <t>Бухгалтерские услуги</t>
-  </si>
-[...3 lines deleted...]
-http://pskov-audit.ru</t>
   </si>
   <si>
     <t>180007, Россия, Псковская область, г.Псков, ул.Пароменская 8а, офис 1022</t>
   </si>
   <si>
     <t>Самозанятая Загорская Наталья Григорьевна</t>
   </si>
   <si>
     <t>Выставочно-ярмарочная деятельность</t>
   </si>
   <si>
     <t>Ассоциация «Народные художественные промыслы России»</t>
   </si>
   <si>
     <t>94.12 Деятельность профессиональных
 членских организаций, 90.0 Деятельность творческая, деятельность
 в области искусства и организации
 развлечений</t>
   </si>
   <si>
-    <t>8 (499) 124-25-44, http://nkhp.ru/</t>
-[...1 lines deleted...]
-  <si>
     <t>117218, г. Москва, ул. Кржижановского, д. 21/33</t>
   </si>
   <si>
     <t>ООО "Прайм"</t>
   </si>
   <si>
     <t>Рекламные услуги (Полиграфия, наружная реклама)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сергей, 8960-222-01-40</t>
   </si>
   <si>
     <t>Псков, ул. М. Горького, д.1</t>
   </si>
   <si>
     <t>ООО «Русская Школа Управления»</t>
   </si>
   <si>
     <t>85.42.9 - Деятельность по дополнительному
 профессиональному образованию прочая, не
 включенная в другие группировки</t>
   </si>
   <si>
     <t>Образовательные услуги</t>
   </si>
   <si>
-    <t>Анна Поцелуева 
-[...4 lines deleted...]
-  <si>
     <t>г.Москва, вн.тер.г. Муниципальный округ Останкинский, пр-кт Мира, двлд. 119, стр. 619, этаж/помещ. 2/IV, ком. 2</t>
   </si>
   <si>
     <t>ИП АРХИПОВА ОЛЬГА ИВАНОВНА</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств; 74.20 - Деятельность в области фотографии</t>
   </si>
   <si>
     <t>макетирование и печать полиграфической продукции</t>
-  </si>
-[...1 lines deleted...]
-    <t>8921-117-78-13, ivannaoly@mail.ru</t>
   </si>
   <si>
     <t>Юр. Адрес: Псковская обл, Опочецкий р-он, п. Опочка, Безымянный пер., 126, 1
 Факт. Адрес: г. Псков, ул.  Гражданская, д.19а, кв. 20</t>
   </si>
   <si>
     <t>ИП Котков Павел Сергеевич (фирма "Репрофи")</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств; 18.12 - Прочие виды полиграфической
 деятельности;63.91 - Деятельность информационных агентств; 74.20 - Деятельность в области фотографии</t>
   </si>
   <si>
-    <t>7 (911) 395 84 23, 8953247-08-88, widformat@inbox.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, г.Псков, Максима Горького1, корпус 1.9</t>
   </si>
   <si>
     <t>ООО "Прореклама"</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств; 73.12 - Представление в средствах массовой
 информации</t>
-  </si>
-[...1 lines deleted...]
-    <t>79-32-23, pro-reklama60@mail.ru</t>
   </si>
   <si>
     <t>г. Псков , ул. Красноармейская, дом 6, помещение 1011</t>
   </si>
   <si>
     <t>2021 г</t>
   </si>
   <si>
     <t>ИП Ефимов Николай Игоревич</t>
   </si>
   <si>
     <t>73.11 - Деятельность рекламных агентств; 63.11 - Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим деятельность; 73.20 - Исследование конъюнктуры рынка и
 изучение общественного мнения; 74.10 - Деятельность специализированная в
 области дизайна</t>
   </si>
   <si>
     <t>интернет-реклама, smm продвижение</t>
   </si>
   <si>
-    <t>79992851556, info@attn-agency.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ПОО ООО ВОСВОД</t>
   </si>
   <si>
     <t>повышение квалификации и обучение персонала: Судоводителей маломерных судов, матросов-спасателей</t>
-  </si>
-[...1 lines deleted...]
-    <t>8(8112)72-48-61, 8911-88-20-263, vosvod-pskov@mail.ru</t>
   </si>
   <si>
     <t>г. Псков, ул. Вокзальная, д. 20, оф.123</t>
   </si>
   <si>
     <t>АНО ДПО "ОЦ "Плеяды"</t>
   </si>
   <si>
     <t>85.42.9 Деятельность по дополнительному
 профессиональному образованию прочая,
 не включенная в другие группировки</t>
   </si>
   <si>
     <t>повышение квалификации и обучение персонала (в том числе дисанционное обучение)</t>
   </si>
   <si>
-    <t>8961-520-88-03, rull@pleade.ru
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">350000, РФ, Краснодарский край, 
 г.Краснодар, ул. Карасунская 60, офис 28, </t>
   </si>
   <si>
     <t>ЧОУ ДПО "УЦ Академия безопасности"</t>
-  </si>
-[...1 lines deleted...]
-    <t>88005509590, info@ab-dpo.ru</t>
   </si>
   <si>
     <t>153032, г. Иваново,  ул. Станкостроителей, д. 5А, стр.1, оф.7</t>
   </si>
   <si>
     <t>ООО "Международный центр дистанционного образования"</t>
   </si>
   <si>
     <t>62.09 Деятельность, связанная с
 использованием вычислительной техники и
 информационных технологий, прочая; 85.30 Обучение профессиональное; 85.41 Образование дополнительное детей и
 взрослых</t>
   </si>
   <si>
-    <t xml:space="preserve">сайт https://mbacity.ru/
-[...3 lines deleted...]
-  <si>
     <t>129366, Москва г, Мира пр-кт, дом 150</t>
   </si>
   <si>
     <t>Международная ювелирная школа ИП Каракуркчи О.Н.</t>
   </si>
   <si>
     <t>85.41 Образование дополнительное детей и
 взрослых</t>
   </si>
   <si>
-    <t>8-800-2000-477, top@jewelleryschool.com,
-[...2 lines deleted...]
-  <si>
     <t>190020, г. Санкт-Петербург, ул. Бумажная, д. 17, литер. А.</t>
   </si>
   <si>
     <t>АНО ДПО "ОЦ ПетроПроф"</t>
   </si>
   <si>
-    <t>8 (800) 775-99-32 , 89090065009,   pp@petroprofa.ru
-[...2 lines deleted...]
-  <si>
     <t>191036, Санкт-Петербург, ул. Восстания, д.7, БЦ "Андреевский дом"</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ ПСКОВСКОЙ ОБЛАСТИ "ТУРИСТСКИЙ ИНФОРМАЦИОННЫЙ ЦЕНТР"</t>
   </si>
   <si>
     <t>79.90.1 Деятельность по предоставлению туристических информационных услу</t>
   </si>
   <si>
     <t>размещение рекламных материалов на айте visit/pskov.ru</t>
   </si>
   <si>
-    <t>8-992-2994412</t>
-[...1 lines deleted...]
-  <si>
     <t>Псков, Октябрьский пр., д.14</t>
   </si>
   <si>
     <t>продвижение в Интернете</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-953-544-0830</t>
   </si>
   <si>
     <t>185504, Республика Карелия, Район Прионежский, пос. Шуя, ул. Советская, дом 18, кв.28</t>
   </si>
   <si>
     <t>47.78 - Торговля розничная прочая в специализированных магазинах, 18.12 - Прочие виды полиграфической
 деятельности</t>
   </si>
   <si>
     <t>изготовление полиграфической продукции</t>
   </si>
   <si>
-    <t>8-951-755-55-00</t>
-[...1 lines deleted...]
-  <si>
     <t>Псков, Киселева, д.16</t>
   </si>
   <si>
     <t>85.41.9 - Образование дополнительное детей и взрослых, не включенное в другие группировки</t>
   </si>
   <si>
     <t>консультационно-информационные услуги, вебинары</t>
-  </si>
-[...1 lines deleted...]
-    <t>buhgalter.medhelios@yandex.ru, 8-960-456-1523</t>
   </si>
   <si>
     <t xml:space="preserve">354207, Краснодарский край,  г. Сочи, Лазаревский район, пос. Дагомыс, </t>
   </si>
   <si>
     <t>ООО "Амрита УЦ"</t>
   </si>
   <si>
     <t>46.46.1 - Торговля оптовая фармацевтической продукцией, 85.42 - Образование профессиональное
 дополнительное</t>
   </si>
   <si>
     <t>повышение квалификации</t>
   </si>
   <si>
-    <t xml:space="preserve">8 (800) 550 05 24,+7 (931) 201 14 00, edu@amrita-dent.ru, </t>
-[...1 lines deleted...]
-  <si>
     <t>195196, Санкт-Петербург г, дом № 7, литер И, ул. Таллинская, офис 206</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Ветчинкин Антон Владимирович </t>
   </si>
   <si>
     <t>68.20 - Аренда и управление собственным или арендованным недвижимым имуществом, 63.99.1 - Деятельность по оказанию
 консультационных и информационных услуг</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-916-995-7410</t>
   </si>
   <si>
     <t>196158, Санкт-Петербург г, Пулковская, дом 8, корпус 3, помещение 2Н</t>
   </si>
   <si>
     <t>ООО МНОГОПРОФИЛЬНЫЙ УЧЕБНЫЙ ЦЕНТР
 ДОПОЛНИТЕЛЬНОГО ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ "ОБРАЗОВАТЕЛЬНЫЙ
 СТАНДАРТ"</t>
   </si>
   <si>
     <t>85.42.9 - Деятельность по дополнительному профессиональному образованию прочая, не включенная в другие группировки</t>
   </si>
   <si>
-    <t>8(495)212-1234, факс:8(495)212-1234, e-mail: info@dpostandart.ru</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">115230, Россия, Москва, Варшавское шоссе, 42, этаж 1, ком.1201 </t>
   </si>
   <si>
     <t>ООО «Р-Профи»</t>
   </si>
   <si>
     <t xml:space="preserve">Разработка и изготовление полиграфической продукции </t>
   </si>
   <si>
-    <t>89517528986, rprofi2020@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Юридический адрес: 180002, г. Псков, ул. Красноармейская, д. 17, пом. 60</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация Издательский дом «МЕДИАЦЕНТР 60»</t>
   </si>
   <si>
     <t>63.12.1 Деятельность сетевых изданий</t>
   </si>
   <si>
     <t>Реклама в СМИ (радио, телевидение, печатные СМИ, интернет-СМИ)</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113624452, ra24642@yandex.ru</t>
   </si>
   <si>
     <t>180000, г. Псков, 
 ул. Ленина, д.6а</t>
   </si>
   <si>
     <t>ООО «Сити-Центр»</t>
   </si>
   <si>
     <t>Реклама в СМИ (радио)</t>
   </si>
   <si>
-    <t>107-6@radiopskov.ru, тел. 44-10-46</t>
-[...1 lines deleted...]
-  <si>
     <t>180016 г. Псков, ул.Коммунальная , д. 15Б, помещение 1001</t>
   </si>
   <si>
     <t>ООО РА "МЕДИАГИД"</t>
   </si>
   <si>
     <t>Реклама в СМИ (радио, телевидение)</t>
   </si>
   <si>
-    <t>м.т. 8-921-112-07-98, ivanova.a@gidmedia.tv
-[...2 lines deleted...]
-  <si>
     <t>180016, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, КОММУНАЛЬНАЯ УЛИЦА, ДОМ 15Б, ОФИС 1009</t>
   </si>
   <si>
     <t>ООО «Городской формат»</t>
   </si>
   <si>
     <t>Разработка и изготовление полиграфической продукции; наружная реклама</t>
-  </si>
-[...2 lines deleted...]
-zakaz@ctformat.ru, lida@ctformat.ru</t>
   </si>
   <si>
     <t>180004, Псковская область, 
 г. Псков, Октябрьский проспект, д. 54,    офис 306</t>
   </si>
   <si>
     <t>ООО "Эксклюзив"</t>
   </si>
   <si>
     <t>Реклама в СМИ (телевидение)</t>
   </si>
   <si>
-    <t>8 (921) 703-20-00, samartseva@viptrend.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, НЕКРАСОВА УЛИЦА, ДОМ 38/25, ПОМЕЩЕНИЕ 1013</t>
   </si>
   <si>
     <t xml:space="preserve">Самозанятый Бойдов Антон Иванович </t>
   </si>
   <si>
     <t>ООО "Гражданская пресса"</t>
   </si>
   <si>
     <t>58 Деятельность издательская, 60.10 Деятельность в области
 радиовещания</t>
   </si>
   <si>
     <t>Реклама в СМИ (радио, интернет-СМИ)</t>
   </si>
   <si>
-    <t>720-120 
-[...2 lines deleted...]
-  <si>
     <t>180007, РОССИЯ, ПСКОВСКАЯ ОБЛ., ГОРОД ПСКОВ Г.О., ПСКОВ Г., ПСКОВ Г., ПЕТРОВСКАЯ УЛ., Д. 51, ЭТАЖ 9, ПОМЕЩ. 9</t>
   </si>
   <si>
     <t xml:space="preserve">             ООО РА «Рек Стайл»</t>
   </si>
   <si>
     <t>Рекламные услуги (реклама в ТЦ)</t>
   </si>
   <si>
     <t>180004, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ВОКЗАЛЬНАЯ УЛИЦА, ДОМ 20, ОФИС 16</t>
   </si>
   <si>
     <t>ООО «ИНГА»</t>
   </si>
   <si>
     <t>18.1 Деятельность полиграфическая и предоставление услуг в этой области</t>
   </si>
   <si>
-    <t>8(8112) 57-11-37
-[...2 lines deleted...]
-  <si>
     <t>г. Псков, ул. Леона Поземского, д. 121</t>
   </si>
   <si>
     <t>ООО «Фабрика рекламы Энди»</t>
   </si>
   <si>
     <t xml:space="preserve">Разработка/модернизация сайта, реклама в интернете, разработка и изготовление полиграфической продукции </t>
   </si>
   <si>
     <t>https://endesign.ru/</t>
   </si>
   <si>
     <t>ПСКОВ, УЛ, КРАСНОАРМЕЙСКАЯ Д.4</t>
   </si>
   <si>
     <t>ИП Бородин Егор Сергеевич</t>
   </si>
   <si>
     <t>Разработка и изготовление полиграфической продукции, наружная реклама</t>
   </si>
   <si>
     <t>ИП ИВАНОВА АЛЕСЯ НИКОЛАЕВНА</t>
   </si>
   <si>
     <t>ООО "Конкурент"</t>
   </si>
   <si>
     <t>62.01 - Разработка компьютерного программного обеспечения, 73.11 - Деятельность рекламных агентств, 85.41 - Образование дополнительное детей и взрослых</t>
   </si>
   <si>
     <t>Разработка/модернизация сайта, реклама в интернете, организация и проведение мероприятий</t>
   </si>
   <si>
-    <t>46-00-10, sales@coffeestudio.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Пароменская, 26</t>
   </si>
   <si>
     <t>ИП Косенков Виктор Вадимович</t>
   </si>
   <si>
-    <t>89118862325, cm-frezer@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "Директ дизайн"</t>
   </si>
   <si>
     <t>58 Деятельность издательская</t>
   </si>
   <si>
-    <t>89118809888
-[...2 lines deleted...]
-  <si>
     <t>г.Псков, ул. Леона Поземского, 76</t>
   </si>
   <si>
     <t>ИП БОДНЕВ АЛЕКСАНДР ВИКТОРОВИЧ</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-911-887-53-24</t>
   </si>
   <si>
     <t>ООО "Динекст"</t>
   </si>
   <si>
     <t>47.91.2 Торговля розничная,
 осуществляемая непосредственно при
 помощи информационнокоммуникационной сети Интернет, 62.01 Разработка компьютерного
 программного обеспечения, 73.11 Деятельность рекламных агентств</t>
   </si>
   <si>
     <t>Реклама в интернете, разработка/модернизация сайтов, Разработка и изготовление полиграфической продукции, организация мероприятий</t>
   </si>
   <si>
-    <t>8-800-350-09-94
-[...3 lines deleted...]
-  <si>
     <t>г. Псков, ул. Петропавловская, 18А</t>
   </si>
   <si>
     <t>ООО "Хэшдог"</t>
   </si>
   <si>
     <t>82.99 Деятельность по предоставлению
 прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки, 73.11 Деятельность рекламных агентств</t>
   </si>
   <si>
     <t>180005, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ВОЕННЫЙ ГОРОДОК-3 УЛИЦА, ДОМ 136, КВАРТИРА 36</t>
   </si>
   <si>
     <t>ООО "Кофе студио"</t>
   </si>
   <si>
     <t>ООО "Рекламные технологии"</t>
   </si>
   <si>
     <t>Псков, улица Леона Поземского, 92, к3</t>
   </si>
   <si>
-    <t>АНО ДПО УЦ "СЭМС"</t>
-[...1 lines deleted...]
-  <si>
     <t>85.21 Образование профессиональное среднее</t>
   </si>
   <si>
     <t>Обучение, повышение квалификации</t>
   </si>
   <si>
-    <t>8 (800) 100-26-02, https://dpokurs.ru/, 
-[...2 lines deleted...]
-  <si>
     <t>г. Псков, ул. Советская 51, офис 21</t>
   </si>
   <si>
     <t>ООО «Онлайн кукинг скул», Обучение для ООО "Союз"</t>
   </si>
   <si>
-    <t>school@novikovschool.com
-[...2 lines deleted...]
-  <si>
     <t>119180, ГОРОД МОСКВА, БОЛЬШАЯ ЯКИМАНКА УЛИЦА, ДОМ 22</t>
   </si>
   <si>
     <t>АНО ДПО УЦ ОБОРОНЫ "Эшелон"</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (8112) 50-00-50</t>
   </si>
   <si>
     <t>180005, Псковская обл., г. Псков, ул. Германа, д. 32</t>
   </si>
   <si>
     <t>ООО "Либерти"</t>
   </si>
   <si>
     <t>79.12 Деятельность туроператоров, 85.41 Образование дополнительное детей и
 взрослых</t>
   </si>
   <si>
-    <t>89213068563, info@libertytour.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>197136, ГОРОД САНКТ-ПЕТЕРБУРГ, ПОЛОЗОВА УЛИЦА, ДОМ 12, ЛИТЕР А, ПОМ. 1-Н ОФИС 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-99-22-99-99-33</t>
   </si>
   <si>
     <t>85.23 Подготовка кадров высшей
 квалификации</t>
   </si>
   <si>
-    <t>8(8112)441-221, 8(8112)441-001, znanie.pskov@bk.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псков, Ольгинская набережная, 9А, 3 этаж</t>
   </si>
   <si>
     <t>ЧУДПО «ЭмМенеджмент»</t>
-  </si>
-[...2 lines deleted...]
-8 (800) 707-53-88, https://vk.com/ammanagment</t>
   </si>
   <si>
     <t>620142 г. Екатеринбург, Степана Разина дом 16 офис 412</t>
   </si>
   <si>
     <t>АНО "Центр развития молодежи "ЛОФТ"</t>
   </si>
   <si>
     <t>90.04.2 Деятельность многоцелевых
 центров и подобных заведений с
 преобладанием культурного обслуживания</t>
   </si>
   <si>
-    <t>7 (921) 000-35-54</t>
-[...1 lines deleted...]
-  <si>
     <t>Псков, Спортивная улица, 1Б</t>
   </si>
   <si>
     <t>ИП Станкевич Сергей Александрович</t>
   </si>
   <si>
     <t>71.11 Деятельность в области архитектуры, 74.10 Деятельность специализированная в
 области дизайна</t>
   </si>
   <si>
     <t>Разработка дизайна, бренда, организация мероприятий</t>
   </si>
   <si>
     <t>180000, г. Псков, ул. Гоголя, д. 53, кв. 2</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Алексеева Анастасия Алексеевна </t>
   </si>
   <si>
     <t>Организация мероприятий, обучение, спикер</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 921 097 4395, Anastasiya.alekseeva@upgagency.ru</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ г, Райколовская 50</t>
   </si>
   <si>
     <t>ИП Гарифуллина Лейсан Ильшатовна</t>
   </si>
   <si>
     <t>78.10 Деятельность агентств по подбору
 персонала, 85.30 Обучение профессиональное</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
     <t>ИП Фролов Дмитрий Викторович</t>
   </si>
   <si>
     <t>73.11 Деятельность рекламных агентств. 82.30 Деятельность по организации
 конференций и выставок</t>
   </si>
   <si>
     <t>ИП Пакреев Сергей Владимирович</t>
   </si>
   <si>
     <t xml:space="preserve">63.11.1 Деятельность по созданию и
 использованию баз данных и
 информационных ресурсов, 18.12 Прочие виды полиграфической
 деятельности </t>
   </si>
   <si>
     <t>Рекламные услуги, изготовление полиграфической продукции</t>
   </si>
   <si>
     <t xml:space="preserve">ИП Нестеров Павел Евгеньевич      </t>
   </si>
   <si>
     <t xml:space="preserve">82.99 - Деятельность по предоставлению прочих  вспомогательных услуг для бизнеса, не включенная в другие группировки, 32.99 - Производство прочих готовых изделий, не включенных в другие группировки   </t>
   </si>
   <si>
     <t xml:space="preserve"> Разработка макета изделия, дизайна продукции, в т..ч. сувенирной  </t>
   </si>
   <si>
-    <t xml:space="preserve">8-499-226-9014   </t>
-[...1 lines deleted...]
-  <si>
     <t>Г.Москва,ул.Тимирязевская,д.30,корп.2,кв.92</t>
   </si>
   <si>
     <t>ООО Петровские мастерские</t>
   </si>
   <si>
     <t>32.99.9 Производство прочих изделий, не
 включенных в другие группировки</t>
   </si>
   <si>
     <t>Изготовление сувенирной продукции</t>
-  </si>
-[...2 lines deleted...]
-Email: sales@petmas.ru</t>
   </si>
   <si>
     <t>г. Москва, м.Румянцево (первый вагон из центра), Бизнес-парк "Румянцево", корпус "Е", вход №12, этаж 7, офис 710 E</t>
   </si>
   <si>
     <t>ООО "Ресторанная компания"</t>
   </si>
   <si>
     <t>56.10 Деятельность ресторанов и услуги по
 доставке продуктов питания, 93.29.9 Деятельность зрелищноразвлекательная прочая, не включенная в
 другие группировки</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>г. Псков, ул. Гоголя, д.33</t>
   </si>
   <si>
     <t>АНО "ИКЦ Невельского района"</t>
   </si>
   <si>
     <t>58 Деятельность издательская; 62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий; 63.1 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации, деятельность порталов в
 информационно-коммуникационной сети
 Интернет; 66.19.4 Деятельность по предоставлению
 консультационных услуг по вопросам
 финансового посредничества; 69.10 Деятельность в области права; 69.20.2 Деятельность по оказанию услуг в
 области бухгалтерского учета; 70.22 Консультирование по вопросам
 коммерческой деятельности и управления; 73.20 Исследование конъюнктуры рынка и
 изучение общественного мнения;78.10 Деятельность агентств по подбору
 персонала;82.19 Деятельность по фотокопированию и
 подготовке документов и прочая
 специализированная вспомогательная
 деятельность по обеспечению деятельности
 офиса; 82.99 Деятельность по предоставлению
 прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки;</t>
   </si>
   <si>
     <t>Консультационные услуги; организация и проведение мероприятий; разработка бизнес-планов; сдача и формирование финансовой отчетности</t>
   </si>
   <si>
-    <t>8-911-357-90-58, nevlicc@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская обл. Г. Невель, пл. К.Маркса, д.1</t>
   </si>
   <si>
     <t>ООО "Связь медиа сервис"</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам
 коммерческой деятельности и управления; 59.11 Производство кинофильмов,
 видеофильмов и телевизионных программ; 60.10 Деятельность в области
 радиовещания;60.20 Деятельность в области
 телевизионного вещания;63.91 Деятельность информационных
 агентств;73.11 Деятельность рекламных агентств;</t>
   </si>
   <si>
     <t>реклама на радио</t>
-  </si>
-[...2 lines deleted...]
-horoshee.fm69@mail.ru ;  8930-165-35-50</t>
   </si>
   <si>
     <t>172386, ТВЕРСКАЯ ОБЛ, РЖЕВ Г, КРАНОСТРОИТЕЛЕЙ УЛ, Д. 32, КАБИНЕТ 16</t>
   </si>
   <si>
     <t>с 2022</t>
   </si>
   <si>
     <t>ООО "Печатный Двор "Стерх"</t>
   </si>
   <si>
     <t>18.11 Печатание газет; 18.12 Прочие виды полиграфической
 деятельности; 58.11.1 Издание книг, брошюр, рекламных
 буклетов и аналогичных изданий, включая
 издание словарей и энциклопедий, в том
 числе для слепых, в печатном виде; 58.19 Виды издательской деятельности
 прочие;70.22 Консультирование по вопросам
 коммерческой деятельности и управления</t>
   </si>
   <si>
     <t>Макетирование; изготовление печатной полиграфической продукции</t>
   </si>
   <si>
-    <t xml:space="preserve">7 (8112) 20‒14‒14, zakaz2@sterhmedia.ru </t>
-[...1 lines deleted...]
-  <si>
     <t>180004, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, СОВЕТСКОЙ АРМИИ УЛИЦА, 56 А</t>
   </si>
   <si>
     <t>с 2021 г.</t>
   </si>
   <si>
     <t>с 2022 г.</t>
   </si>
   <si>
     <t>smm продвижение</t>
   </si>
   <si>
     <t xml:space="preserve">Комплекс услуг по рекламе и продвижению в интернете </t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...3 lines deleted...]
-  <si>
     <t>Псковская обл., Великолукский р-он, д. Плаксино, ул. Школьная, д.3</t>
   </si>
   <si>
     <t>организация конференций и выставок</t>
-  </si>
-[...2 lines deleted...]
- тел. 8921-961-68-99, elf2007@inbox.ru</t>
   </si>
   <si>
     <t>195213, Санкт-Петербург г, Гранитная ул, дом № 54, корп. 3, кв. 148</t>
   </si>
   <si>
     <t>ИП Яковлев Андрей Васильевич</t>
   </si>
   <si>
     <t>49.3 Деятельность прочего сухопутного пассажирского транспорта; 79.90.2 Деятельность по предоставлению
 экскурсионных туристических услуг</t>
   </si>
   <si>
     <t>автомобильные перевозки, транспортные услуги</t>
   </si>
   <si>
-    <t>7 921-504-53-78; 7 911356-51-22</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятый Алексеев Евгений Евгеньевич</t>
   </si>
   <si>
-    <t>8 (911) 375-17-95, newgene88@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятый Королев Сергей Игоревич</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-911-892-0330</t>
   </si>
   <si>
     <t>Псковская область, п. Дедовичи</t>
   </si>
   <si>
     <t>ООО "ТЕХНОЛОГИИ
 ЭФФЕКТИВНОЙ РЕКЛАМЫ"</t>
   </si>
   <si>
     <t>Изготовление и размещение рекламно-информационных материалов на баннерах (сити-формат)</t>
   </si>
   <si>
     <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, НЕКРАСОВА УЛИЦА, ДОМ 38/25, ПОМЕЩЕНИЕ 1009</t>
   </si>
   <si>
     <t>ИП Останкова Алина Юрьевна</t>
   </si>
   <si>
     <t>47.65 - Торговля розничная играми и игрушками в
 специализированных магазинах, 18.12 - Прочие виды полиграфической
 деятельности</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции, в том числе фотокниг</t>
   </si>
   <si>
     <t>ООО "Гименей"</t>
   </si>
   <si>
     <t>ООО "Северная орхидея"</t>
   </si>
   <si>
     <t>55.10 Деятельность гостиниц и прочих мест
 для временного проживания (96.02 Предоставление услуг
 парикмахерскими и салонами красоты)</t>
   </si>
   <si>
-    <t>8(8112) 291-187</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Воеводы Шуйского, д. 17</t>
   </si>
   <si>
     <t>ИП Марина Татьяна Михайловна</t>
   </si>
   <si>
     <t>Разработка сайта</t>
   </si>
   <si>
     <t>ИП АЛИБЕКОВА ДАРЬЯ ВИТАЛЬЕВНА</t>
   </si>
   <si>
-    <t>610-002, info@happyprint.pro</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятый Ерофеев Евгений Анатольевич</t>
   </si>
   <si>
-    <t xml:space="preserve">89282221374, erofeevjenya@mail.ru </t>
-[...1 lines deleted...]
-  <si>
     <t>г. Минеральные Воды</t>
   </si>
   <si>
     <t>Самозанятая Кудрявцева Нина Викторовна</t>
-  </si>
-[...1 lines deleted...]
-    <t>89118936268, nin1181@yandex.ru</t>
   </si>
   <si>
     <t>Псковская область, г. Великие Луки</t>
   </si>
   <si>
     <t>ООО "Интенсив"</t>
   </si>
   <si>
     <t>Организация и проведение мероприятий</t>
   </si>
   <si>
     <t>432001, УЛЬЯНОВСКАЯ ОБЛ., ГОРОД УЛЬЯНОВСК Г.О., УЛЬЯНОВСК Г., УЛЬЯНОВСК Г., КАРЛА МАРКСА УЛ., Д. 50/1, ОФИС 14</t>
   </si>
   <si>
     <t>ООО "Мажор"</t>
   </si>
   <si>
     <t>180006, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ПЕРВОМАЙСКАЯ УЛИЦА, ДОМ 28</t>
   </si>
   <si>
     <t>Самозанятый Черкасов Михаил Алексеевич</t>
   </si>
   <si>
     <t>ИП ЧЕРНЫХ ИГОРЬ ВИКТОРОВИЧ</t>
   </si>
   <si>
     <t>63.11.1 Деятельность по созданию и
 использованию баз данных и
 информационных ресурсов</t>
   </si>
   <si>
     <t>ИП ДРЯМКИН АНДРЕЙ АЛЕКСАНДРОВИЧ</t>
   </si>
   <si>
     <t>Самозанятый Юшин Дмитрий Григорьевич</t>
   </si>
   <si>
     <t>Организация видеосъемки и онлайн-трансляций</t>
   </si>
   <si>
-    <t>7 (911) 777-58-55.dimzz@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятая Панова Юлия Сергеевна</t>
   </si>
   <si>
     <t>Фотограф</t>
   </si>
   <si>
-    <t>Организация фотосъемки</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "Северо-Западная Инвестиционная компания"</t>
-  </si>
-[...1 lines deleted...]
-    <t>79-70-07</t>
   </si>
   <si>
     <t>Самозанятая Ермолаева Дарья Игоревна</t>
   </si>
   <si>
     <t>Оказание информационных услуг</t>
   </si>
   <si>
     <t>ИП РУДЫК ДМИТРИЙ ЮРЬЕВИЧ</t>
   </si>
   <si>
     <t>Самозанятый Родин Владислав Евгеньевич</t>
   </si>
   <si>
     <t>Организация видеосъемки</t>
   </si>
   <si>
     <t>Самозанятая Борисова Валентина Александровна</t>
   </si>
   <si>
     <t>Дата начала работы с Центром "Мой бизнес"</t>
   </si>
   <si>
     <t>ЦПП</t>
   </si>
   <si>
     <t>Содействие в проведении работ по защите прав на результаты интеллектуальной деятельности и приравненные к ним средства индивидуализации юридических лиц, товаров, работ, услуг</t>
   </si>
   <si>
     <t>ООО НИП "Дельта-Т"</t>
   </si>
   <si>
     <t>25.62 - Обработка металлических изделий механическая</t>
   </si>
   <si>
     <t>СОЮЗ "ТОРГОВО-ПРОМЫШЛЕННАЯ ПАЛАТА ПСКОВСКОЙ ОБЛАСТИ"</t>
   </si>
   <si>
     <t>94.11 Деятельность коммерческих и
 предпринимательских членских
 организаций, 71.20 Технические испытания,
 исследования, анализ и сертификация</t>
   </si>
   <si>
     <t>Профсоюзная ул., 15А, Псков, Псковская обл., 180000</t>
   </si>
   <si>
-    <t>66-00-52, 
-[...2 lines deleted...]
-  <si>
     <t>ООО "УПРАВЛЯЮЩАЯ КОМПАНИЯ "ОТЕЛЬ МЕНЕДЖМЕНТ"</t>
   </si>
   <si>
     <t>101000, Г. МОСКВА, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ БАСМАННЫЙ, БОЛЬШОЙ СПАСОГЛИНИЩЕВСКИЙ ПЕР., Д. 9/1, СТР. 10, ЭТАЖ/ПОМЕЩ 2/II, КОМ/ОФИС 1/1А</t>
   </si>
   <si>
     <t>ООО "Отель-Консалт"</t>
   </si>
   <si>
     <t>Москва, ул. Огородный проезд д.8 стр.1</t>
   </si>
   <si>
     <t>Самозанятая Назарой Олеся Викторовна</t>
   </si>
   <si>
     <t>Аренда, информационные услуги, обучение, сфера развлечений</t>
   </si>
   <si>
     <t>2023г.</t>
   </si>
   <si>
     <t>ООО "Континент-тур"</t>
   </si>
   <si>
     <t>79.1 Деятельность туристических агентств
 и туроператоров, 73.1 Деятельность рекламная, 79.90 Услуги по бронированию прочие и
 сопутствующая деятельность, 82.30 Деятельность по организации
 конференций и выставок</t>
   </si>
   <si>
     <t xml:space="preserve">Услуги по организации мероприятий, бронированию. </t>
   </si>
   <si>
-    <t>29-34-74, tourvpskov@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, Октябрьский пр. 46</t>
   </si>
   <si>
     <t>ООО "ЭКСПЕРТ-МАРКЕТИНГ"</t>
   </si>
   <si>
     <t xml:space="preserve">Организация мероприятий, повышение квалификации. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89200833333, wow.marketing@yandex.ru</t>
   </si>
   <si>
     <t>302002, ОРЛОВСКАЯ ОБЛАСТЬ, ОРЁЛ ГОРОД, СТЕПАНА РАЗИНА УЛИЦА, 3, ЛИТЕР А, ОФИС 42 43</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам
 коммерческой деятельности и управления, 85.41 Образование дополнительное детей и
 взрослых</t>
   </si>
   <si>
     <t>ИП РОМАНЮК МАРИНА ЕВГЕНЬЕВНА</t>
   </si>
   <si>
-    <t>89113955348, photostudioZen@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Великие Луки</t>
   </si>
   <si>
     <t>Содействие в создании фотоконтента, организация предметной фотосъемки.</t>
   </si>
   <si>
     <t>г. Псков, ул. Рельсовая, д.1а</t>
   </si>
   <si>
     <t>ИП БЕВОВА РАДИМА ВАЛЕРЬЕВНА</t>
   </si>
   <si>
     <t>73.11 Деятельность рекламных агентств, 18.12 Прочие виды полиграфической
 деятельности</t>
   </si>
   <si>
     <t>Наружная реклама (изготовление фасадных вывесок)</t>
-  </si>
-[...1 lines deleted...]
-    <t>89643426449, 6426449@inbox.ru</t>
   </si>
   <si>
     <t>_027007124233</t>
   </si>
   <si>
     <t>ИП САБУРОВА АДЕЛИЯ ГАЛИАХМЕТОВНА</t>
   </si>
   <si>
     <t>47.99 Торговля розничная прочая вне
 магазинов, палаток, рынков, 47.91.2 Торговля розничная,
 осуществляемая непосредственно при
 помощи информационнокоммуникационной сети Интернет, 70.22 Консультирование по вопросам
 коммерческой деятельности и управления</t>
   </si>
   <si>
     <t>Содействие по выходу на электронные торговые площадки</t>
   </si>
   <si>
     <t>Челябинская обл., г. Миасс</t>
   </si>
   <si>
     <t>ИП БЕЛЫЙ АНАТОЛИЙ ВИКТОРОВИЧ</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции, наружная реклама.</t>
   </si>
   <si>
     <t>г. Великие Луки</t>
   </si>
   <si>
     <t>180006, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ШКОЛЬНАЯ УЛИЦА, 19 А</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции, наружная реклама, брендирование транспорта, услуги дизайнера.</t>
   </si>
   <si>
     <t>ИП ДЕНИСОВА АННА ВИКТОРОВНА</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции, наружная реклама, разработка дизайн-макетов.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113758355, bright-psk@mail.ru</t>
   </si>
   <si>
     <t>73.1 Деятельность рекламная, 18.1 Деятельность полиграфическая и
 предоставление услуг в этой области</t>
   </si>
   <si>
     <t>18.13 Изготовление печатных форм и
 подготовительная деятельность, 73.11 Деятельность рекламных агентств</t>
   </si>
   <si>
     <t>ИП КОЛЕСНИКОВА ЕКАТЕРИНА НИКОЛАЕВНА</t>
   </si>
   <si>
     <t>47.75.1 Торговля розничная
 косметическими и парфюмерными
 товарами, кроме мыла в
 специализированных магазинах, 85.41.9 Образование дополнительное детей
 и взрослых прочее, не включенное в другие
 группировки</t>
   </si>
   <si>
     <t>Образовательные услуги по наращиванию ресниц, оформлению бровей</t>
   </si>
   <si>
-    <t>89095739692, kolesnika1961@bk.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковский район, д. Родина</t>
   </si>
   <si>
     <t>425001, РОССИЯ, РЕСП. МАРИЙ ЭЛ, ГОРОД ВОЛЖСК Г.О., ВОЛЖСК Г., ВОЛЖСК Г., СОСНОВАЯ УЛ., Д. 5</t>
   </si>
   <si>
     <t>ООО "АЗБУКА БРЕНДА"</t>
   </si>
   <si>
     <t xml:space="preserve">Регистрация товарного знака, патентование. </t>
   </si>
   <si>
-    <t>89173998676, 89063362979, info@azbukabranda.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ЦПП, ИЦ</t>
   </si>
   <si>
     <t>ИП Игнатенко Анатолий Анатольевич</t>
   </si>
   <si>
     <t>82.99 - Деятельность по предоставлению прочих вспомогательных услуг для бизнеса, не включенная в другие группировки</t>
   </si>
   <si>
     <t>180551, Псковская обл., Псковский р-н, д.Писковичи, ул.Гецентова, д.10, кв.111</t>
-  </si>
-[...1 lines deleted...]
-    <t>89532433311, a.ignatenko@bebrand.su</t>
   </si>
   <si>
     <t>ИП СНИГУР СЕРГЕЙ ВЛАДИМИРОВИЧ</t>
   </si>
   <si>
     <t>73.11 Деятельность рекламных агентств, 63.11 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим
 деятельность</t>
   </si>
   <si>
-    <t>89212109173, snigur@hlpsk.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Псков, Рижский пр-т, д. 76/2, кв. 96</t>
   </si>
   <si>
     <t>ООО "ТЕПЛОНАДЗОР"</t>
   </si>
   <si>
     <t>71.20 Технические испытания,
 исследования, анализ и сертификация, 85.41.9 Образование дополнительное детей
 и взрослых прочее, не включенное в другие
 группировки</t>
   </si>
   <si>
     <t>Подготовка и аттестация специалистов, дополнительное образование</t>
   </si>
   <si>
-    <t>89522808811, office@teplonadzor.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>195027, г. Санкт-Петербург, ул. Пугачёва, д.5-7, лит. А, пом. 1-Н, комн. 165</t>
   </si>
   <si>
     <t>ИП ФРОЛОВ АНТОН СЕРГЕЕВИЧ</t>
   </si>
   <si>
     <t>Изготовление печатей и штампов, полиграфической продукции, разработка дизайна и фирменного стиля</t>
   </si>
   <si>
-    <t>89118933080, rm.vluki@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская область, г. Великие Луки, пер. Некрасова, 4, кв.8</t>
   </si>
   <si>
     <t>ИП МИТРОФАНОВ МИХАИЛ ВЛАДИМИРОВИЧ</t>
   </si>
   <si>
     <t>Интернет-реклама, интернет-продвижение, создание сайтов</t>
   </si>
   <si>
-    <t>8 (81153) 5-93-07, corp@vluki.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>182101, г. Великие Луки, пр-т Гагарина, д. 95А</t>
   </si>
   <si>
     <t>АКЦИОНЕРНОЕ ОБЩЕСТВО "КУБАНСКИЙ ЦЕНТР СЕРТИФИКАЦИИ И ЭКСПЕРТИЗЫ "КУБАНЬ-ТЕСТ"</t>
   </si>
   <si>
     <t>Классификация объектов туристкой индустрии (вкл. гостиницы)</t>
-  </si>
-[...1 lines deleted...]
-    <t>тел. +78612901040, info@kubtest.ru</t>
   </si>
   <si>
     <t>350000, Краснодарский край, г. Краснодар, ул. Красная, д.124, оф. 1001</t>
   </si>
   <si>
     <t>ИП АНДРЕЕВА ЭЛЛИНА ВЛАДИМИРОВНА</t>
   </si>
   <si>
     <t>96.02 Предоставление услуг
 парикмахерскими и салонами красоты</t>
   </si>
   <si>
     <t>Профессиональное обучение</t>
   </si>
   <si>
-    <t>89113632676, ellina.and.ru@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Балтийская, д. 11</t>
   </si>
   <si>
     <t>ООО "АКАДЕМИЯ ПРОФ-ИТ
 БЮДЖЕТ"</t>
   </si>
   <si>
-    <t>20-12-00, helpdesk@prof-it.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180004, г.Псков, ул. Металлистов, д.25</t>
   </si>
   <si>
     <t>ИП ДОВБЕНКО ЛЕОНИД СЕРГЕЕВИЧ</t>
   </si>
   <si>
     <t>Услуги по запуску заведения, оказание сервисно-технической поддержки сервиса "iiko"</t>
-  </si>
-[...1 lines deleted...]
-    <t>89602611754, office@open-s.info</t>
   </si>
   <si>
     <t>Ленинградская обл., Гатчина, ул. Чкалова, д. 34А, кв. 5</t>
   </si>
   <si>
     <t>ООО "РАФИ"</t>
   </si>
   <si>
     <t>Деятельность по организации
 конференций и выставок</t>
   </si>
   <si>
     <t>ЦПП, ЦПЭ</t>
   </si>
   <si>
     <t>ООО "ЕЛЛОУ МЕДИА"</t>
   </si>
   <si>
     <t>62.09 Деятельность, связанная с
 использованием вычислительной техники и
 информационных технологий, прочая</t>
   </si>
   <si>
     <t>Создание и модернизация сайтов.
 Контекстное продвижение сайтов.
 SEO-продвижение сайтов.
 Web-дизайн.
 Рекламная деятельность в сети интернет.
 Настройка рекламных кампаний в Яндекс.
 Разработка и ведение комплексных рекламных кампаний.
 Коммерческий копирайтинг.</t>
   </si>
   <si>
-    <t>8 (812) 448-57-64, info@yellow-media.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>191186, Санкт-Петербург, наб. Канала Грибоедова, д. 35, лит. А, кв. 27</t>
   </si>
   <si>
     <t>ООО "Инфоком"</t>
   </si>
   <si>
     <t>Разработка, настройка компьютерного
 программного обеспечения</t>
   </si>
   <si>
-    <t>66-05-00, info@infocompskov.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Советская, 42Г</t>
   </si>
   <si>
     <t>ООО
 "КОНСАЛТИНГОВЫЙ ЦЕНТР "ЭВИД"</t>
   </si>
   <si>
     <t>69.20.2 Деятельность по оказанию услуг в
 области бухгалтерского учета</t>
   </si>
   <si>
     <t xml:space="preserve">Бухгалтерское сопровождение. Консультирование по налогам. Восстановление бухгалтерского учета. Подготовка налоговых деклараций и бухгалтерской отчетности. Сопровождение налоговых проверок. </t>
   </si>
   <si>
-    <t>72-20-70, 89113632323, konsalt-evid@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Набат, д.3, пом. 1004</t>
   </si>
   <si>
     <t>ИП ЛЯПИТОВА ОЛЬГА АНАТОЛЬЕВНА</t>
   </si>
   <si>
     <t>Профессиональная подготовка/переподготовка</t>
   </si>
   <si>
-    <t>89646273148, olga70572@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>143500, Московская область, Истринский район, ДНП Калина, д. 16</t>
   </si>
   <si>
     <t>ООО "ТЕХПРОМСЕРТ"</t>
   </si>
   <si>
     <t>Сертификация, декларирование.</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (812) 701-03-56, info@tehpromsert.ru</t>
   </si>
   <si>
     <t>194292, г. Санкт-Петербург, 6-й Верхний пер., д.12, лит.А, офис 242</t>
   </si>
   <si>
     <t>ИП НИКОЛАЕВ КИРИЛЛ ЮРЬЕВИЧ</t>
   </si>
   <si>
     <t>62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий</t>
   </si>
   <si>
     <t>Техническо-консультационная поддержка и адаптация программы для ЭВМ "1с-Битрикс24"</t>
   </si>
   <si>
     <t>190005, г.Санкт-Петербург, наб. Обводного канала, д. 118а, литер Х, БЦ "Малевич", оф. 329</t>
   </si>
   <si>
     <t>2023 год</t>
   </si>
   <si>
     <t>ИЦ, ЦПП</t>
   </si>
   <si>
     <t>180017, г.Псков, ул.Советская д.55</t>
   </si>
   <si>
     <t>ГАПОУ ПО "ПСКОВСКИЙ ОБЛАСТНОЙ
 УЧЕБНЫЙ КОМБИНАТ ЖКХ"</t>
   </si>
   <si>
     <t>Образовательные услуги в области профессионального обучения; дополнительного профессионального образования; дополнительного образования детей и взрослых.</t>
   </si>
   <si>
     <t>180021, г. Псков, ул. Инженерная, д.9, 4 этаж</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ
 ПРОФЕССИОНАЛЬНАЯ
 ОБРАЗОВАТЕЛЬНАЯ ОРГАНИЗАЦИЯ
 "УЧЕБНО-КУРСОВОЙ КОМБИНАТ"</t>
   </si>
   <si>
     <t xml:space="preserve">Образовательная деятельность по программам профессионального обучения; образовательная деятельность по дополнительным профессиональным программам; обучение работодателей и работников вопросам охраны труда, безопасным методам и приемам выполнения работ на высоте, безопасным методам и приемам выполнения работ повышенной опасности. </t>
-  </si>
-[...1 lines deleted...]
-    <t>(8112) 67-27-70, 67-27-72, ukkpskov@yandex.ru</t>
   </si>
   <si>
     <t>г.Псков, Октябрьский пр-т, д. 50, оф. 303</t>
   </si>
   <si>
     <t>ИП Ощепков Никита Вячеславович</t>
   </si>
   <si>
     <t>62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий, 62.01 Разработка компьютерного
 программного обеспечения, 63.91 Деятельность информационных
 агентств</t>
   </si>
   <si>
     <t>Содействие в размещении на электронных торговых площадках OZON/Wildberries/Яндекс маркет/Kazan-Express/Ярмарка Мастеров</t>
   </si>
   <si>
-    <t>89867457869, i.korzh@e-market.tech</t>
-[...1 lines deleted...]
-  <si>
     <t>Юр. Адрес: 143960, г. Реутов, ул. Академика В.Н. Челомея, 118.
 Факт. адрес: 105187, г.Москва, 2-й Вольный переулок, 11</t>
   </si>
   <si>
     <t>ИП СТЕПАНЮК ДЕНИС АЛЕКСАНДРОВИЧ</t>
   </si>
   <si>
     <t>Разработка сайтов на 1С-Битрикс; техническая поддержка проектов на 1С-Битрикс; настройка интергации с системами учета/платежными системами/службами доставки/и др. внешними системами.</t>
   </si>
   <si>
-    <t>84992131003, info@prymery.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Амурская область, г.Благовещенск</t>
   </si>
   <si>
     <t>ООО "ВАШ ПЕРФОРМАНС"</t>
   </si>
   <si>
     <t>186500, РЕСПУБЛИКА КАРЕЛИЯ, БЕЛОМОРСКИЙ РАЙОН, БЕЛОМОРСК ГОРОД, ОКТЯБРЬСКАЯ УЛИЦА, ДОМ 4</t>
   </si>
   <si>
     <t>Настройка таргетированной рекламы в социальных сетях.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89535440830, smm.pudovkin@gmail.com</t>
   </si>
   <si>
     <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ
 ОТВЕТСТВЕННОСТЬЮ "ПСКОВСКИЙ
 ЦЕНТР СЕРТИФИКАЦИИ"</t>
   </si>
   <si>
-    <t>(8112) 66-31-02, pskov.cs@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "ПРЕЗЕНТИКА"</t>
   </si>
   <si>
-    <t>8 (495) 698-12-89, info@presentica.net</t>
-[...1 lines deleted...]
-  <si>
     <t>109012, г. Москва, ул. Ильинка, д.4, этаж/помещ. 2/63-66, комн.18</t>
   </si>
   <si>
-    <t>89859508215, delta-t.dma@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "РИММИНИ"</t>
   </si>
   <si>
     <t>Изготовление полиграфической продукции.</t>
-  </si>
-[...1 lines deleted...]
-    <t>8(831)422-58-21, 422-57-80, 89200200098, office@rimmini.ru</t>
   </si>
   <si>
     <t>603104, Нижегородская область, г. Нижний Новгород, ул. Краснозвездная, д. 7а, пом.3</t>
   </si>
   <si>
     <t>Самозанятый Козлов Андрей Михайлович</t>
   </si>
   <si>
     <t>Программирование, проектирование.</t>
   </si>
   <si>
     <t>Маркетинговые исследования. 
 Создание и продвижение сайтов в интернете.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89517508695, mr.kyster@mail.ru</t>
   </si>
   <si>
     <t>г.Печоры</t>
   </si>
   <si>
     <t>47.79 Торговля розничная бывшими в
 употреблении товарами в магазинах, 85.41 Образование дополнительное детей и
 взрослых, 70.22 Консультирование по вопросам
 коммерческой деятельности и управления</t>
   </si>
   <si>
     <t>Обучение, повышение квалификации, консультирование по вопросам
 коммерческой деятельности и управления</t>
   </si>
   <si>
     <t>Адвокат Винча Константин Геннадьевич (Коллегия адвокатов "Независимая")</t>
   </si>
   <si>
-    <t>89052950123, vinchakonstantin@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, г. Псков, пл. Ленина, д.1, оф.1</t>
   </si>
   <si>
     <t>2023год</t>
   </si>
   <si>
     <t>ИП Мокеров Павел Леонидович</t>
   </si>
   <si>
     <t xml:space="preserve">Продвижение в соцсетях; маркетинговая упаковка соцсетей; создание продающих сайтов на Tilda; запуск рекламы в соцсетях, Яндекс Директ и др. площадках; контент (посты, SEO-статьи для поисковиков (для сайтов, Дзен, ВК)); размещение карточек и продвижение на маркетплейсах; проведение семинаров. </t>
   </si>
   <si>
-    <t>89026262986, mokpl@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>425200, Республика Марий Эл, пгт Медведево, Медведевский р-н, ул. Школьная, д.15, кв.25</t>
   </si>
   <si>
     <t>ИП Петров Дмитрий Юрьевич</t>
   </si>
   <si>
     <t xml:space="preserve">Разработка логотипа; упаковка сообщества; разработка брендбука; продвижение бизнеса; упаковка для бизнеса. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89177027619, nightgame12@mail.ru</t>
   </si>
   <si>
     <t>г. Йошкар-Ола, ул. Звездная, 6-95</t>
   </si>
   <si>
     <t>ЧОУ ДПО "Профтехконсалтинг"</t>
   </si>
   <si>
     <t>85.41.9 Образование дополнительное детей
 и взрослых, не включенное в другие
 группировки</t>
   </si>
   <si>
     <t xml:space="preserve">Обучение и повышение квалификации. </t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (8112) 56-80-13, noy@proftehkonsalting.ru</t>
   </si>
   <si>
     <t>180016, г.Псков, ул. Народная, д.21</t>
   </si>
   <si>
     <t>ООО "РК Сервис"</t>
   </si>
   <si>
     <t>95.11 Ремонт компьютеров и
 периферийного компьютерного
 оборудования, 62.01 Разработка компьютер</t>
   </si>
   <si>
     <t xml:space="preserve">Ремонт компьютеров и периферийного компьютерного оборудования; установка и настройка различного программного обеспечения; установка, настройка и обслуживание контрольно-кассовой техники; веб-разработка; разработка программного обеспечения. </t>
   </si>
   <si>
     <t>ЧАСТНОЕ ОБРАЗОВАТЕЛЬНОЕ
 УЧРЕЖДЕНИЕ ДОПОЛНИТЕЛЬНОГО
 ПРОФЕССИОНАЛЬНОГО
 ОБРАЗОВАНИЯ И НАУЧНОИССЛЕДОВАТЕЛЬСКОЙ
 ДЕЯТЕЛЬНОСТИ «НАЦИОНАЛЬНАЯ
 АКАДЕМИЯ КОМПЛЕКСНОЙ
 БЕЗОПАСНОСТИ»</t>
   </si>
   <si>
     <t>ООО "ТРЕНД ПРИНТ"</t>
   </si>
   <si>
     <t>Предоставление услуг в области полиграфии; услуги по производству листовок, плакатов, буклетов, брошюр и др. полиграфической продукции; создание дизайна и верстка макетов различной сложности.</t>
   </si>
   <si>
-    <t>89032889796, tihankov@trend-print.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>127994, г.Москва, ул. Неглинная, д. 29/14, стр.2, пом.17</t>
   </si>
   <si>
     <t>Настройка и установка электронных сервисов (1С), создание/модернизация сайтов.</t>
   </si>
   <si>
     <t>ООО "Городской формат плюс"</t>
   </si>
   <si>
     <t>Изготовление РИМ, печать полиграфии, размещение РИМ на билбордах, ситиформатах, светодиодных экранах.</t>
   </si>
   <si>
-    <t>(8112) 67-27-33, pravo2000_05@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Советская, д. 113, пом. 1 (III)</t>
   </si>
   <si>
     <t>ООО "Рекламное агентство "Креатив"</t>
   </si>
   <si>
     <t>Размещение и монтаж на рекламных конструкциях формата 6*3м, 3,7*2,7, 1,2*1,8м в г.Пскове и Псковской области, размещение рекламных роликов на светодиодных экранах в г.Пскове, изготовление рекламных плакатов на баннере и пленке</t>
-  </si>
-[...1 lines deleted...]
-    <t>72-45-22, 66-08-24, pskov-ra@yandex.ru</t>
   </si>
   <si>
     <t>180000, г. Псков, ул. Советская, д.60А, оф.16</t>
   </si>
   <si>
     <t>ООО "ГАРЛАНД"</t>
   </si>
   <si>
     <t>46.49 Торговля оптовая прочими бытовыми
 товарами, 69.20 Деятельность по оказанию услуг в области бухгалтерского учета, по
 проведению финансового аудита, по
 налоговому консультированию</t>
   </si>
   <si>
-    <t>89212178598, glebkhmelov@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180016, г.Псков, ул. Чехова, д. 12, оф. 7</t>
   </si>
   <si>
     <t>Самозанятая Константинова Наталья Владимировна</t>
   </si>
   <si>
     <t>Деятельность по оказанию услуг в области бухгалтерского учета, по проведению финансового аудита, налоговому консультированию</t>
-  </si>
-[...1 lines deleted...]
-    <t>89532524436, natalikonstantinova@yandex.ru</t>
   </si>
   <si>
     <t>Псковский район, дер. Борисовичи</t>
   </si>
   <si>
     <t>ООО "Инсейлс Рус"</t>
   </si>
   <si>
     <t>Настройка программного обеспечения (передача неисключительных прав на Программу для ЭВМ "Платформа InSales" и на расширенный функционал программы для ЭВМ InSales)</t>
   </si>
   <si>
     <t>125047, г. Москва, вн. Тер. Г. муниципальный округ Тверской, ул. 1-я Тверская-Ямская, д. 21</t>
   </si>
   <si>
     <t>ИП ЛУКЬЯНЕНКО АРТУР ВИКТОРОВИЧ</t>
   </si>
   <si>
     <t>63.99 Деятельность информационных
 служб прочая, не включенная в другие
 группировки</t>
   </si>
   <si>
     <t>Консультативные услуги по ортопедической стоматологии, проведение практических мероприятий по совершенствованию мануальных навыков в стоматологии</t>
-  </si>
-[...1 lines deleted...]
-    <t>89112672157, dr_lukyanenko@mail.ru</t>
   </si>
   <si>
     <t>ИП ЧЕРНЫШОВА ЕКАТЕРИНА СЕРГЕЕВНА</t>
   </si>
   <si>
     <t>63.11 Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим
 деятельность</t>
   </si>
   <si>
-    <t>89823619782, katicherr@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Челябинская обл.</t>
   </si>
   <si>
     <t>СЗ Ушкалова Наталья Анатольевна</t>
   </si>
   <si>
     <t>Фото- и видеосъемка, SMM (маркетинг в социальных сетях)</t>
   </si>
   <si>
     <t>Фото- и видеосъемка, SMM (разработка и полная реализация стратегии маркетинга в социальных сетях), таргетированная реклама</t>
-  </si>
-[...1 lines deleted...]
-    <t>89532321317, natalya.ushkalova@mail.ru</t>
   </si>
   <si>
     <t>Псковская область, Псковский район, дер. Тямша, ул. Солнечная, д.5, кв.2</t>
   </si>
   <si>
     <t>ООО "Триэр"</t>
   </si>
   <si>
     <t xml:space="preserve">Изготовление и монтаж наружной рекламы, широкоформатная и цифровая печать, полиграфия. </t>
   </si>
   <si>
     <t>180000, г.Псков, ул. Советская, 51</t>
   </si>
   <si>
     <t>ООО "Студия Витрум"</t>
   </si>
   <si>
     <t>18.11 Печатание газет, 73.1 Деятельность рекламная</t>
   </si>
   <si>
     <t xml:space="preserve">Широкоформатная печать, изготовление ролл-апов, полиграфия, изготовление наружной рекламы, изготовление наградной и сувенирной продукции. </t>
   </si>
   <si>
     <t>ИП Степанова Наталья Викторовна</t>
   </si>
   <si>
     <t>47.91.2 Торговля розничная,
 осуществляемая непосредственно при помощи информационнокоммуникационной сети Интернет, 69.20 Деятельность по оказанию услуг в
 области бухгалтерского учета, по
 проведению финансового аудита, по
 налоговому консультированию</t>
   </si>
   <si>
     <t>Подготовка и помощь в сдаче финансовой отчетности, помощь в подборе системы налогообложения, открытие р/счета в банке, сопровождение деятельности юр. лица.</t>
   </si>
   <si>
-    <t>89118917777, natalistepanova24@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180024, г.Псков, Рижский пр-т, 85а/116</t>
   </si>
   <si>
     <t>Григорьева Римма Николаевна</t>
   </si>
   <si>
     <t>Содействие в формировании и сдаче финансовой отчетности.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113767990, rngrigorieva@icloud.com</t>
   </si>
   <si>
     <t>г.Псков, Ольгинская наб., 5а, кв.28</t>
   </si>
   <si>
     <t>Создание/модернизация сайта, разработка брендбука.</t>
   </si>
   <si>
     <t>ООО "СЕРТИФИКАТ+"</t>
   </si>
   <si>
     <t>82.99 Деятельность по предоставлению прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки, 71.20 Технические испытания, исследования, анализ и сертификация</t>
   </si>
   <si>
     <t>Содействие в проведении сертификации, декларировании, аттестации, иные услуги; содействие в проведении работ по защите прав на результаты интеллектуальной деятельности и приравненные к ним средства индивидуализации юридическихлиц, товаров, работ, услуг.</t>
   </si>
   <si>
-    <t>8(4932) 59-28-28, 89203573509, info@savecons.ru, 206@savecons.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>153000, Ивановская обл., г.о. Иваново, г. Иваново, ул. Кузнецова, д.8, оф.4</t>
   </si>
   <si>
     <t>Голиков Олег Анатольевич</t>
   </si>
   <si>
     <t>Деятельность в области фотографии</t>
   </si>
   <si>
-    <t>89113644433, golikov.oa@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>180024, г.Псков, ул. Юбилейная, д.64, кв.53</t>
   </si>
   <si>
-    <t>Примечание</t>
-[...1 lines deleted...]
-  <si>
     <t>Наличие информации в открытых источниках (да/нет)</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>http://www.gimpskov.ru/</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
-    <t>73-85-06; 73-85-69, 738569@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Изготовление печатной, сувенирной и прочей полиграфической продукции.</t>
   </si>
   <si>
     <t>https://upokrovki.ru/</t>
   </si>
   <si>
     <t>Услуги по организации мастер-класса.</t>
   </si>
   <si>
     <t>https://vk.com/naloghelp60, https://www.naloghelp60.ru/</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">т.8-921-214-26-38, 8 (8112) 22-05-05, 8 (964) 678-21-22, 8 (906) 224-35-45, nalog-help60@mail.ru </t>
   </si>
   <si>
     <t>69.20 Деятельность по оказанию услуг в области бухгалтерского учета, попроведению финансового аудита, по налоговому консультированию</t>
   </si>
   <si>
     <t>https://coffeestudio.ru/</t>
   </si>
   <si>
     <t>https://happyprint.pro/, https://vk.com/happyprintpro</t>
   </si>
   <si>
     <t xml:space="preserve">Деятельность по оказанию услуг в области бухгалтерского учета, попроведению финансового аудита, по налоговому консультированию. 
 Услуги по организации мастер-класса. </t>
   </si>
   <si>
     <t>Разработка и изготовление полиграфической продукции.</t>
   </si>
   <si>
     <t xml:space="preserve">https://teamdealer.ru/ </t>
   </si>
   <si>
     <t>85.41 Образование дополнительное детей и взрослых</t>
   </si>
   <si>
-    <t>79510951120, a.zakharov73@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>56.10 Деятельность ресторанов и услуги по доставке продуктов питания</t>
   </si>
   <si>
     <t>https://major-resto.ru/, https://vk.com/majorrestobar</t>
   </si>
   <si>
-    <t>220-110, mrestobar@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/mi_bre</t>
   </si>
   <si>
     <t>г. Псков, ул. Пароменская, 26</t>
   </si>
   <si>
-    <t>89118881141,  ANDRCSS@GMAIL.COM</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/panova.julie</t>
   </si>
   <si>
     <t>https://prostoriya.ru/</t>
   </si>
   <si>
-    <t>8911-893-63-23, mrestobar@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Маркетинговые услуги, организация рекламы в интернете</t>
   </si>
   <si>
     <t>https://delta-t.pro/ru/</t>
   </si>
   <si>
     <t>180000, г. Псков, ул. Льва Толстого, д. 4</t>
   </si>
   <si>
     <t>https://www.xn--80ajpdbo0aac6h.xn--p1ai/</t>
   </si>
   <si>
-    <t>7 (903) 708 45 47, Mobidat2016@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pskov.tpprf.ru/ru/</t>
   </si>
   <si>
     <t>https://hotel-konsalt.ru/</t>
   </si>
   <si>
-    <t>7(926)877-76-02, office@hotellinn.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://pskovcontinent.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">Информационные услуги, обучение, организация меропряитий. </t>
   </si>
   <si>
     <t>https://vk.com/rost_na_zarye</t>
   </si>
   <si>
-    <t>89113621988, rostnazarye@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>http://xn----8sbjfcsjdqoondhsg8o.xn--p1ai/</t>
   </si>
   <si>
     <t>https://vk.com/zen_studiovl</t>
   </si>
   <si>
     <t>http://pro-rek.ru/</t>
   </si>
   <si>
     <t>https://sellercenter.ru/</t>
   </si>
   <si>
-    <t>89525118304, 7 (495) 191-72-07</t>
-[...1 lines deleted...]
-  <si>
     <t>https://fotoservis-vluki.ru/</t>
   </si>
   <si>
-    <t>89532389716, Email: vl_print_2@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>http://planer.ru/</t>
-  </si>
-[...1 lines deleted...]
-    <t>79-30-86, 89113593669, galina@planer.ru</t>
   </si>
   <si>
     <t>ООО "ПЛАНЕР-КИ"</t>
   </si>
   <si>
     <t>https://vk.com/lashhous</t>
   </si>
   <si>
     <t>https://azbukabranda.ru/</t>
   </si>
   <si>
     <t>https://biz-brand.ru/</t>
   </si>
   <si>
     <t>Услуги по разработке сайта, размещению контекстной рекламы Яндекс Директ, таргетированной рекламы в социальных сетях.</t>
   </si>
   <si>
     <t>https://teplonadzor.ru/</t>
   </si>
   <si>
     <t>https://prof-it.ru/</t>
   </si>
   <si>
     <t>https://open-s.info/</t>
   </si>
   <si>
     <t>https://kub-test.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">Услуги по установке и настройке программного обеспечения, доработка компьютерного программного обеспечения.
 Услуги по бухгалтерскому сопровождению. </t>
   </si>
   <si>
     <t>https://yellow-media.ru/</t>
   </si>
   <si>
     <t>https://infocompskov.ru/</t>
   </si>
   <si>
     <t>https://rafi.moscow/</t>
   </si>
   <si>
-    <t>7 (495) 256-06-26, info@rafi.moscow</t>
-[...1 lines deleted...]
-  <si>
     <t>125284, Москва, Ленинградский проспект, д. 35, стр. 2, офис 117</t>
   </si>
   <si>
     <t>https://lead-teams.ru/</t>
   </si>
   <si>
     <t>http://xn----7sbabemjg1axfqc3bkuko2bi6kwcl.xn--p1ai/</t>
   </si>
   <si>
     <t>https://tehpromsert.ru/</t>
   </si>
   <si>
     <t>https://akulapro.ru/</t>
   </si>
   <si>
     <t>https://e-market.tech/</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">(8112) 53-42-02, (8112) 53-31-86, gouukkgkh@mail.ru, </t>
   </si>
   <si>
     <t>www.pskov-gkh.ru</t>
   </si>
   <si>
     <t>https://ukkpskov.ru/</t>
   </si>
   <si>
     <t>https://prymery.com/</t>
   </si>
   <si>
     <t>https://presentica.net/</t>
   </si>
   <si>
     <t>https://pskovsout.ru/</t>
   </si>
   <si>
     <t>Проведение специальной оценки условий труда.
 Оказание консультационной, организационно-методической и технической помощи по вопросам сертификации, декларации продукции и услуг.</t>
   </si>
   <si>
     <t>71.20.7 Деятельность по оценке условий труда, 71.20.8 Сертификация продукции, услуг и
 организаций</t>
   </si>
   <si>
     <t>Организация участия в выставке подарков и праздничного декора "PRESENTICA"</t>
   </si>
   <si>
     <t>http://rimmini.ru/</t>
   </si>
   <si>
     <t>http://mokpl.ru/, https://vk.com/vzletsmm</t>
   </si>
   <si>
     <t>https://proftehkonsalting.ru/</t>
   </si>
   <si>
     <t>https://rkspskov.ru/</t>
   </si>
   <si>
-    <t>7-951-750-3900, 7-951-750-3800
-[...2 lines deleted...]
-  <si>
     <t>https://academynb.ru/</t>
   </si>
   <si>
-    <t>nakb_mos@mail.ru
-[...2 lines deleted...]
-  <si>
     <t>Москва, проспект Маршала Жукова, д.39/1</t>
   </si>
   <si>
     <t>https://vk.com/ctformat</t>
   </si>
   <si>
-    <t>Не обновляется с 2022 года</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ra-creative.ru/</t>
   </si>
   <si>
-    <t>8 495 649-83-14
-[...2 lines deleted...]
-  <si>
     <t>https://www.insales.ru/</t>
   </si>
   <si>
     <t>http://www.lukyanenko-school.ru/</t>
   </si>
   <si>
     <t>https://vk.com/foto_pskov_ushkalova</t>
   </si>
   <si>
     <t>https://reklama3r.ru/</t>
   </si>
   <si>
-    <t>89113595724, rrr.pskov@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://studiovitrum.ru/</t>
   </si>
   <si>
-    <t>62-31-21, 89217036166, studiovitrum@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/oleggolikov</t>
   </si>
   <si>
     <t>https://savecons.ru/</t>
   </si>
   <si>
     <t>180014, г.Псков, ул. Новгородская, д.17</t>
   </si>
   <si>
     <t>https://vk.com/ter.pskov</t>
   </si>
   <si>
-    <t>8 (8112) 33-17-10, 89113631133, marinkina2003@mail.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>https://fotogorodok.su/</t>
   </si>
   <si>
-    <t>8-812-273-57-83, 7 991 034 40 18
-[...2 lines deleted...]
-  <si>
     <t>г. Санкт-Петербург, Шпалерная ул., 54</t>
   </si>
   <si>
     <t>https://vk.com/ninavisuality</t>
   </si>
   <si>
     <t>https://vk.com/brightpsk</t>
-  </si>
-[...1 lines deleted...]
-    <t>83 подписчика, информация актуальная</t>
   </si>
   <si>
     <t>https://vk.com/erofeevjenya
 https://ok.ru/erofeevjenya, www.web-eea.ru</t>
   </si>
   <si>
     <t>ООО "ПРОФТЕХ"</t>
   </si>
   <si>
     <t xml:space="preserve">Оформление следующих документов: сертификат о соответствии продукции, декларация о соответствии продукции, свидетельство о государственной регистрации, оформление товарного знака, добровольный сертификат соответствия, подготовка технических условий. </t>
   </si>
   <si>
-    <t>89281662469, mng2@sertpt.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Ростов-на-Дону, ул. Благодатная, д. 247, оф. 109</t>
   </si>
   <si>
     <t>https://sertpt.ru/</t>
   </si>
   <si>
     <t>АНО "ИКЦ ДЕДОВИЧСКОГО РАЙОНА"</t>
   </si>
   <si>
     <t>58 Деятельность издательская, 69.10 Деятельность в области права, 69.20.2 Деятельность по оказанию услуг в
 области бухгалтерского учета</t>
   </si>
   <si>
     <t>Консультационные услуги.</t>
   </si>
   <si>
     <t>182710, Псковская область, рп. Дедовичи, ул. Пионерская, д.10</t>
   </si>
   <si>
-    <t>89211128847, 8-81136-93163, icc-dedovichi@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/ikcdedovichi</t>
-  </si>
-[...2 lines deleted...]
-http://topspikerov.ru/</t>
   </si>
   <si>
     <t>http://topspikerov.ru/</t>
   </si>
   <si>
     <t>ООО «ПЕТРОВСКИЕ МАСТЕРСКИЕ»</t>
   </si>
   <si>
     <t>32.99.9 Производство прочих изделий, не
 включенных в другие группировки.
  18.12 Прочие виды полиграфической
 деятельности</t>
   </si>
   <si>
     <t xml:space="preserve"> Изготовление наградной продукции, вывесок, инфотабличек</t>
   </si>
   <si>
-    <t xml:space="preserve">8 (495) 240-50-55
-[...3 lines deleted...]
-  <si>
     <t>www.petmas.ru</t>
   </si>
   <si>
     <t>Услуги по изготовлению полиграфической продукции (пакеты с логотипом, печатная рподукция, дизайн, широкоформатная печать, скотч с логотипом</t>
   </si>
   <si>
-    <t>сайт старый (от 2013 года, на звонок не ответили)</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "Русская реклама"(мастерская рекамы "Ника")</t>
   </si>
   <si>
     <t>Рекламные услуги (широкоформатная печать, полиграфия, лизайн, наружная реклама, информационно-указательные системы)</t>
   </si>
   <si>
-    <t>89113840138 (Андрей), fin@n-wcom.ru
-[...2 lines deleted...]
-  <si>
     <t>https://www.reklamapskov60.ru/</t>
   </si>
   <si>
     <t>Услуги по изготовлению макетированию и изготовлению  полиграфической продукции</t>
   </si>
   <si>
-    <t>8(8112)700-335,  700336, 
-[...2 lines deleted...]
-  <si>
     <t>http://www.pvozr.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">нет </t>
   </si>
   <si>
-    <t>нет сайта, группы  в соцсетях, на звонок не ответили</t>
-[...1 lines deleted...]
-  <si>
     <t>Услуги по изготовлению полиграфической и наградной  продукции</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/lasercraftpskov</t>
   </si>
   <si>
     <t>https://laser-craft.dialcon.ru/, 
 https://vk.com/lasercraftpskov</t>
   </si>
   <si>
     <t>Рекламные услуги: 
 ✔ Дизайн наружной и интерьерной рекламы
 ✔ Объемные световые буквы
 ✔ Световые короба и консоли
 ✔ Баннеры, пленка, аппликация
 ✔ Полиграфия
 ✔ Реклама на щитах, экранах города
 ✔ Реклама на радио
 ✔ Звуковая нформация в автобусах</t>
   </si>
   <si>
-    <t>89602255777, ra24642@bk.ru, 
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">г.Псков, РИЖСКИЙ ПРОСПЕКТ, 5А
 </t>
   </si>
   <si>
     <t>https://vk.com/ratelecom,
 http://viveskapskov.grampus-server.ru/, 
  https://vk.com/id352043963</t>
   </si>
   <si>
-    <t>нет сайта, группы  в соцсетях, нет контактного телефона</t>
-[...1 lines deleted...]
-  <si>
     <t>Услуги по специальной оценке условий труда</t>
   </si>
   <si>
-    <t>8(8112)53-18-13, 64-92-92, 
-[...2 lines deleted...]
-  <si>
     <t>http://pskovpilot.ru/</t>
   </si>
   <si>
-    <t>7-921-5021500, 7-960-2267700, chugaev07@mail.ru,
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> г. Псков, ул. Ленина, д. 7</t>
   </si>
   <si>
     <t>https://чугаев.рф/</t>
   </si>
   <si>
-    <t>нет сайта, группы  в соцсетях</t>
-[...4 lines deleted...]
-  <si>
     <t>ИП Григорьев Павел Игоревич ("Секрет рекламы")</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/srvl_business</t>
   </si>
   <si>
     <t>https://srvl.ru/,
 https://vk.com/srvl_business</t>
   </si>
   <si>
     <t>ИП Кукса Павел Михайлович (фирма "К3")</t>
   </si>
   <si>
     <t>Установка и обслуживание прогроммного обеспечения (ККТ, планфикс, 1С, авотматизация Horeca и т.п.</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/k3smolensk</t>
   </si>
   <si>
     <t>214015, г. Смоленск,
 ул. Большая Краснофлотская,  д. 15
 8 (8112) 60-23-39
 info@k3-67.ru
 Офис в Пскове: Псков, ул. 128-й Стрелковой Дивизии, 6, офис 511</t>
   </si>
   <si>
     <t>https://k3-67.ru/,
 https://vk.com/k3smolensk</t>
   </si>
   <si>
-    <t>8-953-244-3226, 
-[...8 lines deleted...]
-  <si>
     <t>ИП ФЕДУЛОВА МАРИЯ ВАСИЛЬЕВНА
 (Фирма "Ракурс")</t>
   </si>
   <si>
     <t>изготовление рекламной вывески, печатная рекламная продукция, баннеры, штендеры и т.п.</t>
   </si>
   <si>
-    <t>7-953-23-43-133, pskov-60@list.ru, 
-[...2 lines deleted...]
-  <si>
     <t>https://vk.com/60pskov60</t>
   </si>
   <si>
     <t>изготовление рекламной вывески, печатная рекламная продукция, баннеры, штендеры, наружная реклама, лазерная резка и гравировка,  печати и штампы</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/stamps60</t>
   </si>
   <si>
     <t>https://stamp-s.ru/, 
 https://vk.com/stamps60</t>
   </si>
   <si>
     <t xml:space="preserve">	
 6027198140</t>
   </si>
   <si>
     <t>https://pskovfm.ru/</t>
   </si>
   <si>
-    <t>сайт неинформативный. Без опредделения кому он пренадлежит</t>
-[...1 lines deleted...]
-  <si>
     <t>изготовление рекламного видеоролика, монтаж, графика</t>
-  </si>
-[...4 lines deleted...]
-https://vk.com/pskovideo?w=club661666</t>
   </si>
   <si>
     <t>https://vk.com/ktreimut, 
 https://vk.com/pskovideo?w=club661666</t>
   </si>
   <si>
-    <t>8951-758-14-32, 8911-891-73-80, long.tail.psk@yandex.ru, 
-[...3 lines deleted...]
-  <si>
     <t>https://vk.com/longtail_psk, 
 https://vk.com/cholakhsaeva</t>
   </si>
   <si>
-    <t>7 (8112) 79-30-86, Галина Всеволодовна 8911-359-3669,
-[...6 lines deleted...]
-  <si>
     <t>Создание медиаконтента любой сложности, видеороликов</t>
   </si>
   <si>
-    <t>8953-247-35-74, mix_in_life@list.ru, 
-[...2 lines deleted...]
-  <si>
     <t>https://vk.com/ap_visualworkshop_psk</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/anonark</t>
   </si>
   <si>
     <t>https://nark.ispringmarket.ru/, 
 https://vk.com/anonark</t>
   </si>
   <si>
-    <t>8995-888-96-98, 248@dpokurs.ru, 
-[...2 lines deleted...]
-  <si>
     <t>https://institutpro.ru/</t>
   </si>
   <si>
-    <t>8(8112) 61-01-01, support@itpsk.ru, manager@itpsk.ru, 
-[...2 lines deleted...]
-  <si>
     <t>https://itpsk.ru/</t>
   </si>
   <si>
-    <t>Группа устаревшая</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Бай Иван Иванович (Типография Разкраска)</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 (904) 333 88 36,7 (812) 401-66-99,  print@razkraska.ru, https://razkraska.ru/, https://vk.com/razkraska</t>
   </si>
   <si>
     <t>https://vk.com/razkraska, 
 https://razkraska.ru/</t>
   </si>
   <si>
-    <t>Группа не обновляется</t>
-[...1 lines deleted...]
-  <si>
     <t>https://dasreda.ru/</t>
   </si>
   <si>
     <t>https://www.pskcert.ru/</t>
   </si>
   <si>
     <t>http://www.pskovtourism.com/, https://vk.com/pskovregiontourunion</t>
-  </si>
-[...1 lines deleted...]
-    <t>сотрудник Центра "Мой бизнес"</t>
   </si>
   <si>
     <t>58.14 Издание журналов и периодических
 изданий (журнал "Ресторановед")</t>
   </si>
   <si>
     <t>публикации в СМИ, продвижение, дизайнерские услуги, создание контента, создание и продвижение личного бренда</t>
   </si>
   <si>
     <t xml:space="preserve"> 196602, ГОРОД САНКТ-ПЕТЕРБУРГ, ПУШКИН ГОРОД, АРХИТЕКТОРА ДАНИНИ УЛИЦА, ДОМ 9, ЛИТЕР А, КВАРТИРА 4</t>
   </si>
   <si>
     <t>https://restoranoved.ru/,
 https://vk.com/restoranoved</t>
-  </si>
-[...1 lines deleted...]
-    <t>прислала новую инфу</t>
   </si>
   <si>
     <t>79.12 Деятельность туроператоров; 
 93.29 Деятельность по организации отдыха
 и развлечений прочая</t>
   </si>
   <si>
     <t>Псков, Советcкая 60а, офис 12,
 https://pskovatmosfera.ru/, 
 https://vk.com/pskovatmosfera</t>
   </si>
   <si>
     <t>https://pskovatmosfera.ru/, 
 https://vk.com/pskovatmosfera</t>
   </si>
   <si>
     <t>ООО "Лексан"</t>
   </si>
   <si>
-    <t>79113512311, laba@leksan.net, 
-[...2 lines deleted...]
-  <si>
     <t>https://vk.com/leksanpskov</t>
   </si>
   <si>
-    <t>Мало подписчиков. Группа не обновлялась с 2020 В сайте и группе нет необходимости, клиенты и так есть.. Будет актуализировать информацию.</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков  Кузбасской дивизии 30а-93</t>
-  </si>
-[...1 lines deleted...]
-    <t>не отвечает на звонок</t>
   </si>
   <si>
     <t>ИП Сокова Екатерина Сергеевна</t>
   </si>
   <si>
     <t>59.11 Производство кинофильмов,
 видеофильмов и телевизионных программ</t>
   </si>
   <si>
-    <t>576-576, 577-233, 
-[...4 lines deleted...]
-  <si>
     <t>http://ap-d.ru/apd</t>
   </si>
   <si>
-    <t>не отвечает на звонок, автоответчик</t>
-[...6 lines deleted...]
-  <si>
     <t>https://anopleskov.ru/</t>
-  </si>
-[...2 lines deleted...]
-https://rmat.pskov.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">https://rmat.pskov.ru/
 </t>
   </si>
   <si>
-    <t>7-953 252 20 55, https://vk.com/ivanov.andrei</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/ivanov.andrei</t>
   </si>
   <si>
-    <t>должен прислать актуальную информацию</t>
-[...5 lines deleted...]
-  <si>
     <t>https://interhotel-management.ru/</t>
   </si>
   <si>
     <t>Самозанятая Лотышова Евгения Владимировна</t>
-  </si>
-[...12 lines deleted...]
-https://vk.com/enter.promo</t>
   </si>
   <si>
     <t>https://enter.promo/, 
 https://vk.com/enter.promo</t>
   </si>
   <si>
-    <t>8(8112) 56-84-59, 
-[...2 lines deleted...]
-  <si>
     <t>https://pravo-pro.ru/catalog/284016/</t>
   </si>
   <si>
     <t>47.54 - Торговля розничная бытовыми электротоварами в специализированных магазинах, 69.20.2 - Деятельность по оказанию услуг в области бухгалтерского учета</t>
-  </si>
-[...6 lines deleted...]
-https://vk.com/centrturizmap</t>
   </si>
   <si>
     <t>https://ticpskov.ru/, 
 https://vk.com/centrturizmap</t>
   </si>
   <si>
-    <t>8 (8442) 52-70-46, 
-[...2 lines deleted...]
-  <si>
     <t>https://tumtipb.ru/</t>
   </si>
   <si>
-    <t>expert@zhelezno.com, VK: https://vk.com/pb_zhelezno 
-[...3 lines deleted...]
-  <si>
     <t>https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=патентное%20бюро%20патент&amp;geo=Псков&amp;yclid=17833696682117431295</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">legal@atom-s.com, </t>
   </si>
   <si>
     <t>г. Ярославль, ул. Труфанова, 25/4, 89, 
 https://start.atom-s.com/ru/o-kompanii</t>
   </si>
   <si>
     <t>https://start.atom-s.com/ru/o-kompanii</t>
   </si>
   <si>
-    <t>На сайте нет ни одного телефона</t>
-[...6 lines deleted...]
-  <si>
     <t>https://shafran-1c.ru/</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам коммерческой деятельности и управления</t>
-  </si>
-[...3 lines deleted...]
-https://vk.com/villstor</t>
   </si>
   <si>
     <t>https://villstor.ru/, 
 https://vk.com/villstor</t>
   </si>
   <si>
     <t>https://vk.com/ssuhanov</t>
   </si>
   <si>
-    <t>есть личная страница в вк, без указания видадеятельности</t>
-[...12 lines deleted...]
-  <si>
     <t>https://hit-studio.ru/contact/</t>
   </si>
   <si>
     <t>https://vk.com/public199047697</t>
   </si>
   <si>
-    <t>Группа не обновлялась с 2021 года. 18 подписчиков. Отсутствует описание предоставляемых услуг, контактных данных</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/skorobogatov1984</t>
-  </si>
-[...1 lines deleted...]
-    <t>Закрытая личная страница</t>
   </si>
   <si>
     <r>
       <t>71.20.8 Сертификация продукции, услуг и организаций</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> ; 71.20 Технические испытания,
 исследования, анализ и сертификация</t>
     </r>
   </si>
   <si>
-    <t>8(812)409-39-49 (доб. 106), vasjova@optimatest.ru, 7-962-686-78-65, 
-[...2 lines deleted...]
-  <si>
     <t>https://www.belotest.com/</t>
   </si>
   <si>
     <t>https://ecghotel.ru/</t>
   </si>
   <si>
     <t>https://звездыотелям.рф/</t>
   </si>
   <si>
     <t>https://tensor.ru/</t>
   </si>
   <si>
     <t>https://www.infocompskov.ru/information/</t>
   </si>
   <si>
     <t>https://gnedin.ru/</t>
   </si>
   <si>
     <t>https://vk.com/tumanenkova_foto,
 https://vk.com/tumanenkova</t>
   </si>
   <si>
     <t>https://vk.com/fyodor.egorov</t>
   </si>
   <si>
     <t>https://expoelectroseti.ru/</t>
   </si>
   <si>
     <t>https://vk.com/festash_spb,
 https://vk.com/exhibition1spb,</t>
   </si>
   <si>
     <t>https://классификацияотелей.рф/</t>
   </si>
   <si>
     <t>https://endikon-expert.ru/</t>
   </si>
   <si>
     <t>https://classification.spb.ru/</t>
   </si>
   <si>
     <t>https://холмонт-бр.рф/</t>
   </si>
   <si>
     <t>ИП Петров Алексей Анатольевич</t>
   </si>
   <si>
-    <t>не отвечает</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Шестаков Андрей Станиславович</t>
   </si>
   <si>
     <t>ИП Одинцов Максим Васильевич</t>
   </si>
   <si>
     <t>https://likestats.io/</t>
   </si>
   <si>
     <t>ИП Щербакова Мария Анатольевна</t>
   </si>
   <si>
     <t>https://vk.com/shcherbakova_mari</t>
   </si>
   <si>
-    <t>была СЗ</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/pahka</t>
   </si>
   <si>
-    <t>личная страница, информации о фотодеятельности нет</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/kozhukov</t>
   </si>
   <si>
-    <t>свои клиенты</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ucpskov.ru/</t>
   </si>
   <si>
     <t>https://vk.com/public71730248</t>
   </si>
   <si>
-    <t>группа неактуальная, 2018 год</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/juristirinas</t>
   </si>
   <si>
     <t>http://pskov-audit.ru/</t>
   </si>
   <si>
     <t>https://nkhp.ru/</t>
   </si>
   <si>
     <t>http://primepskov.ru/</t>
   </si>
   <si>
     <t>https://uprav.ru/</t>
   </si>
   <si>
-    <t>Сарафанное радио, группы/сайта нет, на встречу к заказчикам ездит сама</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/reprofi, https://reprofi.vsite.pro/</t>
   </si>
   <si>
-    <t xml:space="preserve">страница ВК давно не обновлялась, </t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/pro_reklama60</t>
   </si>
   <si>
-    <t>не ответил</t>
-[...1 lines deleted...]
-  <si>
     <t>http://vosvodpskov.ru/</t>
   </si>
   <si>
     <t>https://www.pleade.ru/edu/vizitka.shtml</t>
   </si>
   <si>
     <t>https://ab-dpo.ru/</t>
   </si>
   <si>
     <t>https://mbacity.ru/</t>
   </si>
   <si>
     <t>https://jewelleryschool.com/</t>
   </si>
   <si>
     <t>https://petroprofa.ru/</t>
   </si>
   <si>
     <t>https://visit.pskov.ru/</t>
   </si>
   <si>
     <t>ИП Пудовкин Валерий Олегович</t>
   </si>
   <si>
     <t>https://agency-performance.ru/, https://vk.com/smm_performance10</t>
@@ -4031,746 +3175,601 @@
   <si>
     <t>https://helios-trening.ru/about_us</t>
   </si>
   <si>
     <t>https://edu.amrita-dent.ru/</t>
   </si>
   <si>
     <t>https://dpostandart.ru/</t>
   </si>
   <si>
     <t>https://vk.com/club118003446</t>
   </si>
   <si>
     <t>https://mediacenter60.tilda.ws/</t>
   </si>
   <si>
     <t>http://radiopskov.ru/</t>
   </si>
   <si>
     <t>https://vk.com/advt60</t>
   </si>
   <si>
     <t>https://vk.com/ctformat, http://www.ctformat.ru/</t>
   </si>
   <si>
-    <t>группа не обновлялась с 2022 года. Сайт временно недоступен</t>
-[...1 lines deleted...]
-  <si>
     <t>http://exclusive60.ru/</t>
   </si>
   <si>
     <t>https://rm60.ru/</t>
   </si>
   <si>
-    <t>7‒900‒991‒78‒58</t>
-[...4 lines deleted...]
-  <si>
     <t>https://ingaprint.ru/</t>
   </si>
   <si>
     <t>ИП Савельева Владислава Викторовна (ТД "Лотос")</t>
   </si>
   <si>
-    <t xml:space="preserve">8(8112) 70-22-90
-[...2 lines deleted...]
-  <si>
     <t>https://vk.com/vizitki.pskov</t>
   </si>
   <si>
     <t>https://viveskapsk.ru/</t>
   </si>
   <si>
-    <t>8921-703-0012, studiya.reklamy18@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/studiya_reklamy81</t>
   </si>
   <si>
     <t>https://vk.com/reklama.concept</t>
   </si>
   <si>
-    <t>работает, группа не обновлялась с 2023 года</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/direct_design</t>
   </si>
   <si>
     <t>https://vk.com/pskovfrezer</t>
   </si>
   <si>
-    <t>работает, группа не обновлялась с 2022 года</t>
-[...1 lines deleted...]
-  <si>
     <t>https://dnext.ru/</t>
   </si>
   <si>
     <t>https://vk.com/hashdog</t>
   </si>
   <si>
-    <t>8 (8112) 60-77-01, info@rtech.su, 7 905 295 87 88</t>
-[...1 lines deleted...]
-  <si>
     <t>https://rtech.su/</t>
   </si>
   <si>
     <t>https://dpokurs.ru/</t>
   </si>
   <si>
     <t>https://novikovschool.com/</t>
   </si>
   <si>
     <t>https://vk.com/uc_oborona_eshelon</t>
   </si>
   <si>
     <t>http://libertytour.ru/</t>
   </si>
   <si>
     <t>ИП Екимова Ирина Михайловна</t>
   </si>
   <si>
-    <t>проводит обучение по кондитерскому делу. По рекомендациям</t>
-[...1 lines deleted...]
-  <si>
     <t>ЧУ ДПО «УЦ «ЗНАНИЯ»</t>
   </si>
   <si>
     <t>https://znanie-pskov.ru/</t>
   </si>
   <si>
     <t>https://эмменеджмент.рф/</t>
   </si>
   <si>
     <t>https://vk.com/loft.pskov</t>
   </si>
   <si>
     <t>https://stankevich.design/</t>
   </si>
   <si>
     <t>https://www.upgagency.ru/</t>
   </si>
   <si>
     <t>https://yandex.ru/adv/edu/experts/frolov_d</t>
   </si>
   <si>
-    <t>Абонент недоступен</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.petmas.ru/</t>
   </si>
   <si>
     <t>https://caferp.ru/</t>
   </si>
   <si>
     <t>https://vk.com/public210647301</t>
   </si>
   <si>
-    <t>не отвечают</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sterhtipograf.vsite.pro/, https://vk.com/sterhtipograf</t>
   </si>
   <si>
     <t>ИП Лукашенская Дарья Сергеевна</t>
   </si>
   <si>
     <t>https://vk.com/smmluki</t>
   </si>
   <si>
     <t>, https://vk.com/nevskyeklady17, https://vk.com/sale_in_spb</t>
-  </si>
-[...1 lines deleted...]
-    <t>по своим клиентам, рекомендациям</t>
   </si>
   <si>
     <t>дизайн сайта</t>
   </si>
   <si>
     <t>https://www.behance.net/eugenealexeev</t>
   </si>
   <si>
     <t xml:space="preserve">ООО «Медиагруппа «Лучший выбор» 	
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>89219330773, sv@restoranoved.ru, 8-921-910-42-42 (Маркова Светлана Витальевна)</t>
   </si>
   <si>
     <t>ФЕДЕРАЛЬНОЕ ГОСУДАРСТВЕННОЕ
 УНИТАРНОЕ ПРЕДПРИЯТИЕ
 "ВСЕРОССИЙСКАЯ
 ГОСУДАРСТВЕННАЯ
 ТЕЛЕВИЗИОННАЯ И
 РАДИОВЕЩАТЕЛЬНАЯ КОМПАНИЯ"</t>
   </si>
   <si>
     <t>60.20 Деятельность в области
 телевизионного вещания</t>
   </si>
   <si>
     <t>Изготовление видеоматериала, размещение видеоматериалов в региональных эфирах телеканалов, размещение материала в интернет-ресурсах компании.</t>
   </si>
   <si>
-    <t>62-80-40, tv@pvi.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>125040, г. Москва, 5-я ул. Ямского поля, д.19-21, стр.1</t>
   </si>
   <si>
     <t>https://gtrkpskov.ru/</t>
   </si>
   <si>
     <t>ИП Бекетова Евгения Валерьевна</t>
   </si>
   <si>
     <t>Услуги по проведению курсов по повышению квалификации по дополнительным профессиональным программам, проведение онлайн-интенсива по нейрогимнастике "Инструктор по игровой нейрогимнастике"</t>
   </si>
   <si>
-    <t>89132531941, clever_akademia@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>656906, Россия, Алтайский край, г. Барнаул, ул. Чайковского, 11-39</t>
   </si>
   <si>
     <t>https://clever-akademia.ru/ , https://vk.com/clever_akademia</t>
   </si>
   <si>
     <t>Самозанятый Черняков Максим Павлович</t>
   </si>
   <si>
     <t xml:space="preserve">Создание, поддержка, продвижение интернет-сайтов; SMM; услуги дизайнера. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89113700200, 89113985058, admin@ideas-tech.ru, admin@neiropixel.ru</t>
   </si>
   <si>
     <t>180502, Псковская область, Псковский район, деревня Уграда, ул. Изборская, д.9</t>
   </si>
   <si>
     <t>https://ideas-tech.ru/</t>
   </si>
   <si>
     <t>ИП СИМАНЧЕВ
 СЕРГЕЙ
 ЕВГЕНЬЕВИЧ</t>
   </si>
   <si>
     <t>62.02 Деятельность консультативная и работы в области компьютерных
 технологий</t>
   </si>
   <si>
     <t xml:space="preserve">Содействие в размещении на электронных торговых площадках (маркетплейсах).
 Обучение по работе и взаимодействию с электронными торговыми площадками (маркетплейсами). </t>
   </si>
   <si>
-    <t>89803988035, net-marketplace@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Москва, ул. Лухановская, д. 15, к.4, кв. 172</t>
   </si>
   <si>
     <t>https://net-marketplace.ru/</t>
   </si>
   <si>
     <t>ООО "МД-ИНСАЙТ"</t>
   </si>
   <si>
     <t>Содействие в размещении на электронных торговых площадках (маркетплейсах).</t>
-  </si>
-[...1 lines deleted...]
-    <t>84996459925, info@e-directive.ru, info@md-insight.ru</t>
   </si>
   <si>
     <t>660028, г. Красноярск, пр. Свободный, д.59А, этаж 5, кв. 19, 21, 23</t>
   </si>
   <si>
     <t>https://e-directive.ru/</t>
   </si>
   <si>
     <t>ООО "СЕРТУМ-ПРО"</t>
   </si>
   <si>
     <t xml:space="preserve">Содействие в организации участия СМСП и самозанятых граждан в закупках по 44-ФЗ или 223-ФЗ.
 Услуги выпуска и технической поддержки электронной подписи.
 Консультационные услуги по регистрации в системе Честный знак. </t>
   </si>
   <si>
-    <t>8-811-270-03-06, valery.petrov@skbkontur.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Свердловская обл., г. Екатеринбург, ул. Малопрудная, д.5</t>
   </si>
   <si>
     <t>https://kontur.ru/</t>
   </si>
   <si>
     <t>АНО ДПО "УЧЕБНЫЙ ЦЕНТР СКБ
 КОНТУР"</t>
   </si>
   <si>
     <t xml:space="preserve">Обучение по общим вопросам охраны труда и функционирования системы усправления охраной труда, по оказанию первой помощи пострадавшим, мерам пожарной безопасности для руководителей организаций и ответственных лиц, в области ГО и защиты от ЧС.
 Обучение по участию в закупках по 44-ФЗ и 223-ФЗ. 
 Обучение владельцев объектов в сфере гостеприимства по ведению регистрационного и миграционного учета. </t>
   </si>
   <si>
     <t>г. Москва, ул. Сущевский вал, д. 18</t>
   </si>
   <si>
     <t>https://school.kontur.ru/, https://edtechs.ru/</t>
   </si>
   <si>
     <t>АО "ПФ "СКБ КОНТУР"</t>
   </si>
   <si>
     <t>Услуга по предоставлению сервиса бухгалтерского учета и электронной отчетности в контролирующие органы, услуга по предоставлению сервиса электронной отчетности в контролирующие органы, услуги оператора документооборота.</t>
   </si>
   <si>
     <t>Адрес обособленного подразделения в Псковской области: г. Псков, ул. Некрасова, д. 27</t>
   </si>
   <si>
     <t>https://kontur.ru/, https://www.rutoken.ru/projects/major/kontur-extern.html</t>
   </si>
   <si>
     <t>ЧОУ ДПО "ИПК "ИНТЕГРАЛ"</t>
   </si>
   <si>
     <t>85.42.9 Деятельность по дополнительному
 профессиональному образованию прочая, не включенная в другие группировки</t>
   </si>
   <si>
     <t>Обучение по дополнительным профессиональным программам повышения квалификации</t>
   </si>
   <si>
-    <t>8-812-6001795, 89119212880, ipk@integral.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>191014, г. Санкт-Петербург, ул. Парадная, д.3, корп.2, лит.А, пом. 196-Н</t>
   </si>
   <si>
     <t>https://ipk-integral.ru/</t>
   </si>
   <si>
     <t>АНО ДПО "ОЦ "ПРЕМЬЕР"</t>
-  </si>
-[...1 lines deleted...]
-    <t>89304263636, 89304266363, info@premier-centr.com</t>
   </si>
   <si>
     <t>394036, г. Воронеж, ул. Комиссаржевской, д. 10, оф. 101</t>
   </si>
   <si>
     <t>https://pskov.premier-centr.com/</t>
   </si>
   <si>
     <t>ИП ПОНОМАРЕНКО
 ВЛАДИСЛАВ
 ВЛАДИМИРОВИЧ</t>
   </si>
   <si>
     <t>Содействие в размещении на российских и международных электронных торговых площадках</t>
   </si>
   <si>
-    <t>89959013330, vvp@expand-solutions.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>117208, г. Москва, ул. Сумской проезд, д. 15, кв. 77</t>
   </si>
   <si>
     <t>https://expand-solutions.ru/</t>
   </si>
   <si>
     <t>ООО "НПП ИЖИЦА"</t>
   </si>
   <si>
     <t>28.93 Производство машин и оборудования для производства пищевых продуктов,
 напитков и табачных изделий, 85.42.9 Деятельность по дополнительному профессиональному образованию прочая, не включенная в другие группировки</t>
   </si>
   <si>
     <t>Проведение обучающих семинаров.</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-812-467-42-10, order@ijiza.ru</t>
   </si>
   <si>
     <t>197342, г. Санкт-Петербург, ул. Кантемировская, д. 4, лит. А, пом. 9Н, оф. 323</t>
   </si>
   <si>
     <t>https://ijiza.ru/seminars/</t>
   </si>
   <si>
     <t>СЗ Мошура Давид Михайлович</t>
   </si>
   <si>
     <t xml:space="preserve">Создание и модернизация сайтов. 
 Ведение социальных сетей.
 Создание аудио- и видеороликов. </t>
   </si>
   <si>
     <t>180025, Псковский р-н, д. Борисовичи, ул. Михаила Егорова, д. 4, кв. 75</t>
   </si>
   <si>
-    <t>Не дозвонилась</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП СОЛДАТКИН АНДРЕЙ НИКОЛАЕВИЧ</t>
   </si>
   <si>
     <t xml:space="preserve">Изготовление рекламной продукции, полиграфии, вывесок, разработка логотипа. </t>
   </si>
   <si>
-    <t>89602255020, pskovreklama@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>180016, г. Псков, ул. Народная, д. 23/17, кв. 53</t>
   </si>
   <si>
     <t>https://vk.com/pskovreklama2017</t>
   </si>
   <si>
     <t>ООО "К-ИНФОРМ"</t>
   </si>
   <si>
     <t>69.20 Деятельность по оказанию услуг в области бухгалтерского учета, по проведению финансового аудита, по налоговому консультированию</t>
   </si>
   <si>
     <t xml:space="preserve">Деятельность по оказанию услуг в области бухгалтерского учета, попроведению финансового аудита, по налоговому консультированию. </t>
-  </si>
-[...1 lines deleted...]
-    <t>22-05-05, nalog-help60@mail.ru</t>
   </si>
   <si>
     <t>180017, г. Псков, ул. Яна Фабрициуса, д. 2а, оф. 1006</t>
   </si>
   <si>
     <t>https://naloghelp60.ru/</t>
   </si>
   <si>
     <t>ООО "ВАРМЕН РУС"</t>
   </si>
   <si>
     <t>28.93 Производство машин и оборудования
 для производства пищевых продуктов,
 напитков и табачных изделий</t>
-  </si>
-[...1 lines deleted...]
-    <t>89052224077, ag@ijiza.ru</t>
   </si>
   <si>
     <t>192283, г. Санкт-Петербург, вн.тер.г. Муниципальный Округ Балканский, б-р Загребский, д. 45, лит. А, пом. 441</t>
   </si>
   <si>
     <t>ООО "УК "ЛИВМАСТЕР"</t>
   </si>
   <si>
     <t>70.10 Деятельность головных офисов, 82.99 Деятельность по предоставлению
 прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки</t>
   </si>
   <si>
     <t>Проведение обучающих семинаров.
 Регистрация и продвижение на электронной площадке Ярмарка Мастеров - Livemaster</t>
   </si>
   <si>
-    <t>89204042226, ozarikova@livemaster.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>214014, г. Смоленск, ул. Тенишевой, д. 15, 4-й этаж</t>
   </si>
   <si>
     <t>https://www.livemaster.ru/</t>
   </si>
   <si>
     <t>ИП МАРКОВА СВЕТЛАНА ВИТАЛЬЕВНА</t>
   </si>
   <si>
     <t xml:space="preserve">Организация деловых мероприятий, в тч. Профессиональных конкурсов, форумов, конференций; консалтинг; дизайнерские услуги. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89219330773, soldatenkova-s@yandex.ru</t>
   </si>
   <si>
     <t>196602, г. Санкт-Петербург, г.Пушкин, ул. Архитектора Данини, д.9, лит.А, кв.4</t>
   </si>
   <si>
     <t>ООО "ЭКОЛАБ-ЭКСПЕРТ"</t>
   </si>
   <si>
     <t>71.12.12 Разработка проектов
 промышленных процессов и производств, относящихся к электротехнике, электронной технике, горному делу,
 химической технологии, машиностроению, а также в области промышленного строительства, системотехники и техники
 безопасности</t>
   </si>
   <si>
     <t xml:space="preserve">Специальная оценка условий труда. </t>
   </si>
   <si>
-    <t>8-812-988-16-40, info@trud-ps.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>http://ecolab-expert.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">Аудит сообщества в социальных сетях, SMM, организация таргетированной рекламы, маркировка рекламы. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89009930518, anastasia.ryabova.smm@gmail.com</t>
   </si>
   <si>
     <t>г. Псков, ул. Труда, д. 22, кв. 99</t>
   </si>
   <si>
     <t>СЗ Рябова Анастасия Александровна</t>
   </si>
   <si>
     <t>ООО "ГАРАНТ-СВ"</t>
   </si>
   <si>
     <t>86.90.4 Деятельность санаторно-курортных организаций, 70.22 Консультирование по вопросам
 коммерческой деятельности и управления, 82.30 Деятельность по организации конференций и выставок</t>
   </si>
   <si>
     <t>Организация мероприятий.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89085058400, info@academy-hospitality.com</t>
   </si>
   <si>
     <t>298685, Республика Крым, г. Ялта, с. Оползневое, ул. Генерала Острякова, д.9</t>
   </si>
   <si>
     <t>https://academy-hospitality.com/</t>
   </si>
   <si>
     <t>ИП ЗАХАРЕНКОВА НИНА ДМИТРИЕВНА</t>
   </si>
   <si>
     <t>71.12.13 Разработка проектов по
 кондиционированию воздуха, холодильной технике, санитарной технике и мониторингу загрязнения окружающей среды, строительной акустике, 82.99 Деятельность по предоставлению прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки</t>
   </si>
   <si>
     <t xml:space="preserve">Организационно-методическая помощь при оценке профессиональных рисков в организации. </t>
   </si>
   <si>
-    <t>89113590379, pskovpilotlab@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Льва Толстого, д. 12, кв. 39</t>
   </si>
   <si>
     <t>http://www.pskovpilot.ru/</t>
   </si>
   <si>
     <t>ИП АНДРЕЕВА МАРИЯ ВИКТОРОВНА</t>
   </si>
   <si>
     <t>Обучение/повышение квалификации сотрудников.</t>
   </si>
   <si>
-    <t>89116929992, starboompskov@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Кузбасской дивизии, 28А, пом. 2001</t>
   </si>
   <si>
     <t>https://vk.com/starboom.pskov, https://starboompskov.ru/</t>
   </si>
   <si>
     <t>СЗ Брянцев Дмитрий Владимирович</t>
   </si>
   <si>
     <t>Техобслуживание, фотосъемка, макетирование и изготовление продукции собственного производства.</t>
   </si>
   <si>
     <t xml:space="preserve">Монтаж и демонтаж выставочных стендов и оборудования; фотоуслуги; рекламная деятельность (изготовление и макетирование рекламной и сувенирной продукции). </t>
   </si>
   <si>
     <t>г.Псков, ул. Киселева, 11-8</t>
   </si>
   <si>
     <t>https://vk.com/bryancev</t>
   </si>
   <si>
     <t>ООО РПК "ЭКСПРЕСС ПРИНТ"</t>
-  </si>
-[...1 lines deleted...]
-    <t>8-812-9871415, 9871415@mail.ru</t>
   </si>
   <si>
     <t>198095, г.Санкт-Петербург, ул. Розенштейна, д.21, лит. А, пом. 108-Н, офис 1 (6 этаж)</t>
   </si>
   <si>
     <t>https://ekspressprint.ru/</t>
   </si>
   <si>
     <t>ИП ЗЕЛЕНСКАЯ ЕКАТЕРИНА БОРИСОВНА</t>
   </si>
   <si>
     <t>96.02 Предоставление услуг
 парикмахерскими и салонами красоты, 85.30 Обучение профессиональное</t>
   </si>
   <si>
     <t>Обучение профессиональное. Курсы маникюра и педикюра.</t>
   </si>
   <si>
-    <t>89532402545, 92.92.kk@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, Октябрьский пр., 50а, оф. 212</t>
   </si>
   <si>
     <t>https://vk.com/manicure_7334</t>
   </si>
   <si>
     <t>ООО "ПРОФИТСЕРТ"</t>
   </si>
   <si>
-    <t>8(495)255-00-42</t>
-[...1 lines deleted...]
-  <si>
     <t>117587, г. Москва, Варшавское шоссе, д. 125Д, корп.1, офис 324</t>
   </si>
   <si>
     <t>https://www.profitsert.ru/</t>
   </si>
   <si>
     <t>СЗ Ерохова Ирина Сергеевна</t>
   </si>
   <si>
     <t>Оказание юридических услуг.</t>
   </si>
   <si>
     <t>Юридические консультации по вопросам правового обеспечения деятельности</t>
   </si>
   <si>
-    <t>89532382277, irinaerokhova1905@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180020, г.Псков, ул. Ижорского батальона, д.7, кв.145</t>
   </si>
   <si>
     <t>ИП СЕМЕНОВ ДМИТРИЙ АНДРЕЕВИЧ</t>
   </si>
   <si>
     <t>Проведение курсов и тренингов, направленных на повышение квалификации.</t>
   </si>
   <si>
-    <t>89778483977, team@rostfit.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Москва, Открытое шоссе, 1/10, кв. 24</t>
   </si>
   <si>
     <t>https://rostfit.ru/</t>
   </si>
   <si>
     <t>ООО "ПЕРВАЯ ПОЖАРНАЯ КОМПАНИЯ"</t>
   </si>
   <si>
     <t>33.12 Ремонт машин и оборудования, 85.30 Обучение профессиональное</t>
   </si>
   <si>
     <t>Оказание образовательных услуг (в области охраны труда, пожарной безопасности, антитеррористической защищенности и др.)</t>
   </si>
   <si>
     <t>http://ppkpskov.ru/</t>
   </si>
   <si>
-    <t xml:space="preserve">8 (495) 928-02-70
-[...3 lines deleted...]
-  <si>
     <t>https://agitpacket.ru</t>
   </si>
   <si>
     <t>https://freelance.ru/bartenev</t>
   </si>
   <si>
-    <t>8-950-296-5253, 
-[...5 lines deleted...]
-  <si>
     <t>https://lumaxmedia.ru/</t>
-  </si>
-[...1 lines deleted...]
-    <t>Починков Владислав Владимирович,8 (8112) 201777, 8911-359-18-73,7(911)8888333,  vvp@pskovfm.ru, eb@pskovfm.ru</t>
   </si>
   <si>
     <t xml:space="preserve">biznes-plan.online 
 </t>
   </si>
   <si>
-    <t>сайт в стадии разработки. Должен запуститься с 01.03.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозанятый Данилов Павел Петрович</t>
-  </si>
-[...1 lines deleted...]
-    <t>Страница не обновлялась с 2020 года, обновляют сайт, работают по старой базе, сарафанное радио</t>
   </si>
   <si>
     <t>https://www.vluki.ru/</t>
   </si>
   <si>
     <t>ИП МИХАЙЛОВА ВАЛЕРИЯ ВАЛЕРЬЕВНА</t>
   </si>
   <si>
     <t xml:space="preserve">Ведение социальных сетей,
 Создание сайтов на платформе Тильда.
 Рекламные кампании в сети интернет.
 Дизайнерские работы любой сложности. </t>
   </si>
   <si>
-    <t>89952401040, info@enter.promo</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Герцена, д. 4, офис 2</t>
   </si>
   <si>
     <t>https://enter.promo/</t>
   </si>
   <si>
     <t>Жванская Ирина Николаевна</t>
   </si>
   <si>
     <t>Ведение и оформление группы Вконтакте</t>
   </si>
   <si>
     <t>Съёмка фото- и видеоконтента, запуск таргетированной рекламы, написание постов, ведение сообщества</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113871012, fedina556205@gmail.com</t>
   </si>
   <si>
     <t>г.Псков, ул. Западная, д. 1а, кв. 40</t>
   </si>
   <si>
     <t>https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc</t>
   </si>
   <si>
     <t>ООО ПК "ПАТРИС"</t>
   </si>
   <si>
     <t>69.10 - Деятельность в области права</t>
   </si>
   <si>
     <t>ИЦ</t>
   </si>
   <si>
     <t>ООО "ЦЕНТР ЗАЩИТЫ ТОВАРНЫХ ЗНАКОВ"</t>
   </si>
   <si>
     <t>до 2021 года</t>
   </si>
   <si>
     <t>ИП Григорьев Павел Игоревич</t>
   </si>
@@ -5231,258 +4230,204 @@
   <si>
     <t>СЗ Суханов Сергей Витальевич</t>
   </si>
   <si>
     <t>Разработка компьютерного программного обеспечения, Создание и модернизация сайтов</t>
   </si>
   <si>
     <t>ООО "ПК "Башхим"</t>
   </si>
   <si>
     <t>0229953973</t>
   </si>
   <si>
     <t>71.12.12 Разработка проектов промышленных процессов и производств, относящихся к электротехнике, электронной технике, горному делу, химической технологии, машиностроению, а также в области промышленного строительства, системотехники и техники безопасности</t>
   </si>
   <si>
     <t>Самозанятый Осипенко Эдуард Владимирович</t>
   </si>
   <si>
     <t>Фотограф, оператор</t>
   </si>
   <si>
     <t>Фотосъемка, видеосъемка, аэросъемка, создание фото- и видеоконтента</t>
   </si>
   <si>
-    <t>89215010000, lumastory.ru@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская обл., г. Великие Луки, пр-т Ю. Гагарина, д. 11, кв. 35</t>
   </si>
   <si>
     <t>https://www.youtube.com/@lumastory1829/videos</t>
   </si>
   <si>
     <t>Самозанятый Кононова Екатерина Романовна</t>
   </si>
   <si>
     <t>Фотосъемка</t>
   </si>
   <si>
-    <t>89992851550, st.blique@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковский район, д. Загорицы, д. 148</t>
   </si>
   <si>
     <t>https://vk.com/businessphotok</t>
   </si>
   <si>
     <t>Самозанятый Виноградова Дарья Романовна</t>
   </si>
   <si>
     <t>SMM продвижение</t>
-  </si>
-[...1 lines deleted...]
-    <t>89118986192, radamsa@bk.ru</t>
   </si>
   <si>
     <t>г. Псков, ул. Индустриальная, д. 1, кв. 1</t>
   </si>
   <si>
     <t>https://vk.com/darijanar</t>
   </si>
   <si>
     <t>ООО "ПРАЙД СММ"</t>
   </si>
   <si>
     <t>63.91 Деятельность информационных
 агентств</t>
   </si>
   <si>
     <t>https://vk.com/lionsmm</t>
   </si>
   <si>
-    <t>89102189871, miliaevasmm@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>308009, Белгородская обл., г. Белгород, пр-т Славы, оф. 306</t>
   </si>
   <si>
     <t>Самозанятая Гаврилова Александра Сергеевна</t>
   </si>
   <si>
     <t>SMM продвижение; таргетированная реклама, консультации по маркировке рекламы в социальных сетях, фото- и видеосъемка</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113566505, sashamoiseeva@yandex.ru</t>
   </si>
   <si>
     <t>Псковский район, д. Писковичи, д.9, кв. 45</t>
   </si>
   <si>
     <t>https://vk.com/smm_gavrilova</t>
   </si>
   <si>
     <t>ООО "Такском"</t>
   </si>
   <si>
     <t>Электронная отчетность в госорганы;
 Электронный документооборот с контрагентами, госорганами;
 Электронные подписи для ФЛ;
 Управление доверенностями;
 Маркировка и прослеживаемость товаров;
 Онлайн-кассы и ОФД;
 Продажа и обслуживание контрольно-кассовой техники;
 Электронные перевозочные документы.</t>
   </si>
   <si>
-    <t>72-02-30, pskov@taxcom.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Яна Фабрициуса, д. 10Е, офис 39</t>
   </si>
   <si>
     <t>https://taxcom.ru/</t>
   </si>
   <si>
     <t>ООО "ЦЕНТР КАЧЕСТВА
 СТРОИТЕЛЬСТВА"</t>
   </si>
   <si>
     <t>71.20.8 Сертификация продукции, услуг и организаций</t>
   </si>
   <si>
     <t>Обязательная и добровольная сертификация строительной продукции</t>
   </si>
   <si>
-    <t>89024763231, itv59-2011@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>614000, г. Пермь, ул. Советская, 54, офис 214</t>
   </si>
   <si>
     <t>https://permcks.ru/</t>
   </si>
   <si>
     <t>Самозанятая Зинина Ольга Константиновна</t>
   </si>
   <si>
     <t xml:space="preserve">Дизайн  </t>
   </si>
   <si>
     <t>Разработка логотипа и фирменного стиля, дизайн полиграфической продукции, дизайн социальных сетей</t>
   </si>
   <si>
-    <t>89210004501, oolgazinina@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Новосёлов, д. 15, кв. 70</t>
   </si>
   <si>
     <t>https://vk.com/oollydes</t>
   </si>
   <si>
     <t>Самозанятый Сидоров Александр Сергеевич</t>
   </si>
   <si>
     <t>Оператор, фотограф</t>
   </si>
   <si>
     <t xml:space="preserve">Рекламная фото- и видеосъемка, проморолики, контентная съемка для экспертов, съемка историй успеха для бизнеса. </t>
   </si>
   <si>
-    <t>89991677387, alexander.sidoroff@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Индустриальная, д. 2а, кв. 48</t>
   </si>
   <si>
     <t>Самозанятый Тишкин Алексей Игоревич</t>
   </si>
   <si>
     <t>IT-сфера: вёрстка и дизайн</t>
   </si>
   <si>
     <t>Брендинг, разработка дизайна сайта, вёрстка сайта.</t>
   </si>
   <si>
-    <t>89650339157, aleksejtishkin67@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Санкт-Петербург, Дачный пр., д. 36, к. 6, кв. 64</t>
   </si>
   <si>
     <t>https://tishkin-design.ru/</t>
   </si>
   <si>
-    <t>8(495)7894889, info@trademark-support.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>191186, ГОРОД САНКТ-ПЕТЕРБУРГ, ДУМСКАЯ УЛИЦА, ДОМ 5/22, ЛИТЕР А, КВАРТИРА 34</t>
   </si>
   <si>
     <t>123112, ГОРОД МОСКВА, ПРЕСНЕНСКАЯ НАБЕРЕЖНАЯ, ДОМ 12, ЭТ 44 ОФ 4402 ПОМ 12</t>
   </si>
   <si>
     <t>180002, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ГАРАЖНЫЙ ПРОЕЗД, 4</t>
   </si>
   <si>
-    <t>8-911-884-8225</t>
-[...4 lines deleted...]
-  <si>
     <t>142100, МОСКОВСКАЯ ОБЛАСТЬ, ПОДОЛЬСК ГОРОД, ПИОНЕРСКАЯ УЛИЦА, ДОМ 11/1</t>
   </si>
   <si>
-    <t>8(412)203307, info@newmarka.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>440026, ПЕНЗЕНСКАЯ ОБЛАСТЬ, ПЕНЗА ГОРОД, ЛЕРМОНТОВА УЛИЦА, СТР 3, ЛИТ /КОР/ЭТ М/3/4, КОМНАТА 442</t>
   </si>
   <si>
-    <t>8 (8112) 46-00-10</t>
-[...1 lines deleted...]
-  <si>
     <t>180007, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ПАРОМЕНСКАЯ УЛИЦА, ДОМ 24, ПОМЕЩЕНИЕ 3</t>
   </si>
   <si>
-    <t>+79118904001, art@gnedin.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
-    <t>+74992909992, info@matricson.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>117042, ГОРОД МОСКВА, ЧЕЧЁРСКИЙ ПРОЕЗД, ДОМ 24, ПОМ I КОМ 5 ОФ 8, ОГРН: 1197746134992</t>
-  </si>
-[...1 lines deleted...]
-    <t>(8112)297001, rector@pskgu.ru</t>
   </si>
   <si>
     <r>
       <t>180000, г.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF202124"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF040C28"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>Псков, пл.</t>
     </r>
@@ -5516,1158 +4461,794 @@
       </rPr>
       <t> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF040C28"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF202124"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <t>+7 921 216-11-99, voiku-ivan@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, СОВЕТСКАЯ УЛИЦА, 15А, 33</t>
   </si>
   <si>
     <t>180000, РОССИЯ, ПСКОВСКАЯ ОБЛ., ГОРОД ПСКОВ Г.О., ПСКОВ Г., ПСКОВ Г., ЛЬВА ТОЛСТОГО УЛ., Д. 3, КВ. 51</t>
   </si>
   <si>
-    <t>89956621286, info@airus.pro</t>
-[...1 lines deleted...]
-  <si>
     <t>ТЮМЕНЬ</t>
   </si>
   <si>
     <t>ПСКОВ</t>
   </si>
   <si>
-    <t>8(8112)702-290, td.lotos@mail.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>197341, ГОРОД САНКТ-ПЕТЕРБУРГ, КОЛОМЯЖСКИЙ ПРОСПЕКТ, ДОМ 33, КОРПУС 2 ЛИТЕР А, ПОМЕЩЕНИЕ 72Н КАБ.5</t>
   </si>
   <si>
-    <t xml:space="preserve">8(495)662-7004, sales@globalprinting.ru </t>
-[...1 lines deleted...]
-  <si>
     <t>141420, МОСКОВСКАЯ ОБЛАСТЬ, ХИМКИ ГОРОД, СХОДНЯ МИКРОРАЙОН, КУРГАННАЯ (СХОДНЯ МКР.) УЛ, ДОМ 8А</t>
   </si>
   <si>
-    <t>8 (911) 892-70-06, sertexproekt@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, РОССИЯ, ПСКОВСКАЯ ОБЛ., ГОРОД ПСКОВ Г.О., ПСКОВ Г., ПСКОВ Г., ИРКУТСКИЙ ПЕР., Д. 2Б, ПОМЕЩ. 1, ОФИС 301</t>
   </si>
   <si>
     <t>214020, СМОЛЕНСКАЯ ОБЛАСТЬ, СМОЛЕНСК ГОРОД, ЛОМОНОСОВА УЛИЦА, ДОМ 13, ОФИС 306</t>
   </si>
   <si>
-    <t>+79818841447</t>
-[...7 lines deleted...]
-  <si>
     <t>140407, МОСКОВСКАЯ ОБЛАСТЬ, КОЛОМНА ГОРОД, ШИЛОВА УЛИЦА, 15Б, ПОМЕЩЕНИЕ 3/11</t>
   </si>
   <si>
-    <t>89217037647, 607647@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180004, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ДЕКАБРИСТОВ УЛИЦА, 62</t>
   </si>
   <si>
-    <t>+7(499)3463929, info@seteco-gp.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>127473, Г. МОСКВА, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ ТВЕРСКОЙ, 1-Й ЩЕМИЛОВСКИЙ ПЕР., Д. 16, СТР. 2, КОМ. 7</t>
   </si>
   <si>
-    <t>89119539960, anna-peco@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>198097, ГОРОД САНКТ-ПЕТЕРБУРГ, ТРЕФОЛЕВА УЛИЦА, ДОМ 2, ЛИТЕРА БН, ПОМЕЩЕНИЕ 10Н ОФИС 333А</t>
   </si>
   <si>
-    <t>83832021077,  payment@gortestsibir.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>630007, НОВОСИБИРСКАЯ ОБЛАСТЬ, НОВОСИБИРСК ГОРОД, КОММУНИСТИЧЕСКАЯ УЛИЦА, ДОМ 40, ОФИС 802</t>
   </si>
   <si>
-    <t>88112668024, st@csmpskov.ru</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 180000, г. Псков, ул. Красных Просвещенцев, д. 3.</t>
   </si>
   <si>
-    <t>7(495)7754620, sgs.moscow@sgs.com</t>
-[...1 lines deleted...]
-  <si>
     <t>115432, г. Москва, пр-кт Андропова, д. 18, к. 7, ПОМЕЩ.</t>
   </si>
   <si>
-    <t>8(8112)702233, info@mciss.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180016, РОССИЯ, ПСКОВСКАЯ ОБЛ., ГОРОД ПСКОВ Г.О., ПСКОВ Г., ПСКОВ Г., РИЖСКИЙ ПР-КТ, Д. 70, ПОМ. 2006</t>
   </si>
   <si>
-    <t>expert@zhelezno.com</t>
-[...1 lines deleted...]
-  <si>
     <t>610035, РОССИЯ, КИРОВСКАЯ ОБЛ., ГОРОД КИРОВ Г.О., КИРОВ Г., КИРОВ Г., ВОРОВСКОГО УЛ., Д. 107, ПОМЕЩ. 42А</t>
   </si>
   <si>
-    <t>89113792778, nik-alciona@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180006, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ИППОДРОМНАЯ УЛИЦА, ДОМ 129, КВАРТИРА 28</t>
   </si>
   <si>
-    <t>+79532479642, snabserviceooo@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>125080, РОССИЯ, Г. МОСКВА, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ СОКОЛ, ВОЛОКОЛАМСКОЕ Ш., Д. 1, СТР. 1, ПОМЕЩ. 8/5</t>
   </si>
   <si>
-    <t>89517581432, long.tail.psk@yandex.ru</t>
-[...7 lines deleted...]
-  <si>
     <t>180007, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, КРАСНОАРМЕЙСКАЯ УЛИЦА, ДОМ 17, КВАРТИРА 60</t>
   </si>
   <si>
-    <t>8172264105, mail@synapse-studio.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ВОЛОГДА</t>
   </si>
   <si>
-    <t>89113719950, nadobnikov@endicomp.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180014, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, НОВГОРОДСКАЯ УЛИЦА</t>
   </si>
   <si>
-    <t>89117207600, ek@pet-snab.ru</t>
-[...13 lines deleted...]
-  <si>
     <t>420095, РЕСПУБЛИКА ТАТАРСТАН, КАЗАНЬ ГОРОД, ВОССТАНИЯ УЛИЦА, ДОМ 121А, КВАРТИРА 95</t>
   </si>
   <si>
-    <t>8(911)3717993, info@lukisoft.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Великолукский район, деревня Касьяново</t>
   </si>
   <si>
-    <t>89113633639, bazalt.vl@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>182111, ПСКОВСКАЯ ОБЛАСТЬ, ВЕЛИКИЕ ЛУКИ ГОРОД, МАЛЫШЕВА УЛИЦА, ДОМ 2</t>
   </si>
   <si>
-    <t>(8112)222232, sales@scpskov.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180020, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ИЖОРСКОГО БАТАЛЬОНА УЛИЦА, ДОМ 24Б, ПОМЕЩЕНИЕ 1006 ОФ4</t>
   </si>
   <si>
-    <t>+7(8112)738309, admin@pn-pskov.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180006, ПСКОВСКАЯ ОБЛАСТЬ, ПСКОВ ГОРОД, ЛЕОНА ПОЗЕМСКОГО УЛИЦА, ДОМ 108, КОМНАТА 27</t>
   </si>
   <si>
-    <t>+7(495)2120818, info@oztest.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>142600, МОСКОВСКАЯ ОБЛАСТЬ, ОРЕХОВО-ЗУЕВО ГОРОД, СТАЧКИ 1885 ГОДА УЛИЦА, ДОМ 6, ЭТАЖ 3/ПОМ. 25</t>
   </si>
   <si>
-    <t>8(985)7351515, info@experthoreca.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>125212, ГОРОД МОСКВА, КРОНШТАДТСКИЙ БУЛЬВАР, ДОМ 6, КОРПУС 2, КВАРТИРА 249</t>
   </si>
   <si>
-    <t>+74955326677, mail@pioneercert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>115184, ГОРОД МОСКВА, БОЛЬШАЯ ТАТАРСКАЯ УЛИЦА, ДОМ 35, СТРОЕНИЕ 3, ОФИС 508П</t>
   </si>
   <si>
-    <t>+7(812)3830123, info@almsystems.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>197022, РОССИЯ, Г. САНКТ-ПЕТЕРБУРГ, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ АПТЕКАРСКИЙ ОСТРОВ</t>
   </si>
   <si>
-    <t>+7(812)6467729, +79216467413</t>
-[...1 lines deleted...]
-  <si>
     <t>194354, ГОРОД САНКТ-ПЕТЕРБУРГ, ЕСЕНИНА УЛИЦА, ДОМ 12, КОРПУС 1 ЛИТЕР А, КВАРТИРА 382</t>
   </si>
   <si>
-    <t>+79621671981, info@expresspartner.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>603009, РОССИЯ, НИЖЕГОРОДСКАЯ ОБЛ., ГОРОД НИЖНИЙ НОВГОРОД Г.О., НИЖНИЙ НОВГОРОД Г., ПЯТИГОРСКАЯ УЛ., Д. 29, ПОМЕЩ./ОФИС 1/6</t>
   </si>
   <si>
-    <t>+7(499)7033459, zakaz@singres.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>+7(812)7010356, neizhmak@tehpromsert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>194292, РОССИЯ, Г. САНКТ-ПЕТЕРБУРГ, ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ СЕРГИЕВСКОЕ, 6-Й ВЕРХНИЙ ПЕР., Д. 12, ЛИТЕРА А, ОФИС 242</t>
   </si>
   <si>
-    <t>88002002494, info@optimatest.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>199155, ГОРОД САНКТ-ПЕТЕРБУРГ, КАХОВСКОГО ПЕРЕУЛОК, ДОМ 12, СТР 1, ПОМЕЩЕНИЕ 22-Н</t>
   </si>
   <si>
-    <t>+7(921)2181118, bio_pskov@mail.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>МОСКВА</t>
   </si>
   <si>
-    <t>+7 383 311-03-71, leonid@expertcertservice.ru</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> НОВОСИБИРСКАЯ ОБЛАСТЬ, НОВОСИБИРСК ГОРОД, МУСЫ ДЖАЛИЛЯ УЛИЦА, ДОМ 11, ОФИС 28</t>
   </si>
   <si>
-    <t>89287513171, sert1@sertpt.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>344090, РОСТОВСКАЯ ОБЛАСТЬ, РОСТОВ-НА-ДОНУ ГОРОД, БЛАГОДАТНАЯ УЛИЦА, ДОМ 247, ОФИС 109,</t>
   </si>
   <si>
-    <t>89048959735, info@sfsconsult.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>660049, Красноярский край, г.Красноярск, ул.Ленина, д.35, пом.24, офис 230</t>
   </si>
   <si>
-    <t>8(981)3505809 svetlana@pronsert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ПСКОВ Г., ПСКОВ Г., КУЗБАССКОЙ ДИВИЗИИ УЛ, Д. 38, КВ. 55</t>
   </si>
   <si>
-    <t>89633355588, 89062234107 psk-sert@mail.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>190020, г.Санкт-Петербург, Набережная Обводного канала, д.138, корп.2, лит АТ, пом.65Н оф.302-2</t>
   </si>
   <si>
-    <t>89662490711 info@iso21.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>127006, г.Москва, ул.Малая Дмитровка, д.4</t>
   </si>
   <si>
-    <t>8-800-700-25-44, expo@g2r.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>455023, Челябинская Область, г. Магнитогорск, ул. Гагарина, д. 28</t>
   </si>
   <si>
-    <t>8-921-607-00-70</t>
-[...1 lines deleted...]
-  <si>
     <t>127299, Г.москва , ул. Большая Академическая, д. 4</t>
   </si>
   <si>
-    <t>8 (800) 707-37-99</t>
-[...1 lines deleted...]
-  <si>
     <t>123100, Москва Город, наб. Краснопресненская, д.14</t>
   </si>
   <si>
-    <t>+7 (812) 670-90-01</t>
-[...1 lines deleted...]
-  <si>
     <t>191014, Г.санкт-петербург , пр-кт Литейный, д.45/8, лит. а</t>
   </si>
   <si>
-    <t>+7 (351) 278-81-44</t>
-[...1 lines deleted...]
-  <si>
     <t>454091, Челябинская область, г.о. Челябинский, вн.р-н Советский, г Челябинск, ул Цвиллинга, д. 57А</t>
   </si>
   <si>
-    <t>8 (8137) 86-92-80</t>
-[...1 lines deleted...]
-  <si>
     <t>107140, Москва Город, ул. Верхняя Красносельская, д. 3, стр. 5</t>
   </si>
   <si>
-    <t>+7 (495) 955-91-99</t>
-[...1 lines deleted...]
-  <si>
     <t>119021, Москва, ул. Тимура Фрунзе, 3, стр.1</t>
   </si>
   <si>
-    <t>+7 (495) 734-99-66</t>
-[...1 lines deleted...]
-  <si>
     <t>129085, Москва Город, ул. Большая Марьинская, д. 9, стр.1</t>
   </si>
   <si>
-    <t>8 (499) 110-00-31, mail@avshow.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>127576, Г.Москва, вн.тер.г. Муниципальный Округ Лианозово, ул Илимская, д. 5, к. 2</t>
   </si>
   <si>
-    <t>8 911 359-40-69, sered75@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>109029, Москва Город, пр-д Михайловский, д. 1, стр. 1</t>
   </si>
   <si>
-    <t>(+375 17) 334 25 97, office@belexpo.by</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Минск, ул. Коммунистическая, д. 11, каб. 613</t>
   </si>
   <si>
-    <t>8 7272 58 34 34, contact@iteca.kz</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Алматы, Бостандыкский район, улица Тимирязева, 42</t>
   </si>
   <si>
-    <t>ovik@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>640002, Курганская Область , г. Курган, ул. Пушкина, д. 83</t>
   </si>
   <si>
-    <t>8 (903) 616-72-95, rus@exportdienst.com</t>
-[...1 lines deleted...]
-  <si>
     <t>117534, Москва Город, ул. Академика Янгеля, д. 3, к. 2</t>
   </si>
   <si>
-    <t>8 812 200-95-06, mail@weconn.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>197110, Г.Санкт-Петербург, вн.тер.г. Муниципальный Округ Чкаловское, ул Большая Зеленина, д. 24, стр. 1</t>
   </si>
   <si>
-    <t>8(8352)494649 yakovlev@crdgroup.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>428003, Чувашская Республика - Чувашия, г.Чебоксары, ул.К.Маркса, д.52, корп.2, пом.4/401</t>
   </si>
   <si>
-    <t>8(8112)663102 pskov.cs@yandex.ru</t>
-[...4 lines deleted...]
-  <si>
     <t>г. Москва, Просвирин переулок д 6</t>
   </si>
   <si>
-    <t>8(495)1380525, 89275256628, info@arlytics.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>404102, Волгоградская обл., г.Волжский, Бульвар Профсоюзов, д.6, кв.5</t>
   </si>
   <si>
-    <t>88122400005, finance@fortrans.biz</t>
-[...5 lines deleted...]
-  <si>
     <t> Г.Москва МУНИЦИПАЛЬНЫЙ ОКРУГ НОВО-ПЕРЕДЕЛКИНО УЛ ЛУКИНСКАЯ 16 КОРПУС 1 ПОМЕЩ./КОМ. П/12.</t>
   </si>
   <si>
-    <t>89095745407
-[...5 lines deleted...]
-  <si>
     <t>г. Псков, ул. Киселева 25 кв.27/ Оренбургская область, Северный район, с. Кабаевка, ул. Верхняя центральная д. 22</t>
   </si>
   <si>
-    <t>89177727271 info@bashchim.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>450091, республика Башкортостан, г.Уфа, Сафроновский проезд, д.58а, помещ.6</t>
   </si>
   <si>
     <t>Дизайн/иллюстрация</t>
   </si>
   <si>
     <t>Разработка логотипа; иллюстрация; дизайн; портреты; анимация.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89532501403, olliptichkawww@gmail.com</t>
   </si>
   <si>
     <t>г.Псков, ул. Труда, 73-28</t>
   </si>
   <si>
     <t xml:space="preserve">Группа вк https://vk.com/olliptichka
 Портфолио www.behance.net/Olli88 </t>
   </si>
   <si>
     <t>Самозанятая Ефимова Ольга Игоревна</t>
   </si>
   <si>
     <t>Самозанятая Маньшина Кристина Алексеевна</t>
   </si>
   <si>
     <t>Маркетинг, реклама.</t>
   </si>
   <si>
     <t>Продвижение социальных сетей, съемка видео, привлечение новых подписчиков, оформление группы вк, фотосъемка, монтаж видео.</t>
   </si>
   <si>
-    <t>89215501258, kristy969@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Пражская, 8/12</t>
   </si>
   <si>
     <t>https://vk.com/kristinamanshinasmm</t>
   </si>
   <si>
     <t>ИП НИКОНОВА АННА ВАЛЕРЬЕВНА</t>
   </si>
   <si>
     <t>Студийная фотосъемка с ретушью, репортажная фотосъемка.</t>
   </si>
   <si>
-    <t>89532500003, anheus@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/nikonanna</t>
   </si>
   <si>
     <t>Самозанятый Шереметьев Виталий Васильевич</t>
   </si>
   <si>
     <t>Маркетинг</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113600226, 89532478777, vital16041976@yandex.ru</t>
   </si>
   <si>
     <t>г. Псков, ул. Рижский пр-т, 41-176</t>
   </si>
   <si>
     <t>Изучение целевой аудитории.
 Анализ конкурентов в онлайн-среде.
 Разработка и реализация стратегий интернет-маркетинга.
 Управление онлайн-проектами бренда.
 Проведение рекламных кампаний в интернете.
 Мониторинг эффективности и анализ данных.
 Контекстная реклама Яндекс.Директ.
 SMM.</t>
   </si>
   <si>
-    <t>https://portfolioofvitaliysheremetyev.tilda.ws/</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "КОНЦЕПЦИЯ"</t>
   </si>
   <si>
     <t>182113,
 ПСКОВСКАЯ ОБЛАСТЬ,
 Г. ВЕЛИКИЕ ЛУКИ,
 ПР-КТ ОКТЯБРЬСКИЙ,
 Д. 56А,
 ПОМЕЩ. 1</t>
   </si>
   <si>
     <t>Изготовление всех видов наружной рекламы и полиграфии.</t>
   </si>
   <si>
-    <t>89113557755, art_reklama@bk.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/ar_pro.reklama</t>
   </si>
   <si>
     <t>ИП АРБУЗОВА ЭЛЕОНОРА ОЛЕГОВНА</t>
   </si>
   <si>
     <t xml:space="preserve">Профессиональная фотосъемка объектов недвижимости; коммерческая фотосъемка; контент-фотосъемка; ведение страниц в социальных сетях; SMM; профессиональная ретушь фотографий; бизнес-фотосъемка. </t>
   </si>
   <si>
-    <t>89113581404, info@eleonoramiller.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская область, Красногородский район, РП Красногородск, ул. Гавровская, д.7</t>
   </si>
   <si>
     <t>https://vk.com/eleonoramiller</t>
   </si>
   <si>
     <t>Боченков Вадим Андреевич</t>
   </si>
   <si>
     <t xml:space="preserve">Фото- и видеосъемка мероприятий, рекламные фотосессии и фото для бизнеса, аэрофотосъемка, репортажная съемка мероприятий и работа фотокорреспондента, видеосъемка. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89062239533, unclevadyapsk@yandex.ru</t>
   </si>
   <si>
     <t>г.Псков, ул. Солнечная, д. 5, кв. 41</t>
   </si>
   <si>
     <t>https://bochenkov.com/</t>
   </si>
   <si>
     <t>ИП Скутарь Эдуард Иванович</t>
   </si>
   <si>
     <t>Настройка рекламных компаний в социальной сети Вконтакте.</t>
   </si>
   <si>
     <t>63.11 - Деятельность по обработке данных,
 предоставление услуг по размещению
 информации и связанная с этим деятельность</t>
   </si>
   <si>
-    <t>89009967157, eskutari@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская область, г. Остров, ул. Гастелло, д.6, кв.2</t>
   </si>
   <si>
     <t>https://vk.com/skedmedia</t>
   </si>
   <si>
     <t>ООО "ИТ НОВА"</t>
   </si>
   <si>
     <t>Внедрение, адаптация, консультации и обучение по программным продуктам "1С".
 Разработка интернет-ресурсов (интернет-магазины, корпоративные порталы, информационные системы).</t>
   </si>
   <si>
-    <t>29-40-90, y.podobed@1cnova.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул. Советская, 52, этаж, оф. 24</t>
   </si>
   <si>
     <t>https://it-pskov.ru/</t>
   </si>
   <si>
     <t>Самозанятый Густаус Артём Львович</t>
   </si>
   <si>
     <t>Разработка IT-продуктов.</t>
   </si>
   <si>
     <t>Разработка сайтов, продвижение и наполнение сайтов, оформление сообщества в ВК, создание сайтов в ВК.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89922927286, gustausartem@gmail.com</t>
   </si>
   <si>
     <t>Псковская область, г. Великие Луки, пер. Пескарева, д.3, к.2</t>
   </si>
   <si>
     <t>https://vk.com/createyourcode</t>
   </si>
   <si>
     <t>Самозанятая Храмцова Валерия Сергеевна</t>
   </si>
   <si>
     <t xml:space="preserve">Контент-планирование по продвижению;
 проведение съемок для создания контента;
 оформление социальных сетей и их ведение;
 анализ, статистика, отчетность. </t>
   </si>
   <si>
-    <t>89118933539, hramzovaleria@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Инженерная, 9а-17</t>
   </si>
   <si>
     <t>ООО "НЕВАСЕРТ"</t>
   </si>
   <si>
     <t xml:space="preserve">Оформление сертификата соответствия согласно ГОСТ Р ИСО 22000-2019 "Системы менеджмента безопасности пищевой продукции. Требования к организациям, участвующим в цепи создания пищевой продукции". </t>
   </si>
   <si>
-    <t>8-812-240-22-32, info@nevacert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>195112, г. Санкт-Петербург, пр. Шаумяна, д.49, лит.А</t>
   </si>
   <si>
     <t>https://nevacert.ru/</t>
   </si>
   <si>
     <t xml:space="preserve">Фотоуслуги. </t>
   </si>
   <si>
     <t>Фото-/ видеосъемка.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89319003904, media.stepanova@yandex.ru</t>
   </si>
   <si>
     <t>Псковский р-н, дер. Подосьё, ул. Тихая, д.7</t>
   </si>
   <si>
     <t>https://vk.com/katia_pskov</t>
   </si>
   <si>
     <t>Самозанятая Калинина Елена Олеговна</t>
   </si>
   <si>
     <t>Самозанятая Степанова Екатерина Геннадьевна</t>
   </si>
   <si>
     <t xml:space="preserve">Фото-/ видеосъемка.
 Цветокоррекция, ретушь, графический дизайн, веб-дизайн. </t>
   </si>
   <si>
-    <t>89111297793, lenka-2008)08@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская область, г. Порхов, пр-кт Ленина, д.6, кв. 10</t>
   </si>
   <si>
     <t>https://www.behance.net/elkalinina
 https://vk.com/phkalinael</t>
   </si>
   <si>
     <t>ООО "Феррум"</t>
   </si>
   <si>
     <t>33.14 Ремонт электрического оборудования</t>
   </si>
   <si>
     <t xml:space="preserve">Ремонт и техническое обслуживание контрольно-кассовых машин, перерегистрация контрольно-кассовых машин. </t>
   </si>
   <si>
-    <t>(8112) 724-645, ferrumpsk@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180000, Псковская область, г. Псков, ул. Ленина, д. 6б</t>
   </si>
   <si>
     <t>ООО "ТПБЛАБОРАТОРИЯ"</t>
   </si>
   <si>
     <t>71.20.7 Деятельность по оценке условий труда</t>
   </si>
   <si>
     <t>Деятельность по оценке условий труда</t>
   </si>
   <si>
-    <t>8(495)9886457</t>
-[...1 lines deleted...]
-  <si>
     <t>105094, г.Москва, ул. Золотая, д.11, стр.1, эт.1, комната 22</t>
   </si>
   <si>
     <t>https://s-o-u-t.ru/</t>
   </si>
   <si>
     <t>Самозанятая Дроздова Елена Игоревна</t>
-  </si>
-[...1 lines deleted...]
-    <t>89052956566, sekovi@yandex.ru</t>
   </si>
   <si>
     <t>г.Псков, ул. Герцена, д.21</t>
   </si>
   <si>
     <t>https://vk.com/aljona_photo</t>
   </si>
   <si>
     <t>ООО "МИР
 РЕКЛАМЫ-МЕДИА"</t>
   </si>
   <si>
     <t xml:space="preserve">Услуги по размещению рекламы на цифровых и статичных поверхностях, печать и монтаж рекламно-информационных материалов, разработка дизайн-макетов. </t>
   </si>
   <si>
-    <t>8(495)228-0630, idiyatullina@all-billboards.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>142073, Московская область, г.о. Домодедово, дер. Ильинское, территория Рекламный Центр, стр. 3</t>
   </si>
   <si>
     <t>https://www.reklamy.ru/</t>
   </si>
   <si>
     <t>ООО "АКАДЕМИЯ
 ГОСАТТЕСТАЦИИ"</t>
   </si>
   <si>
-    <t>89675554978, 212570@platgroup.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>426011, Удмуртская Республика, г. Ижевск, ул. Свободы, д. 173, лит. Б, офис 907</t>
   </si>
   <si>
     <t>https://xn----7sbandgvmvx7a6m.xn--p1ai/</t>
   </si>
   <si>
     <t>Переподготовка и повышение квалификации специалистов.</t>
   </si>
   <si>
     <t>71.20.7 Деятельность по оценке условий труда, 85.30 Обучение профессиональное</t>
   </si>
   <si>
     <t>Самозанятая Шамова Светлана Павловна</t>
   </si>
   <si>
-    <t>89113849689, shamovas@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская область, г. Великие Луки, пр-кт Гагарина, д.38, кв.58</t>
   </si>
   <si>
     <t>Самозанятый Архипов Алексей Александрович</t>
-  </si>
-[...1 lines deleted...]
-    <t>89113868132, a3rkt@yandex.ru</t>
   </si>
   <si>
     <t>Псковский район, дер. Родина, ул. Никольская, д.2, кв.11</t>
   </si>
   <si>
     <t>https://vk.com/a3rkt</t>
   </si>
   <si>
     <t>ООО "ЕДИНЫЙ
 ЦЕНТР БИЗНЕС-ПЛАНИРОВАНИЯ"</t>
   </si>
   <si>
     <t>Бизнес-планирование для получения социального контракта.</t>
   </si>
   <si>
-    <t>89235707696, moybiznesplan@yandex.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Красноярск, ул. Академика Вавилова, д.1, стр. 10, пом.8, офис 204</t>
   </si>
   <si>
     <t>https://moybiznesplan.ru/</t>
   </si>
   <si>
     <t>Самозанятая Куцан Дарья Анатольевна</t>
   </si>
   <si>
     <t xml:space="preserve">Фотоуслуги: предметная фотосъемка для бизнеса, съемка для профиля/сайта, имиджевая фотосъемка. </t>
   </si>
   <si>
-    <t>89517562094, daria.afanasieva.2013@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковский район, д. Родина, ул. Владимирская, д.12, кв.9</t>
   </si>
   <si>
     <t>https://vk.com/dashakucan</t>
   </si>
   <si>
     <t>ИП ФИЛИППОВИЧ АННА ВАДИМОВНА</t>
   </si>
   <si>
     <t>https://legal-box.ru/</t>
-  </si>
-[...1 lines deleted...]
-    <t>89096943314, hello@legal-box.ru</t>
   </si>
   <si>
     <t>108850, г. Москва, ул. Анны Ахматовой, д. 12, кв. 165</t>
   </si>
   <si>
     <t>ООО "БухПрофит"</t>
   </si>
   <si>
     <t>69.20 Деятельность по оказанию услуг в области бухгалтерского учета, по проведению финансового аудита, по налоговому консультированию.</t>
   </si>
   <si>
     <t xml:space="preserve">Ежемесячное бухгалтерское обслуживание.
 Предоставление отчетности в контролирующие органы.
 Консультационные услуги по налогообложению.
 Восстановление учета.
 Открытие/закрытие ИП/ООО. </t>
   </si>
   <si>
-    <t>89113901309, buhprofit60@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Псков, ул.Гоголя, д.33, пом. 1002</t>
   </si>
   <si>
     <t>https://buhprofit60.ru/</t>
   </si>
   <si>
     <t>Самозанятая Короткевич Наталья Ивановна</t>
   </si>
   <si>
     <t xml:space="preserve">Юридические услуги (кроме уголовного права), консультации, представительство в судах (арбитраж, общая юрисдикция), подготовка различного рода документов (в том числе, договоров). </t>
   </si>
   <si>
-    <t>89113997594, korotkevich_nat@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Псковская обл., г. Великие Луки, ул. Малышева, д. 21</t>
   </si>
   <si>
     <t>ООО "ПАТЕНТНОЕ БЮРО "БЕЛЫЙ КВАДРАТ"</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (812) 408-13-45, 8-800-200-13-29, 89818843474, burobk@bk.ru</t>
   </si>
   <si>
     <t>197350, г. Санкт-Петербург, ул. Парашютная, д. 61, корпус 4, стр. 1, пом./офис 24-Н/1</t>
   </si>
   <si>
     <t>https://rospatent.online/</t>
   </si>
   <si>
     <t>ООО "ЦЕНТР
 СТАНДАРТИЗАЦИИ"</t>
   </si>
   <si>
     <t>Сертификация.</t>
   </si>
   <si>
-    <t>89062225000, info@nvsert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>180007, г.Псков, Рижский пр-т, д.16, пом. 1001, каб. 9</t>
   </si>
   <si>
     <t>https://nvsert.ru/</t>
   </si>
   <si>
     <t>ООО "БИЗНЕС СЕРТИФИКАТ"</t>
   </si>
   <si>
     <t xml:space="preserve">Услуги по организации получения протоколов лабораторных испытаний и организации регистрации деклараций о соответствии ТР ТС на мебельную продукцию, косметическую продукцию, пищевую продукцию, продукцию легкой промышленности. </t>
-  </si>
-[...1 lines deleted...]
-    <t>8 (812) 409-49-85, 89939638223, allmail@bizsert.ru</t>
   </si>
   <si>
     <t>192029, г. Санкт-Петербург, МО Невская застава, ул. Бабушкина, д. 3, лит. А, пом. 29Н (№89)</t>
   </si>
   <si>
     <t>https://bizsert.ru/</t>
   </si>
   <si>
     <t>ИП МЕЛИКИДЗЕ ДМИТРИЙ СУЛИКОВИЧ</t>
   </si>
   <si>
     <t>95.11 Ремонт компьютеров и
 периферийного компьютерного
 оборудования</t>
   </si>
   <si>
     <t>180019, г.Псков, ул. Инженерная, д. 118, кв. 219</t>
   </si>
   <si>
-    <t>89113594061, mdmnick@rambler.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>Создание/модернизация сайта, обслуживание кассовой техники.</t>
   </si>
   <si>
     <t>Самозанятая Зимина Анастасия Сергеевна</t>
   </si>
   <si>
     <t>IT-сфера: вёрстка и дизайн сайтов.</t>
   </si>
   <si>
     <t xml:space="preserve">Разработка одностраничных/многостраничных сайтов и итернет-магазинов. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89113854178, nestea-zima@yandex.ru</t>
   </si>
   <si>
     <t>г.Псков, ул. Труда, 56 ,кв. 136</t>
   </si>
   <si>
     <t>ИП ПЛАТОНОВА СВЕТЛАНА ВАСИЛЬЕВНА</t>
   </si>
   <si>
     <t>47.91 Торговля розничная по почте или по информационно-коммуникационной сети
 Интернет
 85.41 Образование дополнительное детей и взрослых</t>
   </si>
   <si>
     <t>Повышение квалификации по программе "Техники удаления волос воском, полимером, сахарной пастой".</t>
-  </si>
-[...1 lines deleted...]
-    <t>89819728193, araviamaster@yandex.ru</t>
   </si>
   <si>
     <t>Псковский район, дер. Ольха</t>
   </si>
   <si>
     <t>ООО "РЕКЛАМНОЕ АГЕНТСТВО
 МЕГАГРУП"</t>
   </si>
   <si>
     <t>196247,
 Г.САНКТ-ПЕТЕРБУРГ,
 ВН.ТЕР.Г. МУНИЦИПАЛЬНЫЙ ОКРУГ
 НОВОИЗМАЙЛОВСКОЕ,
 ПР-КТ ЛЕНИНСКИЙ,
 Д. 151, ЛИТЕРА А,
 ПОМЕЩ. 703</t>
   </si>
   <si>
     <t>Написание текстов для страниц сайта, проработка первого экрана, настройка системы обработки персональных данных на сайтах, модернизация сайтов на основе выбранных готовых решений.</t>
   </si>
   <si>
-    <t>8 (812) 703-36-90, support@megagroup.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://megagroup.ru/</t>
   </si>
   <si>
     <t>ООО "ШЕФС БЭНД"</t>
   </si>
   <si>
     <t xml:space="preserve">Проведение мастер-классов по ресторанному менеджменту и поварскому искусству. </t>
-  </si>
-[...1 lines deleted...]
-    <t>89313959955, hello@svchschool.com</t>
   </si>
   <si>
     <t>190068, г. Санкт-Петербург, вн.тер.г. муниципальный округ Адмиралтейский округ, пер. Пирогова, д. 18, лит. А, пом. 1-Н, 2-Н, часть помещ. 6, офис 104, раб. Место 1</t>
   </si>
   <si>
     <t>https://svchschool.com/</t>
   </si>
   <si>
     <t>56.21 Деятельность предприятий
 общественного питания по обслуживанию торжественных мероприятий
 85.41.9 Образование дополнительное детей
 и взрослых, не включенное в другие
 группировки</t>
   </si>
   <si>
     <t>ИП ПАКРЕЕВА ОЛЬГА ВИКТОРОВНА</t>
   </si>
   <si>
     <t>Разработка дизайна упаковки, логотипов, брендбуков и полного фирменного стиля</t>
   </si>
   <si>
-    <t>89118819079, inlatolga@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков, ул. Коммунальная, 22, кв. 82</t>
   </si>
   <si>
     <t>https://vk.com/akula_profi</t>
   </si>
   <si>
     <t>Самозанятый Михальченко Игорь Юрьевич</t>
   </si>
   <si>
     <t>Дизайн, верстка, веб-дизайн, создание сайтов, продвижение сайтов, таргетированная реклама.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89009923790, 2580177@mail.ru</t>
   </si>
   <si>
     <t>Псковская обл., Псковский р-н, д. Родина, ул. Владимирская, д.9а, кв. 25</t>
   </si>
   <si>
     <t>https://vk.com/portfolio60</t>
   </si>
   <si>
     <t>ИП КОЗИЦЫН СЕРГЕЙ ВАЛЕРЬЕВИЧ</t>
   </si>
   <si>
     <t>47.41 Торговля розничная компьютерами,
 периферийными устройствами к ним и
 программным обеспечением в
 специализированных магазинах
 62.01 Разработка компьютерного
 программного обеспечения</t>
   </si>
   <si>
     <t>Bндивидуальные решения
 в сфере информационных технологий.</t>
   </si>
   <si>
-    <t>89113693676, 79113693676@ya.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>182115, Псковская обл., г. Великие Луки, ул. Гражданская, д.18, кв.4</t>
   </si>
   <si>
     <t>ООО "ИНТЕР-С"</t>
   </si>
   <si>
     <t xml:space="preserve">Оформление деклараций о соответствии ТР ТС, ГОСТ, Сертификатов о соответствии ТР ТС, ГОСТ, добровольных сертификатов ГОСТ Р, разработка технической документаиции ХАССП, технических условий и другой технической документации, оформление штрих-кодов.
 Сертификация ИСО СМК, проведение испытаний продукции, пожарная сертификация, эко сертификация, оформление экспертных заключений, СГР. </t>
   </si>
   <si>
-    <t>89910843582, mng5@inter</t>
-[...1 lines deleted...]
-  <si>
     <t>344003, Ростовская обл., г. Ростов-на-Дону, ул. Лермонтовская, 87/66, оф. 409Б</t>
   </si>
   <si>
     <t>https://inter-sert.ru/</t>
   </si>
   <si>
     <t>Бехтерева Юлия Денисовна</t>
   </si>
   <si>
     <t>Маркетинговые услуги, создание сайта</t>
   </si>
   <si>
-    <t>8(903)9755632
-[...2 lines deleted...]
-  <si>
     <t>г.Химки</t>
   </si>
   <si>
     <t>2024г.</t>
   </si>
   <si>
     <t>ЗАО "ЗЭТО"</t>
   </si>
   <si>
     <t>27.90 Производство прочего электрического оборудования</t>
   </si>
   <si>
-    <t>8(81153)63884 
-[...2 lines deleted...]
-  <si>
     <t>https://zeto.ru/</t>
   </si>
   <si>
     <t>СЗ Петухов Георгий Валерьевич</t>
   </si>
   <si>
     <t>Фото/видео съемка</t>
   </si>
   <si>
-    <t>89517506699, pskovtour@ya.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ИП Баранов Павел Анатольевич</t>
   </si>
   <si>
     <t>43.21 Производство электромонтажных работ</t>
   </si>
   <si>
-    <t>89113604547, IPBARANOVPA@MAIL.RU</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "Центр Сертификации"</t>
   </si>
   <si>
-    <t>89210005642 shabasheva@deltaexpert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://deltaexpert.ru/</t>
   </si>
   <si>
     <t>ИП Альман Татьяна Александровна</t>
   </si>
   <si>
     <t>63.11- Деятельность по обработке данных, предоставление услуг по размещению информации и связанная с этим деятельность</t>
   </si>
   <si>
-    <t>info@streetofwebsites.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://streetofwebsites.ru/sitemap/</t>
   </si>
   <si>
     <t>https://trademark-support.ru/</t>
   </si>
   <si>
     <t>https://ingaprint.ru/kontakty/</t>
   </si>
   <si>
     <t>https://domline.ru/</t>
   </si>
   <si>
     <t>https://newmarka.ru/</t>
   </si>
   <si>
     <t>https://pskgu.ru/</t>
   </si>
   <si>
     <t>https://airus.pro/okompanii/</t>
   </si>
   <si>
     <t>https://vizitki--pskov.vsite.top/</t>
   </si>
   <si>
     <t>https://altekpro.ru/</t>
@@ -6732,360 +5313,443 @@
   <si>
     <t>https://promsert.ru/</t>
   </si>
   <si>
     <t>https://www.sertis.ru/</t>
   </si>
   <si>
     <t>http://www.expert-iso.ru/</t>
   </si>
   <si>
     <t>https://crdgroup.ru/</t>
   </si>
   <si>
     <t>https://rosteststandart.ru/pskov.html</t>
   </si>
   <si>
     <t>https://vk.com/sprofy</t>
   </si>
   <si>
     <t>ООО "РСТ ЮГ"</t>
   </si>
   <si>
     <t>71.20.8. Сертификация продукции,услуг и организаций</t>
   </si>
   <si>
-    <t>89281117606 gd@rst-ug.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Ростов-На-Дону</t>
   </si>
   <si>
     <t>ООО "ПРОМОТЕСТ"</t>
   </si>
   <si>
-    <t>89895857707, 88001000379, tbch@moseach.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "ПАРТННЕР"</t>
   </si>
   <si>
     <t>71.20 Технические испытания, исследования, анализ и сертификация</t>
   </si>
   <si>
-    <t>89106406553, info@partnersert.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Тверь</t>
   </si>
   <si>
     <t>ООО "ЦЕНТР ДЕКЛАРИРОВАНИЯ И СЕРТИФИКАЦИИ"</t>
   </si>
   <si>
-    <t>89295031483, info@centrds.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Кострома</t>
   </si>
   <si>
     <t>ООО "АСБ ГРУПП"</t>
-  </si>
-[...1 lines deleted...]
-    <t>8(951)1899585, bastrygina.02@mail.ru</t>
   </si>
   <si>
     <t>г.Екатеринбург</t>
   </si>
   <si>
     <t>ИП Федорчук И.П.</t>
   </si>
   <si>
     <r>
       <t>71.12.6 - </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF040C28"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>Деятельность в области технического регулирования, стандартизации, метрологии, аккредитации, каталогизации продукции</t>
     </r>
   </si>
   <si>
-    <t>89532305917,ifed204@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "Центр качества строительства"
  (ООО "ЦКС")</t>
   </si>
   <si>
     <t>обязательная и добровольная сертификация строительной продукции</t>
   </si>
   <si>
     <t>ООО "СТС"</t>
   </si>
   <si>
     <t>Деятельность автомобильного грузового транспорта</t>
   </si>
   <si>
     <t>TOO "Dinex Expo"</t>
   </si>
   <si>
     <t>Выставки</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>ИП Иванов Д.В.</t>
   </si>
   <si>
     <t>Деятельность в области права</t>
   </si>
   <si>
     <t>Экспертиза экпортного контракта</t>
   </si>
   <si>
     <t>ООО "Виктория-В"</t>
   </si>
   <si>
     <t xml:space="preserve">деятельность автомобильного и грузового транспорта и услуги по перевозкам </t>
   </si>
   <si>
     <t xml:space="preserve">Траспортировка </t>
   </si>
   <si>
-    <t>7 911 366-43-67 Викторо Боисович директор, 8 953-232-39-33. Ольга</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Псков , ул Шоссейная д 3, оф. 3</t>
   </si>
   <si>
     <t>ИП Маер А.Г.</t>
   </si>
   <si>
     <t>Консультирование по вопросам коммерческой деятельности и управления</t>
   </si>
   <si>
     <t>Бизнес миссии, поиск</t>
   </si>
   <si>
-    <t>89217978840 Михаил</t>
-[...1 lines deleted...]
-  <si>
     <t>г. Санкт Петербург</t>
   </si>
   <si>
     <t>НОУ ДПО Московская школа управления "Сколково"</t>
   </si>
   <si>
     <t>Образование профессиональное дополнительное</t>
   </si>
   <si>
     <t xml:space="preserve">Акселерация </t>
-  </si>
-[...1 lines deleted...]
-    <t>89160272257 Александра</t>
   </si>
   <si>
     <t>г. Москва</t>
   </si>
   <si>
     <t>ООО "МД-Инсайт"</t>
   </si>
   <si>
     <t>Деятельность по созданию и
 использованию баз данных и
 информационных ресурсов (основной)</t>
   </si>
   <si>
     <t>Выход на маркетплейсы ( Алибаба)</t>
   </si>
   <si>
-    <t>Любченко Евгений	
-[...4 lines deleted...]
-  <si>
     <t>г. Красноярск</t>
   </si>
   <si>
     <t>ЦПЭ,ЦПП</t>
   </si>
   <si>
     <t xml:space="preserve">ОП "Тольятти" ООО "ЮЭСК ТРАНС" </t>
   </si>
   <si>
     <t>52.29 Деятельность вспомогательная
 прочая, связанная с перевозками</t>
   </si>
   <si>
-    <t xml:space="preserve">Милена
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">Юридический Г. Астрахань
 Фактический г. Тольятти </t>
   </si>
   <si>
     <t>Ассоциация ЦПТИ</t>
   </si>
   <si>
     <t>94.12 - Деятельность профессиональных членских организаций</t>
   </si>
   <si>
-    <t>+79219338681, info@tises.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО Центр сертификации "ТАТСЕРТ"</t>
-  </si>
-[...1 lines deleted...]
-    <t>3433845781, info@tatsert.ru</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>https://tatsert.ru/</t>
   </si>
   <si>
     <t>ИП ПИЩИКОВА ВИКТОРИЯ АЛЕКСАНДРОВНА</t>
   </si>
   <si>
     <t>69.20 - Деятельность по оказанию услуг в области
 бухгалтерского учета, по проведению
 финансового аудита, по налоговому
 консультированию</t>
   </si>
   <si>
     <t>Деятельность по оказанию услуг в области
 бухгалтерского учета, по проведению
 финансового аудита, по налоговому
 консультированию.
 Деятельность в области налогового
 консультирования.
 Консультирование по вопросам
 коммерческой деятельности и управления.</t>
   </si>
   <si>
-    <t>89118888874, viksap@mail.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://vk.com/club228807051</t>
   </si>
   <si>
     <t>ООО "Инжиниринговая кломпания "Комплекс КАД"</t>
   </si>
   <si>
     <t>72.19 - Научные исследования и разработки в области естественных и технических наук прочие</t>
   </si>
   <si>
     <t>Конструкторские, технологические услуги, разработка эксплуатационной документации. Разработка документации для сертификации продукции. НИОКР. Реверс-инжиниринг</t>
   </si>
   <si>
-    <t>214030, г. Смоленск, ул. Нормандия-Неман, д.3, оф.407</t>
-[...1 lines deleted...]
-  <si>
     <t>2025 год</t>
   </si>
   <si>
     <t>https://complexcad.ru</t>
   </si>
   <si>
     <t>г. Смоленск</t>
   </si>
   <si>
     <t>Зильберборд Оксана Юрьевна</t>
   </si>
   <si>
     <t>Фотоуслуги: съемка контента для бизнеса. Предметная съемка, репортажная съемка, съемка животных/с животными, интерьерная съемка.</t>
-  </si>
-[...1 lines deleted...]
-    <t>89212144293, ok.zilberbord@yandex.ru</t>
   </si>
   <si>
     <t>https://vk.com/oksanaloveanimals</t>
   </si>
   <si>
     <t>ООО "КОРСТОУН"</t>
   </si>
   <si>
     <t>70.22 Консультирование по вопросам
 коммерческой деятельности и управления
 82.99 Деятельность по предоставлению
 прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки</t>
-  </si>
-[...1 lines deleted...]
-    <t>89003175734, 734@corestone.ru</t>
   </si>
   <si>
     <t>https://corestone.ru/</t>
   </si>
   <si>
     <t>ООО
 "КОНСТРУКТОРСКОТЕХНОЛОГИЧЕСКОЕ БЮРО 1440"</t>
   </si>
   <si>
     <t>71.12.1 Деятельность, связанная с
 инженерно-техническим проектированием, управлением проектами строительства,
 выполнением строительного контроля и авторского надзора</t>
   </si>
   <si>
     <t>71.12.1 Деятельность, связанная с
 инженерно-техническим проектированием, управлением проектами строительства,
 выполнением строительного контроля и авторского надзора
 71.12 Деятельность в области инженерных
 изысканий, инженерно-технического
 проектирования, управления проектами
 строительства, выполнения строительного
 контроля и авторского надзора,
 предоставление технических консультаций
 в этих областях
 62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий</t>
   </si>
   <si>
-    <t>89042692245, info@ktb1440.ru</t>
-[...1 lines deleted...]
-  <si>
     <t>ООО "ЭЛЕКТРОН Х"</t>
   </si>
   <si>
     <t>62.02 Деятельность консультативная и
 работы в области компьютерных
 технологий
 82.99 Деятельность по предоставлению
 прочих вспомогательных услуг для
 бизнеса, не включенная в другие
 группировки</t>
+  </si>
+  <si>
+    <t>ИП Маяк Анастасия Дмитриевна</t>
+  </si>
+  <si>
+    <t>01.13 - Выращивание овощей, бахчевых, корнеплодных и клубнеплодных культур, грибов
+и трюфелей
+73.11 - Деятельность рекламных агентств
+73.20 - Исследование конъюнктуры рынка и изучение общественного мнения
+73.20.1 - Исследование конъюнктуры рынка</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Анализ рынка и конкурентов.
+Разработка SMM-стратегии.
+Анализ целевой аудитории.
+Разработка контент-плана.
+Создание стратегии продвижения.
+Настройка и оптимизация рекламы.
+SMM-ведение социальных сетей.
+Организация фото- и видеосъемок. </t>
+  </si>
+  <si>
+    <t>https://vk.com/smmwithnastekeya?from=groups</t>
+  </si>
+  <si>
+    <t>Предметная, портретная фотосьемка</t>
+  </si>
+  <si>
+    <t>https://sheremetyev-marketing.tilda.ws/</t>
+  </si>
+  <si>
+    <t>ИП ИГНАТЕНКО ИЛЬЯ АНАТОЛЬЕВИЧ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">62.01 Разработка компьютерного
+программного обеспечения
+69.10 Деятельность в области права
+69.20 Деятельность по оказанию услуг в области бухгалтерского учета, по
+проведению финансового аудита, по
+налоговому консультированию
+82.99 Деятельность по предоставлению
+прочих вспомогательных услуг для
+бизнеса, не включенная в другие
+группировки
+</t>
+  </si>
+  <si>
+    <t>ИП НИКИТИНА ТАТЬЯНА ЕВГЕНЬЕВНА</t>
+  </si>
+  <si>
+    <t xml:space="preserve">47.91 Торговля розничная по почте или по информационно-коммуникационной сети Интернет
+70.22 Консультирование по вопросам
+коммерческой деятельности и управления
+82.99 Деятельность по предоставлению
+прочих вспомогательных услуг для
+бизнеса, не включенная в другие
+группировки
+</t>
+  </si>
+  <si>
+    <t>Содействие в выходе и работе на маркетплейсах.</t>
+  </si>
+  <si>
+    <t>ООО "БРУНОЯМ"</t>
+  </si>
+  <si>
+    <t>62.09 Деятельность, связанная с
+использованием вычислительной техники и информационных технологий, прочая
+85.42.9 Деятельность по дополнительному
+профессиональному образованию прочая, не включенная в другие группировки</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дополнительное образование детей и взрослых, дополнительное профессиональное образование. </t>
+  </si>
+  <si>
+    <t>https://brunoyam.com/</t>
+  </si>
+  <si>
+    <t>СЗ Коноплева Елена Михайловна</t>
+  </si>
+  <si>
+    <t>Фотограф, видеограф, рилсмейкер.</t>
+  </si>
+  <si>
+    <t>https://vk.com/phkonlemilpskov</t>
+  </si>
+  <si>
+    <t>ИП БЕЗБОРОДЬКО ОЛЬГА ВЛАДИМИРОВНА</t>
+  </si>
+  <si>
+    <t>85.41 Образование дополнительное детей и взрослых
+62.02 Деятельность консультативная и
+работы в области компьютерных
+технологий
+70.22 Консультирование по вопросам
+коммерческой деятельности и управления</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Образовательные услуги. </t>
+  </si>
+  <si>
+    <t>https://pskov.algoritmika.org/ru</t>
+  </si>
+  <si>
+    <t>АНО ДПО УЦ "ЭФФЕКОМ"</t>
+  </si>
+  <si>
+    <t>СЗ Кукушкина Любовь Владимировна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMM-маркетинг (продвижение бизнеса в социальных сетях). </t>
+  </si>
+  <si>
+    <t>Архангельская область</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Регистрация товарного знака, патентование, брендинг, разработка логотипов и наименований. </t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
+    <t>https://cyberrlaw.ru/</t>
+  </si>
+  <si>
+    <t>Шаркова Анастасия Эдуардовна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Услуги дизайна. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фирменный стиль, дизайн афиш, дизайн сайта, дизайн для мероприятий, логотипы, печать. </t>
+  </si>
+  <si>
+    <t>ИП ФОМИНА ПОЛИНА БОРИСОВНА</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Подготовка и проведение рекламных кампаний, проведение маркетинговых исследований. </t>
+  </si>
+  <si>
+    <t>г. Тюмень</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000000"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -7469,229 +6133,229 @@
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>367</xdr:row>
-      <xdr:rowOff>507205</xdr:rowOff>
+      <xdr:rowOff>507206</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55838285-01F9-4695-A0A0-10D6422E0965}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="234629325"/>
           <a:ext cx="304800" cy="3914775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>375</xdr:row>
-      <xdr:rowOff>557212</xdr:rowOff>
+      <xdr:rowOff>557213</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07496929-18C4-41B9-A194-A888593F5A4A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="245230650"/>
           <a:ext cx="304800" cy="1752600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>373</xdr:row>
-      <xdr:rowOff>1143000</xdr:rowOff>
+      <xdr:rowOff>1143001</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39F3868C-F41B-4F4F-AF48-E3F7BC8D6178}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="245230650"/>
           <a:ext cx="304800" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="304800" cy="12853987"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D9D49B-5BEA-4217-B41D-BC250915F8DA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9977438" y="363021563"/>
           <a:ext cx="304800" cy="12853987"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="304800" cy="3548063"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB0A6B2-F69F-4C1D-A388-77D8F80F8294}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9977438" y="377761500"/>
           <a:ext cx="304800" cy="3548063"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -7747,51 +6411,51 @@
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>371</xdr:row>
-      <xdr:rowOff>142875</xdr:rowOff>
+      <xdr:rowOff>142876</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE840DFE-D5BD-4D82-BAE5-526BF7051CD1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9972675" y="325840725"/>
           <a:ext cx="304800" cy="542925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -8140,16582 +6804,14943 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srg04@yandex.ru%20%20%2089212146491" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portfolioofvitaliysheremetyev.tilda.ws/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+74967541073" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://endesign.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+78112290101" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@zhelezno.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@attn-agency.ru,%2079992851556" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expert@zhelezno.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://g2r.ru/contacts/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@streetofwebsites.ru" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glevadi17@yandex.ru,89813501413" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edu.amrita-dent.ru/null" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ovik@yandex.ru" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:(+375%2017)%20334%2025%2097" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/phone/351-2788144" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@streetofwebsites.ru" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glevadi17@yandex.ru,89813501413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dpostandart.ru" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+77272583434" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pr@dasreda.ru" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:legal@atom-s.com," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@streetofwebsites.ru" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buhgalter.medhelios@yandex.ru,%208-960-456-1523" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nakb_mos@mail.ru8%20(495)%20927%2061%2012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glevadi17@yandex.ru,89813501413" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@streetofwebsites.ru" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glevadi17@yandex.ru,89813501413" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:+79009917858" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@streetofwebsites.ru" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glevadi17@yandex.ru,89813501413" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.algoritmika.org/ru" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyberrlaw.ru/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmwithnastekeya?from=groups" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheremetyev-marketing.tilda.ws/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brunoyam.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/phkonlemilpskov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q455"/>
+  <dimension ref="A1:O466"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A450" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G461" sqref="G461"/>
+      <pane ySplit="1" topLeftCell="A456" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E465" sqref="E465"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
     <col min="5" max="5" width="41.42578125" customWidth="1"/>
-    <col min="6" max="6" width="31.85546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="13" width="12.7109375" customWidth="1"/>
+    <col min="6" max="6" width="36.7109375" customWidth="1"/>
+    <col min="7" max="7" width="22.85546875" style="7" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" customWidth="1"/>
+    <col min="9" max="9" width="17.28515625" customWidth="1"/>
+    <col min="10" max="10" width="23.85546875" customWidth="1"/>
+    <col min="11" max="11" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="4" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="H1" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="G1" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I1" s="5" t="s">
-        <v>4</v>
+        <v>700</v>
       </c>
       <c r="J1" s="5" t="s">
-        <v>852</v>
-[...8 lines deleted...]
-    <row r="2" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A2" s="16">
         <v>1</v>
       </c>
       <c r="B2" s="11" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="C2" s="12">
         <v>7702809532</v>
       </c>
       <c r="D2" s="11" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="E2" s="11" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="F2" s="11" t="s">
-        <v>973</v>
+        <v>64</v>
       </c>
       <c r="G2" s="11" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="H2" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I2" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="3" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A3" s="16">
         <v>2</v>
       </c>
       <c r="B3" s="11" t="s">
-        <v>975</v>
+        <v>795</v>
       </c>
       <c r="C3" s="12">
         <v>7736242587</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>976</v>
+        <v>796</v>
       </c>
       <c r="E3" s="11" t="s">
-        <v>977</v>
+        <v>797</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>978</v>
+        <v>66</v>
       </c>
       <c r="G3" s="11" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="H3" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I3" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="4" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A4" s="16">
         <v>3</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C4" s="12">
         <v>5032223802</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="E4" s="11" t="s">
-        <v>980</v>
+        <v>799</v>
       </c>
       <c r="F4" s="11" t="s">
-        <v>1375</v>
+        <v>69</v>
       </c>
       <c r="G4" s="11" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="H4" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I4" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="5" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A5" s="16">
         <v>4</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>982</v>
+        <v>800</v>
       </c>
       <c r="C5" s="12">
         <v>6027087786</v>
       </c>
       <c r="D5" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>983</v>
+        <v>801</v>
       </c>
       <c r="F5" s="11" t="s">
-        <v>984</v>
+        <v>71</v>
       </c>
       <c r="G5" s="11" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="H5" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I5" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J5" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="6" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A6" s="16">
         <v>5</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C6" s="12">
         <v>6027024264</v>
       </c>
       <c r="D6" s="11" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E6" s="11" t="s">
-        <v>986</v>
+        <v>803</v>
       </c>
       <c r="F6" s="11" t="s">
-        <v>987</v>
+        <v>74</v>
       </c>
       <c r="G6" s="11" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="H6" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I6" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A7" s="16">
         <v>6</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="C7" s="12">
         <v>6027135060</v>
       </c>
       <c r="D7" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E7" s="11" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F7" s="11" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="G7" s="11" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="H7" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I7" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="8" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J7" s="11"/>
+    </row>
+    <row r="8" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A8" s="16">
         <v>7</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="C8" s="12">
         <v>602724591414</v>
       </c>
       <c r="D8" s="11" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F8" s="11" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="G8" s="11" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="H8" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I8" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="9" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J8" s="11"/>
+    </row>
+    <row r="9" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A9" s="16">
         <v>8</v>
       </c>
       <c r="B9" s="11" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="C9" s="12">
         <v>6027140493</v>
       </c>
       <c r="D9" s="11" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>991</v>
+        <v>806</v>
       </c>
       <c r="F9" s="11" t="s">
-        <v>992</v>
+        <v>83</v>
       </c>
       <c r="G9" s="11" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="H9" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I9" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J9" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="10" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A10" s="16">
         <v>9</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="C10" s="12">
         <v>6027050602</v>
       </c>
       <c r="D10" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>994</v>
+        <v>808</v>
       </c>
       <c r="F10" s="11" t="s">
-        <v>995</v>
+        <v>809</v>
       </c>
       <c r="G10" s="11" t="s">
-        <v>996</v>
+        <v>65</v>
       </c>
       <c r="H10" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I10" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J10" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="11" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A11" s="16">
         <v>10</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="C11" s="12">
         <v>602700363024</v>
       </c>
       <c r="D11" s="11" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="F11" s="11"/>
+        <v>87</v>
+      </c>
+      <c r="F11" s="11" t="s">
+        <v>80</v>
+      </c>
       <c r="G11" s="11" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="H11" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I11" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="12" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J11" s="11"/>
+    </row>
+    <row r="12" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A12" s="16">
         <v>11</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C12" s="12">
         <v>602718218807</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F12" s="11"/>
+        <v>70</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>89</v>
+      </c>
       <c r="G12" s="11" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="H12" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I12" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="13" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J12" s="11"/>
+    </row>
+    <row r="13" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A13" s="16">
         <v>12</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="C13" s="12">
         <v>6027085228</v>
       </c>
       <c r="D13" s="11" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>999</v>
+        <v>811</v>
       </c>
       <c r="F13" s="11" t="s">
-        <v>1000</v>
+        <v>92</v>
       </c>
       <c r="G13" s="11" t="s">
-        <v>103</v>
+        <v>65</v>
       </c>
       <c r="H13" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I13" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="14" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A14" s="16">
         <v>13</v>
       </c>
       <c r="B14" s="11" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="C14" s="12">
         <v>6027170787</v>
       </c>
       <c r="D14" s="11" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F14" s="11" t="s">
-        <v>1002</v>
+        <v>813</v>
       </c>
       <c r="G14" s="11" t="s">
-        <v>1003</v>
+        <v>65</v>
       </c>
       <c r="H14" s="11" t="s">
-        <v>74</v>
+        <v>499</v>
       </c>
       <c r="I14" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="15" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A15" s="16">
         <v>14</v>
       </c>
       <c r="B15" s="11" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="C15" s="12">
         <v>601501838345</v>
       </c>
       <c r="D15" s="11" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="E15" s="11" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="F15" s="11" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-      <c r="H15" s="17">
+        <v>141</v>
+      </c>
+      <c r="G15" s="17">
         <v>44456</v>
       </c>
+      <c r="H15" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I15" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="16" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J15" s="11"/>
+    </row>
+    <row r="16" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A16" s="16">
         <v>15</v>
       </c>
       <c r="B16" s="11" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C16" s="12">
         <v>504014478246</v>
       </c>
       <c r="D16" s="11" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="F16" s="11" t="s">
-        <v>158</v>
-[...4 lines deleted...]
-      <c r="H16" s="17">
+        <v>145</v>
+      </c>
+      <c r="G16" s="17">
         <v>44585</v>
       </c>
+      <c r="H16" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I16" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="17" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J16" s="11"/>
+    </row>
+    <row r="17" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A17" s="16">
         <v>16</v>
       </c>
       <c r="B17" s="11" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="C17" s="12">
         <v>602718856510</v>
       </c>
       <c r="D17" s="11" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>1378</v>
-[...4 lines deleted...]
-      <c r="H17" s="17">
+        <v>147</v>
+      </c>
+      <c r="G17" s="17">
         <v>44400</v>
       </c>
+      <c r="H17" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I17" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="18" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A18" s="16">
         <v>17</v>
       </c>
       <c r="B18" s="11" t="s">
-        <v>1007</v>
+        <v>815</v>
       </c>
       <c r="C18" s="12">
         <v>511201170043</v>
       </c>
       <c r="D18" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="F18" s="11" t="s">
-        <v>1008</v>
-[...4 lines deleted...]
-      <c r="H18" s="17">
+        <v>150</v>
+      </c>
+      <c r="G18" s="17">
         <v>44588</v>
       </c>
+      <c r="H18" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I18" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J18" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="19" spans="1:12" ht="173.25" x14ac:dyDescent="0.25">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A19" s="16">
         <v>18</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>1010</v>
+        <v>817</v>
       </c>
       <c r="C19" s="18">
         <v>673005658382</v>
       </c>
       <c r="D19" s="11" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>1011</v>
+        <v>818</v>
       </c>
       <c r="F19" s="11" t="s">
-        <v>1012</v>
-[...4 lines deleted...]
-      <c r="H19" s="17">
+        <v>819</v>
+      </c>
+      <c r="G19" s="17">
         <v>44439</v>
       </c>
+      <c r="H19" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I19" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J19" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="20" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A20" s="16">
         <v>19</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="C20" s="12">
         <v>600300025718</v>
       </c>
       <c r="D20" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>1015</v>
-[...4 lines deleted...]
-      <c r="H20" s="17">
+        <v>155</v>
+      </c>
+      <c r="G20" s="17">
         <v>44407</v>
       </c>
+      <c r="H20" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I20" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="21" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J20" s="11"/>
+    </row>
+    <row r="21" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A21" s="16">
         <v>20</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="C21" s="12">
         <v>602700477208</v>
       </c>
       <c r="D21" s="11" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-      <c r="H21" s="11">
+        <v>158</v>
+      </c>
+      <c r="G21" s="11">
         <v>2021</v>
       </c>
+      <c r="H21" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I21" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="22" spans="1:12" ht="346.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J21" s="11"/>
+    </row>
+    <row r="22" spans="1:10" ht="346.5" x14ac:dyDescent="0.25">
       <c r="A22" s="16">
         <v>21</v>
       </c>
       <c r="B22" s="11" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="C22" s="12">
         <v>6023004651</v>
       </c>
       <c r="D22" s="11" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>97</v>
+      </c>
+      <c r="G22" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I22" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="23" spans="1:12" ht="236.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J22" s="11"/>
+    </row>
+    <row r="23" spans="1:10" ht="236.25" x14ac:dyDescent="0.25">
       <c r="A23" s="16">
         <v>22</v>
       </c>
       <c r="B23" s="11" t="s">
-        <v>1018</v>
+        <v>821</v>
       </c>
       <c r="C23" s="12">
         <v>602719312023</v>
       </c>
       <c r="D23" s="11" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>1019</v>
+        <v>822</v>
       </c>
       <c r="F23" s="11" t="s">
-        <v>1020</v>
+        <v>99</v>
       </c>
       <c r="G23" s="11" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="H23" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I23" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="24" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A24" s="16">
         <v>23</v>
       </c>
       <c r="B24" s="11" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="C24" s="12">
         <v>6027046109</v>
       </c>
       <c r="D24" s="11" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>1022</v>
+        <v>824</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>1023</v>
+        <v>103</v>
       </c>
       <c r="G24" s="11" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="H24" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I24" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J24" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="25" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A25" s="16">
         <v>24</v>
       </c>
       <c r="B25" s="11" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="C25" s="12">
         <v>602701953731</v>
       </c>
       <c r="D25" s="11" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="F25" s="11" t="s">
-        <v>1379</v>
+        <v>99</v>
       </c>
       <c r="G25" s="11" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="H25" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I25" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="26" spans="1:12" ht="252" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="252" x14ac:dyDescent="0.25">
       <c r="A26" s="16">
         <v>25</v>
       </c>
       <c r="B26" s="11" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="C26" s="12" t="s">
-        <v>1025</v>
+        <v>826</v>
       </c>
       <c r="D26" s="11" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="F26" s="11" t="s">
-        <v>1381</v>
+        <v>108</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="H26" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I26" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A27" s="16">
         <v>26</v>
       </c>
       <c r="B27" s="11" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="C27" s="12">
         <v>602715248634</v>
       </c>
       <c r="D27" s="11" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>1028</v>
+        <v>828</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>1029</v>
+        <v>99</v>
       </c>
       <c r="G27" s="11" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="H27" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I27" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J27" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="28" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A28" s="16">
         <v>27</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="C28" s="12">
         <v>601400926806</v>
       </c>
       <c r="D28" s="11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="F28" s="11" t="s">
-        <v>1031</v>
+        <v>112</v>
       </c>
       <c r="G28" s="11" t="s">
-        <v>124</v>
+        <v>101</v>
       </c>
       <c r="H28" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I28" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J28" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="29" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A29" s="16">
         <v>28</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C29" s="12" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="D29" s="11" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>1033</v>
+        <v>116</v>
       </c>
       <c r="G29" s="11" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="H29" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I29" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="30" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A30" s="16">
         <v>29</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="C30" s="12">
         <v>602510766459</v>
       </c>
       <c r="D30" s="11" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>1035</v>
+        <v>831</v>
       </c>
       <c r="F30" s="11" t="s">
-        <v>1036</v>
+        <v>99</v>
       </c>
       <c r="G30" s="11" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H30" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I30" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J30" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="31" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A31" s="16">
         <v>30</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="C31" s="12">
         <v>7710475530</v>
       </c>
       <c r="D31" s="11" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="F31" s="11" t="s">
-        <v>1038</v>
+        <v>120</v>
       </c>
       <c r="G31" s="11" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="H31" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I31" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J31" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="32" spans="1:12" ht="267.75" x14ac:dyDescent="0.25">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="267.75" x14ac:dyDescent="0.25">
       <c r="A32" s="16">
         <v>31</v>
       </c>
       <c r="B32" s="11" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="C32" s="12">
         <v>7810676939</v>
       </c>
       <c r="D32" s="11" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="F32" s="11" t="s">
-        <v>1040</v>
+        <v>122</v>
       </c>
       <c r="G32" s="11" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="H32" s="11" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="I32" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="33" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A33" s="16">
         <v>32</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="C33" s="12">
         <v>6027121589</v>
       </c>
       <c r="D33" s="11" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="F33" s="11" t="s">
-        <v>1042</v>
+        <v>124</v>
       </c>
       <c r="G33" s="11" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="H33" s="11" t="s">
-        <v>113</v>
+        <v>549</v>
       </c>
       <c r="I33" s="11" t="s">
-        <v>661</v>
-[...11 lines deleted...]
-    <row r="34" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A34" s="16">
         <v>33</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>1045</v>
+        <v>836</v>
       </c>
       <c r="C34" s="12">
         <v>781428357342</v>
       </c>
       <c r="D34" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E34" s="11" t="s">
+      <c r="F34" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="F34" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="11" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="H34" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I34" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J34" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="35" spans="1:12" ht="204.75" x14ac:dyDescent="0.25">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="204.75" x14ac:dyDescent="0.25">
       <c r="A35" s="16">
         <v>34</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C35" s="12">
         <v>7736641983</v>
       </c>
       <c r="D35" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="E35" s="11" t="s">
+      <c r="F35" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="F35" s="11" t="s">
+      <c r="G35" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="G35" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I35" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J35" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="36" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A36" s="16">
         <v>35</v>
       </c>
       <c r="B36" s="11" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C36" s="12">
         <v>6027205743</v>
       </c>
       <c r="D36" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="E36" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="11" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G36" s="11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="H36" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I36" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J36" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="37" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A37" s="16">
         <v>36</v>
       </c>
       <c r="B37" s="11" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C37" s="12">
         <v>6027150710</v>
       </c>
       <c r="D37" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F37" s="11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G37" s="11" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="H37" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I37" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="38" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J37" s="11"/>
+    </row>
+    <row r="38" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A38" s="16">
         <v>37</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C38" s="12">
         <v>6027185818</v>
       </c>
       <c r="D38" s="11" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E38" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F38" s="11" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="G38" s="11" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="H38" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I38" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J38" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="39" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A39" s="16">
         <v>38</v>
       </c>
       <c r="B39" s="11" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C39" s="12">
         <v>602716581839</v>
       </c>
       <c r="D39" s="11" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="E39" s="11" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>79113941588</v>
+        <v>55</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>32</v>
       </c>
       <c r="G39" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H39" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I39" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="40" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J39" s="11"/>
+    </row>
+    <row r="40" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A40" s="16">
         <v>39</v>
       </c>
       <c r="B40" s="11" t="s">
-        <v>1224</v>
+        <v>960</v>
       </c>
       <c r="C40" s="12">
         <v>7839101080</v>
       </c>
       <c r="D40" s="11" t="s">
-        <v>1053</v>
+        <v>841</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>1054</v>
+        <v>842</v>
       </c>
       <c r="F40" s="11" t="s">
-        <v>1225</v>
+        <v>843</v>
       </c>
       <c r="G40" s="11" t="s">
-        <v>1055</v>
+        <v>10</v>
       </c>
       <c r="H40" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I40" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J40" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A41" s="16">
         <v>40</v>
       </c>
       <c r="B41" s="11" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="C41" s="12">
         <v>6027203390</v>
       </c>
       <c r="D41" s="11" t="s">
-        <v>1058</v>
+        <v>845</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F41" s="11" t="s">
-        <v>70</v>
+        <v>846</v>
       </c>
       <c r="G41" s="11" t="s">
-        <v>1059</v>
+        <v>10</v>
       </c>
       <c r="H41" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I41" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J41" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="42" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A42" s="16">
         <v>41</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>1061</v>
+        <v>848</v>
       </c>
       <c r="C42" s="12">
         <v>6027073550</v>
       </c>
       <c r="D42" s="11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E42" s="11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F42" s="11" t="s">
-        <v>1062</v>
+        <v>27</v>
       </c>
       <c r="G42" s="11" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="H42" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I42" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="43" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A43" s="16">
         <v>42</v>
       </c>
       <c r="B43" s="11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C43" s="12">
         <v>602713998776</v>
       </c>
       <c r="D43" s="11" t="s">
-        <v>434</v>
+        <v>364</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F43" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G43" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H43" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I43" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="44" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J43" s="11"/>
+    </row>
+    <row r="44" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A44" s="16">
         <v>43</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C44" s="12">
         <v>602714745707</v>
       </c>
       <c r="D44" s="11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>89113852627</v>
+        <v>28</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>850</v>
       </c>
       <c r="G44" s="11" t="s">
-        <v>1065</v>
+        <v>10</v>
       </c>
       <c r="H44" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I44" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="45" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J44" s="11"/>
+    </row>
+    <row r="45" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A45" s="16">
         <v>44</v>
       </c>
       <c r="B45" s="11" t="s">
-        <v>1067</v>
+        <v>851</v>
       </c>
       <c r="C45" s="12">
         <v>602707123670</v>
       </c>
       <c r="D45" s="11" t="s">
-        <v>1068</v>
+        <v>852</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F45" s="11" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="G45" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H45" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I45" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="46" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J45" s="11"/>
+    </row>
+    <row r="46" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A46" s="16">
         <v>45</v>
       </c>
       <c r="B46" s="11" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C46" s="12">
         <v>6027195703</v>
       </c>
       <c r="D46" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F46" s="11" t="s">
-        <v>1069</v>
+        <v>36</v>
       </c>
       <c r="G46" s="11" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="H46" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I46" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="47" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A47" s="16">
         <v>46</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C47" s="12">
         <v>602510248626</v>
       </c>
       <c r="D47" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="E47" s="11" t="s">
-[...3 lines deleted...]
-        <v>89113717523</v>
+      <c r="F47" s="11" t="s">
+        <v>32</v>
       </c>
       <c r="G47" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H47" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I47" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="48" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J47" s="11"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" s="16">
         <v>47</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C48" s="12">
         <v>6027998965</v>
       </c>
       <c r="D48" s="11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F48" s="11" t="s">
-        <v>1072</v>
+        <v>38</v>
       </c>
       <c r="G48" s="11" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="H48" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I48" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="49" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A49" s="16">
         <v>48</v>
       </c>
       <c r="B49" s="11" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C49" s="12">
         <v>5047019736</v>
       </c>
       <c r="D49" s="11" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F49" s="11" t="s">
-        <v>1074</v>
+        <v>43</v>
       </c>
       <c r="G49" s="11" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H49" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I49" s="11" t="s">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="J49" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J49" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="K49" s="1" t="s">
-[...4 lines deleted...]
-    <row r="50" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A50" s="16">
         <v>49</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C50" s="12">
         <v>600101215009</v>
       </c>
       <c r="D50" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F50" s="11" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="G50" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H50" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I50" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J50" s="11"/>
+    </row>
+    <row r="51" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A51" s="16">
         <v>50</v>
       </c>
       <c r="B51" s="11" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C51" s="12">
         <v>564501362378</v>
       </c>
       <c r="D51" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>89268413222</v>
+        <v>48</v>
+      </c>
+      <c r="F51" s="11" t="s">
+        <v>50</v>
       </c>
       <c r="G51" s="11" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="H51" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I51" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="52" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J51" s="11"/>
+    </row>
+    <row r="52" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A52" s="16">
         <v>51</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="C52" s="12">
         <v>602700777716</v>
       </c>
       <c r="D52" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F52" s="11" t="s">
-        <v>1076</v>
+        <v>32</v>
       </c>
       <c r="G52" s="11" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H52" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I52" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J52" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="53" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A53" s="16">
         <v>52</v>
       </c>
       <c r="B53" s="19" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="C53" s="12">
         <v>7719460320</v>
       </c>
       <c r="D53" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E53" s="11" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="F53" s="11" t="s">
-        <v>1079</v>
-[...4 lines deleted...]
-      <c r="H53" s="17">
+        <v>161</v>
+      </c>
+      <c r="G53" s="17">
         <v>44706</v>
       </c>
+      <c r="H53" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I53" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="54" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A54" s="16">
         <v>53</v>
       </c>
       <c r="B54" s="20" t="s">
-        <v>1081</v>
+        <v>858</v>
       </c>
       <c r="C54" s="12">
         <v>234104321152</v>
       </c>
       <c r="D54" s="11" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="F54" s="11" t="s">
-        <v>1082</v>
-[...4 lines deleted...]
-      <c r="H54" s="17">
+        <v>164</v>
+      </c>
+      <c r="G54" s="17">
         <v>44713</v>
       </c>
+      <c r="H54" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I54" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="55" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J54" s="11"/>
+    </row>
+    <row r="55" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A55" s="16">
         <v>54</v>
       </c>
       <c r="B55" s="19" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="C55" s="12">
         <v>602714190011</v>
       </c>
       <c r="D55" s="11" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="E55" s="11" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="F55" s="11" t="s">
-        <v>1083</v>
-[...4 lines deleted...]
-      <c r="H55" s="17">
+        <v>99</v>
+      </c>
+      <c r="G55" s="17">
         <v>44692</v>
       </c>
+      <c r="H55" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I55" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="56" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J55" s="11"/>
+    </row>
+    <row r="56" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A56" s="16">
         <v>55</v>
       </c>
       <c r="B56" s="19" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
       <c r="C56" s="18">
         <v>6010004380</v>
       </c>
       <c r="D56" s="11" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="E56" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="F56" s="11" t="s">
         <v>168</v>
       </c>
-      <c r="F56" s="11" t="s">
-[...5 lines deleted...]
-      <c r="H56" s="17">
+      <c r="G56" s="17">
         <v>44707</v>
       </c>
+      <c r="H56" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I56" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J56" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="57" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A57" s="16">
         <v>56</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="C57" s="21">
         <v>7705499744</v>
       </c>
       <c r="D57" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F57" s="11" t="s">
-        <v>1087</v>
-[...4 lines deleted...]
-      <c r="H57" s="22">
+        <v>171</v>
+      </c>
+      <c r="G57" s="22">
         <v>44713</v>
       </c>
+      <c r="H57" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I57" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="58" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A58" s="16">
         <v>57</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="C58" s="18">
         <v>602702597187</v>
       </c>
       <c r="D58" s="11" t="s">
-        <v>1089</v>
+        <v>861</v>
       </c>
       <c r="E58" s="11" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="F58" s="11" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-      <c r="H58" s="17">
+        <v>174</v>
+      </c>
+      <c r="G58" s="17">
         <v>44713</v>
       </c>
+      <c r="H58" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I58" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="59" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J58" s="11"/>
+    </row>
+    <row r="59" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A59" s="16">
         <v>58</v>
       </c>
       <c r="B59" s="11" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="C59" s="18">
         <v>6027204940</v>
       </c>
       <c r="D59" s="11" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="F59" s="11" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      <c r="H59" s="17">
+        <v>178</v>
+      </c>
+      <c r="G59" s="17">
         <v>44727</v>
       </c>
+      <c r="H59" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I59" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J59" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="60" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A60" s="16">
         <v>59</v>
       </c>
       <c r="B60" s="11" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="C60" s="12">
         <v>3444195798</v>
       </c>
       <c r="D60" s="11" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="F60" s="11" t="s">
-        <v>1093</v>
-[...4 lines deleted...]
-      <c r="H60" s="17">
+        <v>181</v>
+      </c>
+      <c r="G60" s="17">
         <v>44741</v>
       </c>
+      <c r="H60" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I60" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="61" spans="1:12" ht="315" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="267.75" x14ac:dyDescent="0.25">
       <c r="A61" s="16">
         <v>60</v>
       </c>
       <c r="B61" s="19" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="C61" s="12">
         <v>4345497285</v>
       </c>
       <c r="D61" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="F61" s="11" t="s">
-        <v>1095</v>
+        <v>184</v>
       </c>
       <c r="G61" s="11" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="H61" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I61" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="62" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A62" s="16">
         <v>61</v>
       </c>
       <c r="B62" s="19" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="C62" s="12">
         <v>602708164790</v>
       </c>
       <c r="D62" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>89113656951</v>
+        <v>188</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>80</v>
       </c>
       <c r="G62" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H62" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I62" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="63" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J62" s="11"/>
+    </row>
+    <row r="63" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A63" s="16">
         <v>62</v>
       </c>
       <c r="B63" s="19" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="C63" s="12">
         <v>7602142816</v>
       </c>
       <c r="D63" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="F63" s="11" t="s">
-        <v>1098</v>
+        <v>865</v>
       </c>
       <c r="G63" s="11" t="s">
-        <v>1099</v>
+        <v>185</v>
       </c>
       <c r="H63" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I63" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J63" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="64" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A64" s="16">
         <v>63</v>
       </c>
       <c r="B64" s="19" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="C64" s="12">
         <v>6027061918</v>
       </c>
       <c r="D64" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="F64" s="11" t="s">
-        <v>1102</v>
+        <v>191</v>
       </c>
       <c r="G64" s="11" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="H64" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I64" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J64" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="65" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A65" s="16">
         <v>64</v>
       </c>
       <c r="B65" s="19" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="C65" s="12">
         <v>7734443175</v>
       </c>
       <c r="D65" s="11" t="s">
-        <v>1104</v>
+        <v>868</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="F65" s="11" t="s">
-        <v>1105</v>
+        <v>195</v>
       </c>
       <c r="G65" s="11" t="s">
-        <v>211</v>
+        <v>185</v>
       </c>
       <c r="H65" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I65" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J65" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="66" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A66" s="16">
         <v>65</v>
       </c>
       <c r="B66" s="19" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="C66" s="12">
         <v>602716264565</v>
       </c>
       <c r="D66" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="F66" s="11" t="s">
-        <v>214</v>
+        <v>80</v>
       </c>
       <c r="G66" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H66" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I66" s="11" t="s">
-        <v>603</v>
+        <v>805</v>
       </c>
       <c r="J66" s="11" t="s">
-        <v>989</v>
-[...8 lines deleted...]
-    <row r="67" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A67" s="16">
         <v>66</v>
       </c>
       <c r="B67" s="19" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="C67" s="12">
         <v>602716485162</v>
       </c>
       <c r="D67" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E67" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="F67" s="11" t="s">
-        <v>216</v>
+        <v>80</v>
       </c>
       <c r="G67" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H67" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I67" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="68" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J67" s="11"/>
+    </row>
+    <row r="68" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A68" s="16">
         <v>67</v>
       </c>
       <c r="B68" s="19" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
       <c r="C68" s="12">
         <v>3435127720</v>
       </c>
       <c r="D68" s="11" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>8937555755</v>
+        <v>197</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>201</v>
       </c>
       <c r="G68" s="11" t="s">
-        <v>219</v>
+        <v>185</v>
       </c>
       <c r="H68" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I68" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="69" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J68" s="11"/>
+    </row>
+    <row r="69" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A69" s="16">
         <v>68</v>
       </c>
       <c r="B69" s="19" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
       <c r="C69" s="12">
         <v>602719870758</v>
       </c>
       <c r="D69" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="F69" s="11" t="s">
-        <v>1111</v>
+        <v>80</v>
       </c>
       <c r="G69" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H69" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I69" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J69" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="70" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A70" s="16">
         <v>69</v>
       </c>
       <c r="B70" s="19" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="C70" s="12">
         <v>6027205101</v>
       </c>
       <c r="D70" s="11" t="s">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="E70" s="11" t="s">
-        <v>223</v>
+        <v>205</v>
       </c>
       <c r="F70" s="11" t="s">
-        <v>224</v>
+        <v>206</v>
       </c>
       <c r="G70" s="11" t="s">
-        <v>225</v>
+        <v>185</v>
       </c>
       <c r="H70" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I70" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J70" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="71" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A71" s="16">
         <v>70</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="C71" s="12">
         <v>600301248516</v>
       </c>
       <c r="D71" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F71" s="11" t="s">
-        <v>227</v>
+        <v>80</v>
       </c>
       <c r="G71" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H71" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I71" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J71" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="72" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A72" s="16">
         <v>71</v>
       </c>
       <c r="B72" s="11" t="s">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="C72" s="12">
         <v>602722189570</v>
       </c>
       <c r="D72" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F72" s="11" t="s">
-        <v>229</v>
+        <v>80</v>
       </c>
       <c r="G72" s="11" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="H72" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I72" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J72" s="11" t="s">
-        <v>855</v>
-[...8 lines deleted...]
-    <row r="73" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A73" s="16">
         <v>72</v>
       </c>
       <c r="B73" s="19" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="C73" s="12">
         <v>7708276873</v>
       </c>
       <c r="D73" s="19" t="s">
-        <v>1117</v>
+        <v>874</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>231</v>
+        <v>210</v>
       </c>
       <c r="F73" s="11" t="s">
-        <v>1118</v>
+        <v>211</v>
       </c>
       <c r="G73" s="11" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>117</v>
+      </c>
+      <c r="H73" s="19" t="s">
+        <v>499</v>
       </c>
       <c r="I73" s="19" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="74" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J73" s="11" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A74" s="16">
         <v>73</v>
       </c>
       <c r="B74" s="19" t="s">
-        <v>233</v>
+        <v>212</v>
       </c>
       <c r="C74" s="12">
         <v>9710058530</v>
       </c>
       <c r="D74" s="11" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F74" s="11" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="G74" s="11" t="s">
-        <v>237</v>
+        <v>117</v>
       </c>
       <c r="H74" s="11" t="s">
-        <v>129</v>
-[...12 lines deleted...]
-    <row r="75" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I74" s="19" t="s">
+        <v>703</v>
+      </c>
+      <c r="J74" s="11" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A75" s="16">
         <v>74</v>
       </c>
       <c r="B75" s="19" t="s">
-        <v>238</v>
+        <v>216</v>
       </c>
       <c r="C75" s="12">
         <v>7801327402</v>
       </c>
       <c r="D75" s="11" t="s">
-        <v>239</v>
+        <v>217</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F75" s="11" t="s">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="G75" s="11" t="s">
-        <v>241</v>
+        <v>117</v>
       </c>
       <c r="H75" s="11" t="s">
-        <v>129</v>
-[...12 lines deleted...]
-    <row r="76" spans="1:12" ht="315" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I75" s="19" t="s">
+        <v>703</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="315" x14ac:dyDescent="0.25">
       <c r="A76" s="16">
         <v>75</v>
       </c>
       <c r="B76" s="19" t="s">
-        <v>242</v>
+        <v>219</v>
       </c>
       <c r="C76" s="12">
         <v>7605016030</v>
       </c>
       <c r="D76" s="11" t="s">
-        <v>243</v>
+        <v>220</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>244</v>
+        <v>221</v>
       </c>
       <c r="F76" s="11" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="G76" s="11" t="s">
-        <v>246</v>
+        <v>117</v>
       </c>
       <c r="H76" s="11" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>499</v>
+      </c>
+      <c r="I76" s="19" t="s">
+        <v>703</v>
       </c>
       <c r="J76" s="19" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="77" spans="1:12" ht="409.5" x14ac:dyDescent="0.25">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="409.5" x14ac:dyDescent="0.25">
       <c r="A77" s="16">
         <v>76</v>
       </c>
       <c r="B77" s="19" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="C77" s="12">
         <v>601700492980</v>
       </c>
       <c r="D77" s="11" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="E77" s="11" t="s">
-        <v>793</v>
+        <v>653</v>
       </c>
       <c r="F77" s="11" t="s">
-        <v>249</v>
+        <v>9</v>
       </c>
       <c r="G77" s="11" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="H77" s="11" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>499</v>
+      </c>
+      <c r="I77" s="19" t="s">
+        <v>703</v>
       </c>
       <c r="J77" s="19" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="78" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A78" s="16">
         <v>77</v>
       </c>
       <c r="B78" s="19" t="s">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="C78" s="12">
         <v>780717089130</v>
       </c>
       <c r="D78" s="11" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="E78" s="11" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="F78" s="11" t="s">
-        <v>253</v>
+        <v>9</v>
       </c>
       <c r="G78" s="11" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="H78" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I78" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="79" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A79" s="16">
         <v>78</v>
       </c>
       <c r="B79" s="19" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="C79" s="12">
         <v>602716678799</v>
       </c>
       <c r="D79" s="11" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="F79" s="11" t="s">
-        <v>256</v>
+        <v>9</v>
       </c>
       <c r="G79" s="11" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="H79" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I79" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J79" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="80" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A80" s="16">
         <v>79</v>
       </c>
       <c r="B80" s="19" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="C80" s="12">
         <v>601302585202</v>
       </c>
       <c r="D80" s="11" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="F80" s="11" t="s">
-        <v>258</v>
+        <v>9</v>
       </c>
       <c r="G80" s="11" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="H80" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I80" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="81" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A81" s="16">
         <v>80</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>259</v>
+        <v>231</v>
       </c>
       <c r="C81" s="12">
         <v>7718873861</v>
       </c>
       <c r="D81" s="11" t="s">
-        <v>260</v>
+        <v>232</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>261</v>
+        <v>233</v>
       </c>
       <c r="F81" s="11" t="s">
-        <v>262</v>
+        <v>234</v>
       </c>
       <c r="G81" s="11" t="s">
-        <v>263</v>
+        <v>117</v>
       </c>
       <c r="H81" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I81" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="82" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A82" s="16">
         <v>81</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="C82" s="12">
         <v>780614581406</v>
       </c>
       <c r="D82" s="11" t="s">
-        <v>265</v>
+        <v>236</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>266</v>
+        <v>237</v>
       </c>
       <c r="F82" s="11" t="s">
-        <v>267</v>
+        <v>238</v>
       </c>
       <c r="G82" s="11" t="s">
-        <v>268</v>
+        <v>117</v>
       </c>
       <c r="H82" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I82" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="83" spans="1:13" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="126" x14ac:dyDescent="0.25">
       <c r="A83" s="16">
         <v>82</v>
       </c>
       <c r="B83" s="19" t="s">
-        <v>269</v>
+        <v>239</v>
       </c>
       <c r="C83" s="12">
         <v>6311133364</v>
       </c>
       <c r="D83" s="11" t="s">
-        <v>270</v>
+        <v>240</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F83" s="11" t="s">
-        <v>271</v>
+        <v>241</v>
       </c>
       <c r="G83" s="11" t="s">
-        <v>272</v>
+        <v>242</v>
       </c>
       <c r="H83" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I83" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J83" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="84" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>885</v>
+      </c>
+      <c r="K83" s="8"/>
+    </row>
+    <row r="84" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A84" s="16">
         <v>83</v>
       </c>
       <c r="B84" s="19" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="C84" s="12">
         <v>7801318493</v>
       </c>
       <c r="D84" s="11" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F84" s="11" t="s">
-        <v>276</v>
+        <v>245</v>
       </c>
       <c r="G84" s="11" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
       <c r="H84" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I84" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J84" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="85" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>886</v>
+      </c>
+      <c r="K84" s="8"/>
+    </row>
+    <row r="85" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A85" s="16">
         <v>84</v>
       </c>
       <c r="B85" s="19" t="s">
-        <v>278</v>
+        <v>246</v>
       </c>
       <c r="C85" s="12">
         <v>7826738130</v>
       </c>
       <c r="D85" s="11" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F85" s="11" t="s">
-        <v>279</v>
+        <v>247</v>
       </c>
       <c r="G85" s="11" t="s">
-        <v>280</v>
+        <v>242</v>
       </c>
       <c r="H85" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I85" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J85" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="86" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>887</v>
+      </c>
+      <c r="K85" s="8"/>
+    </row>
+    <row r="86" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A86" s="16">
         <v>85</v>
       </c>
       <c r="B86" s="19" t="s">
-        <v>281</v>
+        <v>248</v>
       </c>
       <c r="C86" s="12">
         <v>6321416763</v>
       </c>
       <c r="D86" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E86" s="11" t="s">
-        <v>282</v>
+        <v>249</v>
       </c>
       <c r="F86" s="11" t="s">
-        <v>283</v>
+        <v>250</v>
       </c>
       <c r="G86" s="11" t="s">
-        <v>284</v>
+        <v>242</v>
       </c>
       <c r="H86" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I86" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J86" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="87" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>888</v>
+      </c>
+      <c r="K86" s="8"/>
+    </row>
+    <row r="87" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A87" s="16">
         <v>86</v>
       </c>
       <c r="B87" s="19" t="s">
-        <v>1133</v>
+        <v>889</v>
       </c>
       <c r="C87" s="12">
         <v>602723665078</v>
       </c>
       <c r="D87" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>89633365268</v>
+        <v>692</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="G87" s="11" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="H87" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I87" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="88" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J87" s="11"/>
+    </row>
+    <row r="88" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A88" s="16">
         <v>87</v>
       </c>
       <c r="B88" s="19" t="s">
-        <v>1135</v>
+        <v>890</v>
       </c>
       <c r="C88" s="23">
         <v>780539333916</v>
       </c>
       <c r="D88" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E88" s="11" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>89959965138</v>
+        <v>251</v>
+      </c>
+      <c r="F88" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="G88" s="11" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="H88" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I88" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="89" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J88" s="11"/>
+    </row>
+    <row r="89" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A89" s="16">
         <v>88</v>
       </c>
       <c r="B89" s="19" t="s">
-        <v>1136</v>
+        <v>891</v>
       </c>
       <c r="C89" s="12">
         <v>560993619123</v>
       </c>
       <c r="D89" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F89" s="11" t="s">
-        <v>286</v>
+        <v>252</v>
       </c>
       <c r="G89" s="11" t="s">
-        <v>287</v>
+        <v>242</v>
       </c>
       <c r="H89" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I89" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J89" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="90" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>892</v>
+      </c>
+      <c r="K89" s="8"/>
+    </row>
+    <row r="90" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A90" s="16">
         <v>89</v>
       </c>
       <c r="B90" s="19" t="s">
-        <v>1138</v>
+        <v>893</v>
       </c>
       <c r="C90" s="12">
         <v>602718271455</v>
       </c>
       <c r="D90" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E90" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F90" s="11" t="s">
-        <v>288</v>
+        <v>99</v>
       </c>
       <c r="G90" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H90" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I90" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J90" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="91" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>894</v>
+      </c>
+      <c r="K90" s="8"/>
+    </row>
+    <row r="91" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A91" s="16">
         <v>90</v>
       </c>
       <c r="B91" s="19" t="s">
-        <v>1384</v>
+        <v>1088</v>
       </c>
       <c r="C91" s="12">
         <v>602712572093</v>
       </c>
       <c r="D91" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F91" s="11" t="s">
-        <v>289</v>
+        <v>99</v>
       </c>
       <c r="G91" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H91" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I91" s="11" t="s">
-        <v>603</v>
+        <v>805</v>
       </c>
       <c r="J91" s="11" t="s">
-        <v>989</v>
-[...9 lines deleted...]
-    <row r="92" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>895</v>
+      </c>
+      <c r="K91" s="8"/>
+    </row>
+    <row r="92" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A92" s="16">
         <v>91</v>
       </c>
       <c r="B92" s="19" t="s">
-        <v>290</v>
+        <v>253</v>
       </c>
       <c r="C92" s="12">
         <v>602716535487</v>
       </c>
       <c r="D92" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>291</v>
+        <v>99</v>
       </c>
       <c r="G92" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H92" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I92" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J92" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="93" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>896</v>
+      </c>
+      <c r="K92" s="8"/>
+    </row>
+    <row r="93" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A93" s="16">
         <v>92</v>
       </c>
       <c r="B93" s="19" t="s">
-        <v>293</v>
+        <v>255</v>
       </c>
       <c r="C93" s="12">
         <v>6027144473</v>
       </c>
       <c r="D93" s="11" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>89113775316</v>
+        <v>256</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>257</v>
       </c>
       <c r="G93" s="11" t="s">
-        <v>295</v>
+        <v>242</v>
       </c>
       <c r="H93" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I93" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="94" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J93" s="11"/>
+      <c r="K93" s="8"/>
+    </row>
+    <row r="94" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A94" s="16">
         <v>93</v>
       </c>
       <c r="B94" s="19" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="C94" s="12">
         <v>602705242506</v>
       </c>
       <c r="D94" s="11" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="E94" s="11" t="s">
-        <v>294</v>
+        <v>256</v>
       </c>
       <c r="F94" s="11" t="s">
-        <v>297</v>
+        <v>99</v>
       </c>
       <c r="G94" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H94" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I94" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="95" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J94" s="11"/>
+      <c r="K94" s="8"/>
+    </row>
+    <row r="95" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A95" s="16">
         <v>94</v>
       </c>
       <c r="B95" s="19" t="s">
-        <v>298</v>
+        <v>259</v>
       </c>
       <c r="C95" s="12">
         <v>6027043919</v>
       </c>
       <c r="D95" s="11" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>300</v>
+        <v>261</v>
       </c>
       <c r="F95" s="11" t="s">
-        <v>301</v>
+        <v>262</v>
       </c>
       <c r="G95" s="11" t="s">
-        <v>302</v>
+        <v>18</v>
       </c>
       <c r="H95" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I95" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J95" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="96" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>897</v>
+      </c>
+      <c r="K95" s="8"/>
+    </row>
+    <row r="96" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A96" s="16">
         <v>95</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>303</v>
+        <v>263</v>
       </c>
       <c r="C96" s="12">
         <v>6027133432</v>
       </c>
       <c r="D96" s="11" t="s">
-        <v>304</v>
+        <v>264</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F96" s="11" t="s">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="G96" s="11" t="s">
-        <v>306</v>
+        <v>242</v>
       </c>
       <c r="H96" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I96" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J96" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="97" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>898</v>
+      </c>
+      <c r="K96" s="8"/>
+    </row>
+    <row r="97" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A97" s="16">
         <v>96</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>307</v>
+        <v>266</v>
       </c>
       <c r="C97" s="12">
         <v>602715203930</v>
       </c>
       <c r="D97" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F97" s="11" t="s">
-        <v>308</v>
+        <v>99</v>
       </c>
       <c r="G97" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H97" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I97" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J97" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="98" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>899</v>
+      </c>
+      <c r="K97" s="8"/>
+    </row>
+    <row r="98" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A98" s="16">
         <v>97</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>309</v>
+        <v>267</v>
       </c>
       <c r="C98" s="12">
         <v>6027024458</v>
       </c>
       <c r="D98" s="11" t="s">
-        <v>310</v>
+        <v>268</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="F98" s="11" t="s">
-        <v>312</v>
+        <v>270</v>
       </c>
       <c r="G98" s="11" t="s">
-        <v>313</v>
+        <v>242</v>
       </c>
       <c r="H98" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I98" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J98" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="99" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>900</v>
+      </c>
+      <c r="K98" s="8"/>
+    </row>
+    <row r="99" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A99" s="16">
         <v>98</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="C99" s="18">
         <v>602715037432</v>
       </c>
       <c r="D99" s="11" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>89118888505</v>
+        <v>269</v>
+      </c>
+      <c r="F99" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="G99" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H99" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I99" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="100" spans="1:13" ht="110.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J99" s="11"/>
+      <c r="K99" s="8"/>
+    </row>
+    <row r="100" spans="1:11" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A100" s="16">
         <v>99</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>316</v>
+        <v>273</v>
       </c>
       <c r="C100" s="12">
         <v>7727055703</v>
       </c>
       <c r="D100" s="11" t="s">
-        <v>317</v>
+        <v>274</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>315</v>
+        <v>272</v>
       </c>
       <c r="F100" s="11" t="s">
-        <v>318</v>
+        <v>275</v>
       </c>
       <c r="G100" s="11" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="H100" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I100" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J100" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="101" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>901</v>
+      </c>
+      <c r="K100" s="8"/>
+    </row>
+    <row r="101" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A101" s="16">
         <v>100</v>
       </c>
       <c r="B101" s="19" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="C101" s="12">
         <v>6027058880</v>
       </c>
       <c r="D101" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>321</v>
+        <v>277</v>
       </c>
       <c r="F101" s="11" t="s">
-        <v>322</v>
+        <v>278</v>
       </c>
       <c r="G101" s="11" t="s">
-        <v>323</v>
+        <v>185</v>
       </c>
       <c r="H101" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I101" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J101" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="102" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>902</v>
+      </c>
+      <c r="K101" s="8"/>
+    </row>
+    <row r="102" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A102" s="16">
         <v>101</v>
       </c>
       <c r="B102" s="19" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="C102" s="12">
         <v>7717532643</v>
       </c>
       <c r="D102" s="11" t="s">
-        <v>325</v>
+        <v>280</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="F102" s="11" t="s">
-        <v>327</v>
+        <v>282</v>
       </c>
       <c r="G102" s="11" t="s">
-        <v>328</v>
+        <v>185</v>
       </c>
       <c r="H102" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I102" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J102" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="103" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>903</v>
+      </c>
+      <c r="K102" s="8"/>
+    </row>
+    <row r="103" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A103" s="16">
         <v>102</v>
       </c>
       <c r="B103" s="19" t="s">
-        <v>329</v>
+        <v>283</v>
       </c>
       <c r="C103" s="12">
         <v>601202604645</v>
       </c>
       <c r="D103" s="11" t="s">
-        <v>330</v>
+        <v>284</v>
       </c>
       <c r="E103" s="11" t="s">
-        <v>331</v>
+        <v>285</v>
       </c>
       <c r="F103" s="11" t="s">
-        <v>332</v>
+        <v>286</v>
       </c>
       <c r="G103" s="11" t="s">
-        <v>333</v>
+        <v>117</v>
       </c>
       <c r="H103" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I103" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="104" spans="1:13" ht="110.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J103" s="11"/>
+      <c r="K103" s="8"/>
+    </row>
+    <row r="104" spans="1:11" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A104" s="16">
         <v>103</v>
       </c>
       <c r="B104" s="19" t="s">
-        <v>334</v>
+        <v>287</v>
       </c>
       <c r="C104" s="12">
         <v>602720702035</v>
       </c>
       <c r="D104" s="11" t="s">
-        <v>335</v>
+        <v>288</v>
       </c>
       <c r="E104" s="11" t="s">
-        <v>331</v>
+        <v>285</v>
       </c>
       <c r="F104" s="11" t="s">
-        <v>336</v>
+        <v>289</v>
       </c>
       <c r="G104" s="11" t="s">
-        <v>337</v>
+        <v>117</v>
       </c>
       <c r="H104" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I104" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J104" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="105" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>904</v>
+      </c>
+      <c r="K104" s="8"/>
+    </row>
+    <row r="105" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A105" s="16">
         <v>104</v>
       </c>
       <c r="B105" s="19" t="s">
-        <v>338</v>
+        <v>290</v>
       </c>
       <c r="C105" s="12">
         <v>6027179998</v>
       </c>
       <c r="D105" s="11" t="s">
-        <v>339</v>
+        <v>291</v>
       </c>
       <c r="E105" s="11" t="s">
-        <v>331</v>
+        <v>285</v>
       </c>
       <c r="F105" s="11" t="s">
-        <v>340</v>
+        <v>292</v>
       </c>
       <c r="G105" s="11" t="s">
-        <v>341</v>
+        <v>293</v>
       </c>
       <c r="H105" s="11" t="s">
-        <v>342</v>
+        <v>499</v>
       </c>
       <c r="I105" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J105" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="106" spans="1:13" ht="204.75" x14ac:dyDescent="0.25">
+        <v>905</v>
+      </c>
+      <c r="K105" s="8"/>
+    </row>
+    <row r="106" spans="1:11" ht="204.75" x14ac:dyDescent="0.25">
       <c r="A106" s="16">
         <v>105</v>
       </c>
       <c r="B106" s="19" t="s">
-        <v>343</v>
+        <v>294</v>
       </c>
       <c r="C106" s="12">
         <v>600904098050</v>
       </c>
       <c r="D106" s="11" t="s">
-        <v>344</v>
+        <v>295</v>
       </c>
       <c r="E106" s="11" t="s">
-        <v>345</v>
+        <v>296</v>
       </c>
       <c r="F106" s="11" t="s">
-        <v>346</v>
+        <v>9</v>
       </c>
       <c r="G106" s="11" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="H106" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I106" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="107" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J106" s="11"/>
+    </row>
+    <row r="107" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A107" s="16">
         <v>106</v>
       </c>
       <c r="B107" s="19" t="s">
-        <v>347</v>
+        <v>297</v>
       </c>
       <c r="C107" s="12">
         <v>6027025814</v>
       </c>
       <c r="D107" s="11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E107" s="11" t="s">
-        <v>348</v>
+        <v>298</v>
       </c>
       <c r="F107" s="11" t="s">
-        <v>349</v>
+        <v>299</v>
       </c>
       <c r="G107" s="11" t="s">
-        <v>350</v>
+        <v>117</v>
       </c>
       <c r="H107" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I107" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J107" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="108" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>906</v>
+      </c>
+      <c r="K107" s="8"/>
+    </row>
+    <row r="108" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A108" s="16">
         <v>107</v>
       </c>
       <c r="B108" s="19" t="s">
-        <v>351</v>
+        <v>300</v>
       </c>
       <c r="C108" s="12">
         <v>2309070374</v>
       </c>
       <c r="D108" s="11" t="s">
-        <v>352</v>
+        <v>301</v>
       </c>
       <c r="E108" s="11" t="s">
-        <v>353</v>
+        <v>302</v>
       </c>
       <c r="F108" s="11" t="s">
-        <v>354</v>
+        <v>303</v>
       </c>
       <c r="G108" s="11" t="s">
-        <v>355</v>
+        <v>117</v>
       </c>
       <c r="H108" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I108" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J108" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="109" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>907</v>
+      </c>
+      <c r="K108" s="8"/>
+    </row>
+    <row r="109" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A109" s="16">
         <v>108</v>
       </c>
       <c r="B109" s="19" t="s">
-        <v>356</v>
+        <v>304</v>
       </c>
       <c r="C109" s="12">
         <v>3701995085</v>
       </c>
       <c r="D109" s="11" t="s">
-        <v>352</v>
+        <v>301</v>
       </c>
       <c r="E109" s="11" t="s">
-        <v>353</v>
+        <v>302</v>
       </c>
       <c r="F109" s="11" t="s">
-        <v>357</v>
+        <v>305</v>
       </c>
       <c r="G109" s="11" t="s">
-        <v>358</v>
+        <v>117</v>
       </c>
       <c r="H109" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I109" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J109" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="110" spans="1:13" ht="141.75" x14ac:dyDescent="0.25">
+        <v>908</v>
+      </c>
+      <c r="K109" s="8"/>
+    </row>
+    <row r="110" spans="1:11" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A110" s="16">
         <v>109</v>
       </c>
       <c r="B110" s="19" t="s">
-        <v>359</v>
+        <v>306</v>
       </c>
       <c r="C110" s="12">
         <v>9717015310</v>
       </c>
       <c r="D110" s="11" t="s">
-        <v>360</v>
+        <v>307</v>
       </c>
       <c r="E110" s="11" t="s">
-        <v>353</v>
+        <v>302</v>
       </c>
       <c r="F110" s="11" t="s">
-        <v>361</v>
+        <v>308</v>
       </c>
       <c r="G110" s="11" t="s">
-        <v>362</v>
+        <v>117</v>
       </c>
       <c r="H110" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I110" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J110" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="111" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>909</v>
+      </c>
+      <c r="K110" s="8"/>
+    </row>
+    <row r="111" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A111" s="16">
         <v>110</v>
       </c>
       <c r="B111" s="19" t="s">
-        <v>363</v>
+        <v>309</v>
       </c>
       <c r="C111" s="12">
         <v>784290076694</v>
       </c>
       <c r="D111" s="11" t="s">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="E111" s="11" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="F111" s="11" t="s">
-        <v>365</v>
+        <v>311</v>
       </c>
       <c r="G111" s="11" t="s">
-        <v>366</v>
+        <v>117</v>
       </c>
       <c r="H111" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I111" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J111" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="112" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>910</v>
+      </c>
+      <c r="K111" s="8"/>
+    </row>
+    <row r="112" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A112" s="16">
         <v>111</v>
       </c>
       <c r="B112" s="19" t="s">
-        <v>367</v>
+        <v>312</v>
       </c>
       <c r="C112" s="12">
         <v>7840036213</v>
       </c>
       <c r="D112" s="11" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E112" s="11" t="s">
-        <v>353</v>
+        <v>302</v>
       </c>
       <c r="F112" s="11" t="s">
-        <v>368</v>
+        <v>313</v>
       </c>
       <c r="G112" s="11" t="s">
-        <v>369</v>
+        <v>117</v>
       </c>
       <c r="H112" s="11" t="s">
-        <v>129</v>
+        <v>499</v>
       </c>
       <c r="I112" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J112" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="113" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+      <c r="K112" s="8"/>
+    </row>
+    <row r="113" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A113" s="16">
         <v>112</v>
       </c>
       <c r="B113" s="19" t="s">
-        <v>370</v>
+        <v>314</v>
       </c>
       <c r="C113" s="12">
         <v>6027195164</v>
       </c>
       <c r="D113" s="11" t="s">
-        <v>371</v>
+        <v>315</v>
       </c>
       <c r="E113" s="11" t="s">
-        <v>372</v>
+        <v>316</v>
       </c>
       <c r="F113" s="11" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      <c r="H113" s="11"/>
+        <v>317</v>
+      </c>
+      <c r="G113" s="11"/>
+      <c r="H113" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I113" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J113" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="114" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>912</v>
+      </c>
+      <c r="K113" s="8"/>
+    </row>
+    <row r="114" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A114" s="16">
         <v>113</v>
       </c>
       <c r="B114" s="19" t="s">
-        <v>1165</v>
+        <v>913</v>
       </c>
       <c r="C114" s="18">
         <v>102003154206</v>
       </c>
       <c r="D114" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E114" s="11" t="s">
-        <v>375</v>
+        <v>318</v>
       </c>
       <c r="F114" s="11" t="s">
-        <v>376</v>
-[...4 lines deleted...]
-      <c r="H114" s="17">
+        <v>319</v>
+      </c>
+      <c r="G114" s="17">
         <v>44693</v>
       </c>
+      <c r="H114" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I114" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J114" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="115" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A115" s="16">
         <v>114</v>
       </c>
       <c r="B115" s="19" t="s">
-        <v>1167</v>
+        <v>915</v>
       </c>
       <c r="C115" s="12">
         <v>602000596739</v>
       </c>
       <c r="D115" s="11" t="s">
-        <v>378</v>
+        <v>320</v>
       </c>
       <c r="E115" s="11" t="s">
-        <v>379</v>
+        <v>321</v>
       </c>
       <c r="F115" s="11" t="s">
-        <v>380</v>
-[...4 lines deleted...]
-      <c r="H115" s="17">
+        <v>322</v>
+      </c>
+      <c r="G115" s="17">
         <v>44887</v>
       </c>
+      <c r="H115" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I115" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J115" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="116" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A116" s="16">
         <v>115</v>
       </c>
       <c r="B116" s="19" t="s">
-        <v>1169</v>
+        <v>917</v>
       </c>
       <c r="C116" s="12">
         <v>236602765718</v>
       </c>
       <c r="D116" s="11" t="s">
-        <v>382</v>
+        <v>323</v>
       </c>
       <c r="E116" s="11" t="s">
-        <v>383</v>
+        <v>324</v>
       </c>
       <c r="F116" s="11" t="s">
-        <v>384</v>
-[...4 lines deleted...]
-      <c r="H116" s="17">
+        <v>325</v>
+      </c>
+      <c r="G116" s="17">
         <v>44686</v>
       </c>
+      <c r="H116" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I116" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J116" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="117" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>918</v>
+      </c>
+      <c r="K116" s="8"/>
+    </row>
+    <row r="117" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A117" s="16">
         <v>116</v>
       </c>
       <c r="B117" s="19" t="s">
-        <v>386</v>
+        <v>326</v>
       </c>
       <c r="C117" s="18">
         <v>7806553130</v>
       </c>
       <c r="D117" s="11" t="s">
-        <v>387</v>
+        <v>327</v>
       </c>
       <c r="E117" s="11" t="s">
-        <v>388</v>
+        <v>328</v>
       </c>
       <c r="F117" s="11" t="s">
-        <v>389</v>
-[...4 lines deleted...]
-      <c r="H117" s="17">
+        <v>329</v>
+      </c>
+      <c r="G117" s="17">
         <v>44687</v>
       </c>
+      <c r="H117" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I117" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J117" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="118" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>919</v>
+      </c>
+      <c r="K117" s="8"/>
+    </row>
+    <row r="118" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A118" s="16">
         <v>117</v>
       </c>
       <c r="B118" s="19" t="s">
-        <v>391</v>
+        <v>330</v>
       </c>
       <c r="C118" s="12">
         <v>784000461432</v>
       </c>
       <c r="D118" s="11" t="s">
-        <v>392</v>
+        <v>331</v>
       </c>
       <c r="E118" s="11" t="s">
-        <v>388</v>
+        <v>328</v>
       </c>
       <c r="F118" s="11" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="H118" s="17">
+        <v>332</v>
+      </c>
+      <c r="G118" s="17">
         <v>44693</v>
       </c>
+      <c r="H118" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I118" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="119" spans="1:13" ht="110.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J118" s="11"/>
+    </row>
+    <row r="119" spans="1:11" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A119" s="16">
         <v>118</v>
       </c>
       <c r="B119" s="19" t="s">
-        <v>395</v>
+        <v>333</v>
       </c>
       <c r="C119" s="12">
         <v>7725289953</v>
       </c>
       <c r="D119" s="11" t="s">
-        <v>396</v>
+        <v>334</v>
       </c>
       <c r="E119" s="11" t="s">
-        <v>388</v>
+        <v>328</v>
       </c>
       <c r="F119" s="11" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="H119" s="17">
+        <v>335</v>
+      </c>
+      <c r="G119" s="17">
         <v>44708</v>
       </c>
+      <c r="H119" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I119" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J119" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="120" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>920</v>
+      </c>
+      <c r="K119" s="8"/>
+    </row>
+    <row r="120" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A120" s="16">
         <v>119</v>
       </c>
       <c r="B120" s="11" t="s">
-        <v>399</v>
+        <v>336</v>
       </c>
       <c r="C120" s="12">
         <v>6027168072</v>
       </c>
       <c r="D120" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E120" s="11" t="s">
-        <v>400</v>
+        <v>337</v>
       </c>
       <c r="F120" s="11" t="s">
-        <v>401</v>
+        <v>338</v>
       </c>
       <c r="G120" s="11" t="s">
-        <v>402</v>
+        <v>10</v>
       </c>
       <c r="H120" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I120" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J120" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="121" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>921</v>
+      </c>
+      <c r="K120" s="8"/>
+    </row>
+    <row r="121" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A121" s="16">
         <v>120</v>
       </c>
       <c r="B121" s="11" t="s">
-        <v>403</v>
+        <v>339</v>
       </c>
       <c r="C121" s="12">
         <v>6027201604</v>
       </c>
       <c r="D121" s="11" t="s">
-        <v>404</v>
+        <v>340</v>
       </c>
       <c r="E121" s="11" t="s">
-        <v>405</v>
+        <v>341</v>
       </c>
       <c r="F121" s="11" t="s">
-        <v>406</v>
+        <v>342</v>
       </c>
       <c r="G121" s="11" t="s">
-        <v>407</v>
+        <v>18</v>
       </c>
       <c r="H121" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I121" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J121" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="122" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>922</v>
+      </c>
+      <c r="K121" s="8"/>
+    </row>
+    <row r="122" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A122" s="16">
         <v>121</v>
       </c>
       <c r="B122" s="11" t="s">
-        <v>408</v>
+        <v>343</v>
       </c>
       <c r="C122" s="12">
         <v>6027157930</v>
       </c>
       <c r="D122" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E122" s="11" t="s">
-        <v>409</v>
+        <v>344</v>
       </c>
       <c r="F122" s="11" t="s">
-        <v>410</v>
+        <v>345</v>
       </c>
       <c r="G122" s="11" t="s">
-        <v>411</v>
+        <v>18</v>
       </c>
       <c r="H122" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I122" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J122" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="123" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>923</v>
+      </c>
+      <c r="K122" s="8"/>
+    </row>
+    <row r="123" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A123" s="16">
         <v>122</v>
       </c>
       <c r="B123" s="11" t="s">
-        <v>412</v>
+        <v>346</v>
       </c>
       <c r="C123" s="12">
         <v>6027144716</v>
       </c>
       <c r="D123" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E123" s="11" t="s">
-        <v>413</v>
+        <v>347</v>
       </c>
       <c r="F123" s="11" t="s">
-        <v>414</v>
+        <v>348</v>
       </c>
       <c r="G123" s="11" t="s">
-        <v>415</v>
+        <v>18</v>
       </c>
       <c r="H123" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I123" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J123" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="124" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>924</v>
+      </c>
+      <c r="K123" s="8"/>
+    </row>
+    <row r="124" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A124" s="16">
         <v>123</v>
       </c>
       <c r="B124" s="11" t="s">
-        <v>416</v>
+        <v>349</v>
       </c>
       <c r="C124" s="12">
         <v>6027148943</v>
       </c>
       <c r="D124" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E124" s="11" t="s">
-        <v>417</v>
+        <v>350</v>
       </c>
       <c r="F124" s="11" t="s">
-        <v>418</v>
+        <v>351</v>
       </c>
       <c r="G124" s="11" t="s">
-        <v>419</v>
+        <v>10</v>
       </c>
       <c r="H124" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I124" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J124" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="125" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>925</v>
+      </c>
+      <c r="K124" s="8"/>
+    </row>
+    <row r="125" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A125" s="16">
         <v>124</v>
       </c>
       <c r="B125" s="11" t="s">
-        <v>420</v>
+        <v>352</v>
       </c>
       <c r="C125" s="12">
         <v>6027200449</v>
       </c>
       <c r="D125" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E125" s="11" t="s">
-        <v>421</v>
+        <v>353</v>
       </c>
       <c r="F125" s="11" t="s">
-        <v>422</v>
+        <v>354</v>
       </c>
       <c r="G125" s="11" t="s">
-        <v>423</v>
+        <v>18</v>
       </c>
       <c r="H125" s="11" t="s">
-        <v>20</v>
+        <v>549</v>
       </c>
       <c r="I125" s="11" t="s">
-        <v>661</v>
+        <v>703</v>
       </c>
       <c r="J125" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="126" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>926</v>
+      </c>
+      <c r="K125" s="8"/>
+    </row>
+    <row r="126" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A126" s="16">
         <v>125</v>
       </c>
       <c r="B126" s="11" t="s">
-        <v>424</v>
+        <v>355</v>
       </c>
       <c r="C126" s="12">
         <v>602716067006</v>
       </c>
       <c r="D126" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E126" s="11" t="s">
-        <v>400</v>
+        <v>337</v>
       </c>
       <c r="F126" s="11" t="s">
-        <v>401</v>
+        <v>338</v>
       </c>
       <c r="G126" s="11" t="s">
-        <v>402</v>
+        <v>10</v>
       </c>
       <c r="H126" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I126" s="11" t="s">
-        <v>603</v>
-[...8 lines deleted...]
-    <row r="127" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J126" s="11"/>
+      <c r="K126" s="8"/>
+    </row>
+    <row r="127" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A127" s="16">
         <v>126</v>
       </c>
       <c r="B127" s="11" t="s">
-        <v>425</v>
+        <v>356</v>
       </c>
       <c r="C127" s="12">
         <v>6027066289</v>
       </c>
       <c r="D127" s="11" t="s">
-        <v>426</v>
+        <v>357</v>
       </c>
       <c r="E127" s="11" t="s">
-        <v>427</v>
+        <v>358</v>
       </c>
       <c r="F127" s="11" t="s">
-        <v>428</v>
+        <v>359</v>
       </c>
       <c r="G127" s="11" t="s">
-        <v>429</v>
+        <v>18</v>
       </c>
       <c r="H127" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I127" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J127" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="128" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>927</v>
+      </c>
+      <c r="K127" s="8"/>
+    </row>
+    <row r="128" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A128" s="16">
         <v>127</v>
       </c>
       <c r="B128" s="11" t="s">
-        <v>430</v>
+        <v>360</v>
       </c>
       <c r="C128" s="12">
         <v>6027104618</v>
       </c>
       <c r="D128" s="11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E128" s="11" t="s">
-        <v>431</v>
+        <v>361</v>
       </c>
       <c r="F128" s="11" t="s">
-        <v>1181</v>
+        <v>362</v>
       </c>
       <c r="G128" s="11" t="s">
-        <v>432</v>
+        <v>242</v>
       </c>
       <c r="H128" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I128" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="129" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J128" s="11"/>
+      <c r="K128" s="9"/>
+    </row>
+    <row r="129" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A129" s="16">
         <v>128</v>
       </c>
       <c r="B129" s="11" t="s">
-        <v>433</v>
+        <v>363</v>
       </c>
       <c r="C129" s="12">
         <v>6027042143</v>
       </c>
       <c r="D129" s="11" t="s">
-        <v>434</v>
+        <v>364</v>
       </c>
       <c r="E129" s="11" t="s">
-        <v>400</v>
+        <v>337</v>
       </c>
       <c r="F129" s="11" t="s">
-        <v>435</v>
+        <v>365</v>
       </c>
       <c r="G129" s="11" t="s">
-        <v>436</v>
+        <v>18</v>
       </c>
       <c r="H129" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I129" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J129" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="130" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>928</v>
+      </c>
+      <c r="K129" s="8"/>
+    </row>
+    <row r="130" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A130" s="16">
         <v>129</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>437</v>
+        <v>366</v>
       </c>
       <c r="C130" s="12">
         <v>6027147971</v>
       </c>
       <c r="D130" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E130" s="11" t="s">
-        <v>438</v>
+        <v>367</v>
       </c>
       <c r="F130" s="11" t="s">
-        <v>439</v>
+        <v>369</v>
       </c>
       <c r="G130" s="11" t="s">
-        <v>440</v>
+        <v>18</v>
       </c>
       <c r="H130" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I130" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J130" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="131" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>368</v>
+      </c>
+      <c r="K130" s="8"/>
+    </row>
+    <row r="131" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A131" s="16">
         <v>130</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>1184</v>
+        <v>929</v>
       </c>
       <c r="C131" s="12">
         <v>602713573702</v>
       </c>
       <c r="D131" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E131" s="11" t="s">
-        <v>400</v>
+        <v>337</v>
       </c>
       <c r="F131" s="11" t="s">
-        <v>1185</v>
+        <v>99</v>
       </c>
       <c r="G131" s="11" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="H131" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I131" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J131" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="132" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>930</v>
+      </c>
+      <c r="K131" s="8"/>
+    </row>
+    <row r="132" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A132" s="16">
         <v>131</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>441</v>
+        <v>370</v>
       </c>
       <c r="C132" s="12">
         <v>601327683265</v>
       </c>
       <c r="D132" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E132" s="11" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>89062209900</v>
+        <v>371</v>
+      </c>
+      <c r="F132" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="G132" s="11" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="H132" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I132" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J132" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="133" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>931</v>
+      </c>
+      <c r="K132" s="8"/>
+    </row>
+    <row r="133" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A133" s="16">
         <v>132</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>443</v>
+        <v>372</v>
       </c>
       <c r="C133" s="12">
         <v>602715997175</v>
       </c>
       <c r="D133" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E133" s="11" t="s">
-        <v>400</v>
+        <v>337</v>
       </c>
       <c r="F133" s="11" t="s">
-        <v>1188</v>
+        <v>99</v>
       </c>
       <c r="G133" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H133" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I133" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J133" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="134" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>932</v>
+      </c>
+      <c r="K133" s="8"/>
+    </row>
+    <row r="134" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A134" s="16">
         <v>133</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>444</v>
+        <v>373</v>
       </c>
       <c r="C134" s="12">
         <v>6027081576</v>
       </c>
       <c r="D134" s="11" t="s">
-        <v>445</v>
+        <v>374</v>
       </c>
       <c r="E134" s="11" t="s">
-        <v>446</v>
+        <v>375</v>
       </c>
       <c r="F134" s="11" t="s">
-        <v>447</v>
+        <v>376</v>
       </c>
       <c r="G134" s="11" t="s">
-        <v>448</v>
+        <v>18</v>
       </c>
       <c r="H134" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I134" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J134" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="135" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>709</v>
+      </c>
+      <c r="K134" s="8"/>
+    </row>
+    <row r="135" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A135" s="16">
         <v>134</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>449</v>
+        <v>377</v>
       </c>
       <c r="C135" s="12">
         <v>602721558105</v>
       </c>
       <c r="D135" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E135" s="11" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="F135" s="11" t="s">
-        <v>450</v>
+        <v>99</v>
       </c>
       <c r="G135" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H135" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I135" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J135" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="136" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>933</v>
+      </c>
+      <c r="K135" s="8"/>
+    </row>
+    <row r="136" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A136" s="16">
         <v>135</v>
       </c>
       <c r="B136" s="11" t="s">
-        <v>451</v>
+        <v>378</v>
       </c>
       <c r="C136" s="12">
         <v>6027107217</v>
       </c>
       <c r="D136" s="11" t="s">
-        <v>452</v>
+        <v>379</v>
       </c>
       <c r="E136" s="11" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="F136" s="11" t="s">
-        <v>453</v>
+        <v>380</v>
       </c>
       <c r="G136" s="11" t="s">
-        <v>454</v>
+        <v>242</v>
       </c>
       <c r="H136" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I136" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="137" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="K136" s="8"/>
+    </row>
+    <row r="137" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A137" s="16">
         <v>136</v>
       </c>
       <c r="B137" s="11" t="s">
-        <v>455</v>
+        <v>381</v>
       </c>
       <c r="C137" s="12">
         <v>602714449391</v>
       </c>
       <c r="D137" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E137" s="11" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="F137" s="11" t="s">
-        <v>456</v>
+        <v>99</v>
       </c>
       <c r="G137" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H137" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I137" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J137" s="11" t="s">
-        <v>855</v>
-[...9 lines deleted...]
-    <row r="138" spans="1:13" ht="141.75" x14ac:dyDescent="0.25">
+        <v>935</v>
+      </c>
+      <c r="K137" s="8"/>
+    </row>
+    <row r="138" spans="1:11" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A138" s="16">
         <v>137</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>457</v>
+        <v>382</v>
       </c>
       <c r="C138" s="12">
         <v>6027169870</v>
       </c>
       <c r="D138" s="11" t="s">
-        <v>458</v>
+        <v>383</v>
       </c>
       <c r="E138" s="11" t="s">
-        <v>459</v>
+        <v>384</v>
       </c>
       <c r="F138" s="11" t="s">
-        <v>460</v>
+        <v>385</v>
       </c>
       <c r="G138" s="11" t="s">
-        <v>461</v>
+        <v>18</v>
       </c>
       <c r="H138" s="11" t="s">
-        <v>20</v>
+        <v>549</v>
       </c>
       <c r="I138" s="11" t="s">
-        <v>661</v>
+        <v>703</v>
       </c>
       <c r="J138" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="139" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>936</v>
+      </c>
+      <c r="K138" s="8"/>
+    </row>
+    <row r="139" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A139" s="16">
         <v>138</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>462</v>
+        <v>386</v>
       </c>
       <c r="C139" s="12">
         <v>6027202862</v>
       </c>
       <c r="D139" s="11" t="s">
-        <v>463</v>
+        <v>387</v>
       </c>
       <c r="E139" s="11" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>89118813327</v>
+        <v>8</v>
+      </c>
+      <c r="F139" s="11" t="s">
+        <v>388</v>
       </c>
       <c r="G139" s="11" t="s">
-        <v>464</v>
+        <v>10</v>
       </c>
       <c r="H139" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I139" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J139" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="140" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>937</v>
+      </c>
+      <c r="K139" s="8"/>
+    </row>
+    <row r="140" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A140" s="16">
         <v>139</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>465</v>
+        <v>389</v>
       </c>
       <c r="C140" s="12">
         <v>6027161197</v>
       </c>
       <c r="D140" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E140" s="11" t="s">
-        <v>446</v>
+        <v>375</v>
       </c>
       <c r="F140" s="11" t="s">
-        <v>447</v>
+        <v>376</v>
       </c>
       <c r="G140" s="11" t="s">
-        <v>448</v>
+        <v>18</v>
       </c>
       <c r="H140" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I140" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J140" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="141" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>709</v>
+      </c>
+      <c r="K140" s="8"/>
+    </row>
+    <row r="141" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A141" s="16">
         <v>140</v>
       </c>
       <c r="B141" s="11" t="s">
-        <v>466</v>
+        <v>390</v>
       </c>
       <c r="C141" s="12">
         <v>6027166269</v>
       </c>
       <c r="D141" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E141" s="11" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
       <c r="F141" s="11" t="s">
-        <v>1197</v>
+        <v>391</v>
       </c>
       <c r="G141" s="11" t="s">
-        <v>467</v>
+        <v>242</v>
       </c>
       <c r="H141" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I141" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J141" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="142" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>938</v>
+      </c>
+      <c r="K141" s="8"/>
+    </row>
+    <row r="142" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A142" s="16">
         <v>141</v>
       </c>
       <c r="B142" s="11" t="s">
-        <v>468</v>
+        <v>1659</v>
       </c>
       <c r="C142" s="12">
         <v>6027999172</v>
       </c>
       <c r="D142" s="11" t="s">
-        <v>469</v>
+        <v>392</v>
       </c>
       <c r="E142" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F142" s="11" t="s">
-        <v>471</v>
+        <v>394</v>
       </c>
       <c r="G142" s="11" t="s">
-        <v>472</v>
+        <v>18</v>
       </c>
       <c r="H142" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I142" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J142" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="143" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>939</v>
+      </c>
+      <c r="K142" s="8"/>
+    </row>
+    <row r="143" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A143" s="16">
         <v>142</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>473</v>
+        <v>395</v>
       </c>
       <c r="C143" s="12">
         <v>7704328055</v>
       </c>
       <c r="D143" s="11" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E143" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F143" s="11" t="s">
-        <v>474</v>
+        <v>396</v>
       </c>
       <c r="G143" s="11" t="s">
-        <v>475</v>
+        <v>242</v>
       </c>
       <c r="H143" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I143" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J143" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="144" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>940</v>
+      </c>
+      <c r="K143" s="8"/>
+    </row>
+    <row r="144" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A144" s="16">
         <v>143</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>476</v>
+        <v>397</v>
       </c>
       <c r="C144" s="12">
         <v>6027185737</v>
       </c>
       <c r="D144" s="11" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E144" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F144" s="11" t="s">
-        <v>477</v>
+        <v>398</v>
       </c>
       <c r="G144" s="11" t="s">
-        <v>478</v>
+        <v>18</v>
       </c>
       <c r="H144" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I144" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J144" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="145" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>941</v>
+      </c>
+      <c r="K144" s="8"/>
+    </row>
+    <row r="145" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A145" s="16">
         <v>144</v>
       </c>
       <c r="B145" s="11" t="s">
-        <v>479</v>
+        <v>399</v>
       </c>
       <c r="C145" s="12">
         <v>7814300888</v>
       </c>
       <c r="D145" s="11" t="s">
-        <v>480</v>
+        <v>400</v>
       </c>
       <c r="E145" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F145" s="11" t="s">
-        <v>481</v>
+        <v>401</v>
       </c>
       <c r="G145" s="11" t="s">
-        <v>482</v>
+        <v>242</v>
       </c>
       <c r="H145" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I145" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J145" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="146" spans="1:13" ht="141.75" x14ac:dyDescent="0.25">
+        <v>942</v>
+      </c>
+      <c r="K145" s="8"/>
+    </row>
+    <row r="146" spans="1:11" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A146" s="16">
         <v>145</v>
       </c>
       <c r="B146" s="11" t="s">
-        <v>1203</v>
+        <v>943</v>
       </c>
       <c r="C146" s="12">
         <v>602717634770</v>
       </c>
       <c r="D146" s="11" t="s">
-        <v>766</v>
+        <v>631</v>
       </c>
       <c r="E146" s="11" t="s">
-        <v>767</v>
+        <v>632</v>
       </c>
       <c r="F146" s="11" t="s">
-        <v>483</v>
+        <v>99</v>
       </c>
       <c r="G146" s="11" t="s">
-        <v>111</v>
+        <v>242</v>
       </c>
       <c r="H146" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I146" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="147" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J146" s="11"/>
+      <c r="K146" s="8"/>
+    </row>
+    <row r="147" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A147" s="16">
         <v>146</v>
       </c>
       <c r="B147" s="11" t="s">
-        <v>1205</v>
+        <v>944</v>
       </c>
       <c r="C147" s="12">
         <v>6027168266</v>
       </c>
       <c r="D147" s="11" t="s">
-        <v>484</v>
+        <v>402</v>
       </c>
       <c r="E147" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F147" s="11" t="s">
-        <v>485</v>
+        <v>403</v>
       </c>
       <c r="G147" s="11" t="s">
-        <v>486</v>
+        <v>18</v>
       </c>
       <c r="H147" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I147" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J147" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="148" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>945</v>
+      </c>
+      <c r="K147" s="8"/>
+    </row>
+    <row r="148" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A148" s="16">
         <v>147</v>
       </c>
       <c r="B148" s="11" t="s">
-        <v>487</v>
+        <v>404</v>
       </c>
       <c r="C148" s="12">
         <v>6679996150</v>
       </c>
       <c r="D148" s="11" t="s">
-        <v>352</v>
+        <v>301</v>
       </c>
       <c r="E148" s="11" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="F148" s="11" t="s">
-        <v>488</v>
+        <v>405</v>
       </c>
       <c r="G148" s="11" t="s">
-        <v>489</v>
+        <v>242</v>
       </c>
       <c r="H148" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I148" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J148" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="149" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>946</v>
+      </c>
+      <c r="K148" s="8"/>
+    </row>
+    <row r="149" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A149" s="16">
         <v>148</v>
       </c>
       <c r="B149" s="11" t="s">
-        <v>490</v>
+        <v>406</v>
       </c>
       <c r="C149" s="12">
         <v>6027187484</v>
       </c>
       <c r="D149" s="11" t="s">
-        <v>491</v>
+        <v>407</v>
       </c>
       <c r="E149" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F149" s="11" t="s">
-        <v>492</v>
+        <v>408</v>
       </c>
       <c r="G149" s="11" t="s">
-        <v>493</v>
+        <v>242</v>
       </c>
       <c r="H149" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I149" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J149" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="150" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>947</v>
+      </c>
+      <c r="K149" s="8"/>
+    </row>
+    <row r="150" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A150" s="16">
         <v>149</v>
       </c>
       <c r="B150" s="11" t="s">
-        <v>494</v>
+        <v>409</v>
       </c>
       <c r="C150" s="12">
         <v>601801094111</v>
       </c>
       <c r="D150" s="11" t="s">
-        <v>495</v>
+        <v>410</v>
       </c>
       <c r="E150" s="11" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>89658108000</v>
+        <v>411</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>412</v>
       </c>
       <c r="G150" s="11" t="s">
-        <v>497</v>
+        <v>18</v>
       </c>
       <c r="H150" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I150" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J150" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="151" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>948</v>
+      </c>
+      <c r="K150" s="8"/>
+    </row>
+    <row r="151" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A151" s="16">
         <v>150</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>498</v>
+        <v>413</v>
       </c>
       <c r="C151" s="12">
         <v>410501210616</v>
       </c>
       <c r="D151" s="11" t="s">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="E151" s="11" t="s">
-        <v>499</v>
+        <v>414</v>
       </c>
       <c r="F151" s="11" t="s">
-        <v>500</v>
+        <v>415</v>
       </c>
       <c r="G151" s="11" t="s">
-        <v>501</v>
+        <v>242</v>
       </c>
       <c r="H151" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I151" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J151" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="152" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>949</v>
+      </c>
+      <c r="K151" s="8"/>
+    </row>
+    <row r="152" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A152" s="16">
         <v>151</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>502</v>
+        <v>416</v>
       </c>
       <c r="C152" s="12">
         <v>166107042848</v>
       </c>
       <c r="D152" s="11" t="s">
-        <v>503</v>
+        <v>417</v>
       </c>
       <c r="E152" s="11" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>89196323075</v>
+        <v>414</v>
+      </c>
+      <c r="F152" s="11" t="s">
+        <v>418</v>
       </c>
       <c r="G152" s="11" t="s">
-        <v>504</v>
+        <v>242</v>
       </c>
       <c r="H152" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I152" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="153" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J152" s="11"/>
+    </row>
+    <row r="153" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A153" s="16">
         <v>152</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>505</v>
+        <v>419</v>
       </c>
       <c r="C153" s="12">
         <v>772152255949</v>
       </c>
       <c r="D153" s="11" t="s">
-        <v>506</v>
+        <v>420</v>
       </c>
       <c r="E153" s="11" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>89164559988</v>
+        <v>414</v>
+      </c>
+      <c r="F153" s="11" t="s">
+        <v>161</v>
       </c>
       <c r="G153" s="11" t="s">
-        <v>176</v>
+        <v>242</v>
       </c>
       <c r="H153" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I153" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J153" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="154" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>950</v>
+      </c>
+      <c r="K153" s="8"/>
+    </row>
+    <row r="154" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A154" s="16">
         <v>153</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>507</v>
+        <v>421</v>
       </c>
       <c r="C154" s="12">
         <v>321602700010346</v>
       </c>
       <c r="D154" s="11" t="s">
-        <v>508</v>
+        <v>422</v>
       </c>
       <c r="E154" s="11" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>79095760609</v>
+        <v>423</v>
+      </c>
+      <c r="F154" s="11" t="s">
+        <v>99</v>
       </c>
       <c r="G154" s="11" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="H154" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I154" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J154" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="155" spans="1:13" ht="110.25" x14ac:dyDescent="0.25">
+        <v>936</v>
+      </c>
+      <c r="K154" s="8"/>
+    </row>
+    <row r="155" spans="1:11" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A155" s="16">
         <v>154</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>510</v>
+        <v>424</v>
       </c>
       <c r="C155" s="12">
         <v>771373985405</v>
       </c>
       <c r="D155" s="11" t="s">
-        <v>511</v>
+        <v>425</v>
       </c>
       <c r="E155" s="11" t="s">
-        <v>512</v>
+        <v>426</v>
       </c>
       <c r="F155" s="11" t="s">
-        <v>513</v>
+        <v>427</v>
       </c>
       <c r="G155" s="11" t="s">
-        <v>514</v>
+        <v>242</v>
       </c>
       <c r="H155" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I155" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="156" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J155" s="11"/>
+      <c r="K155" s="8"/>
+    </row>
+    <row r="156" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A156" s="16">
         <v>155</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>515</v>
+        <v>428</v>
       </c>
       <c r="C156" s="12">
         <v>7736242587</v>
       </c>
       <c r="D156" s="11" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E156" s="11" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F156" s="11" t="s">
-        <v>518</v>
+        <v>431</v>
       </c>
       <c r="G156" s="11" t="s">
-        <v>519</v>
+        <v>10</v>
       </c>
       <c r="H156" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I156" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J156" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="157" spans="1:13" ht="110.25" x14ac:dyDescent="0.25">
+        <v>951</v>
+      </c>
+      <c r="K156" s="8"/>
+    </row>
+    <row r="157" spans="1:11" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A157" s="16">
         <v>156</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>520</v>
+        <v>432</v>
       </c>
       <c r="C157" s="12">
         <v>6027109550</v>
       </c>
       <c r="D157" s="11" t="s">
-        <v>521</v>
+        <v>433</v>
       </c>
       <c r="E157" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F157" s="11" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="G157" s="11" t="s">
-        <v>523</v>
+        <v>18</v>
       </c>
       <c r="H157" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I157" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J157" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="158" spans="1:13" ht="409.5" x14ac:dyDescent="0.25">
+        <v>952</v>
+      </c>
+      <c r="K157" s="8"/>
+    </row>
+    <row r="158" spans="1:11" ht="409.5" x14ac:dyDescent="0.25">
       <c r="A158" s="16">
         <v>157</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>524</v>
+        <v>435</v>
       </c>
       <c r="C158" s="12">
         <v>6009007435</v>
       </c>
       <c r="D158" s="11" t="s">
-        <v>525</v>
+        <v>436</v>
       </c>
       <c r="E158" s="11" t="s">
-        <v>526</v>
+        <v>437</v>
       </c>
       <c r="F158" s="11" t="s">
-        <v>527</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>438</v>
+      </c>
+      <c r="G158" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="H158" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I158" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J158" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="159" spans="1:13" ht="220.5" x14ac:dyDescent="0.25">
+        <v>953</v>
+      </c>
+      <c r="K158" s="8"/>
+    </row>
+    <row r="159" spans="1:11" ht="220.5" x14ac:dyDescent="0.25">
       <c r="A159" s="16">
         <v>158</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>529</v>
+        <v>439</v>
       </c>
       <c r="C159" s="12">
         <v>6914017801</v>
       </c>
       <c r="D159" s="11" t="s">
-        <v>530</v>
+        <v>440</v>
       </c>
       <c r="E159" s="11" t="s">
-        <v>531</v>
+        <v>441</v>
       </c>
       <c r="F159" s="11" t="s">
-        <v>532</v>
-[...5 lines deleted...]
-        <v>534</v>
+        <v>442</v>
+      </c>
+      <c r="G159" s="17" t="s">
+        <v>443</v>
+      </c>
+      <c r="H159" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I159" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="160" spans="1:13" ht="236.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J159" s="11"/>
+    </row>
+    <row r="160" spans="1:11" ht="236.25" x14ac:dyDescent="0.25">
       <c r="A160" s="16">
         <v>159</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>535</v>
+        <v>444</v>
       </c>
       <c r="C160" s="12">
         <v>6027066659</v>
       </c>
       <c r="D160" s="11" t="s">
-        <v>536</v>
+        <v>445</v>
       </c>
       <c r="E160" s="11" t="s">
-        <v>537</v>
+        <v>446</v>
       </c>
       <c r="F160" s="11" t="s">
-        <v>538</v>
-[...5 lines deleted...]
-        <v>540</v>
+        <v>447</v>
+      </c>
+      <c r="G160" s="17" t="s">
+        <v>448</v>
+      </c>
+      <c r="H160" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I160" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J160" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="161" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
+        <v>954</v>
+      </c>
+      <c r="K160" s="8"/>
+    </row>
+    <row r="161" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A161" s="16">
         <v>160</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>1218</v>
+        <v>955</v>
       </c>
       <c r="C161" s="12">
         <v>600202174013</v>
       </c>
       <c r="D161" s="11" t="s">
-        <v>542</v>
+        <v>450</v>
       </c>
       <c r="E161" s="11" t="s">
-        <v>543</v>
+        <v>451</v>
       </c>
       <c r="F161" s="11" t="s">
-        <v>544</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>452</v>
+      </c>
+      <c r="G161" s="17" t="s">
+        <v>449</v>
+      </c>
+      <c r="H161" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I161" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="162" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J161" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="K161" s="8"/>
+    </row>
+    <row r="162" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A162" s="16">
         <v>161</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>264</v>
+        <v>235</v>
       </c>
       <c r="C162" s="12">
         <v>780614581406</v>
       </c>
       <c r="D162" s="11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E162" s="11" t="s">
-        <v>546</v>
+        <v>453</v>
       </c>
       <c r="F162" s="11" t="s">
-        <v>547</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>454</v>
+      </c>
+      <c r="G162" s="17" t="s">
+        <v>449</v>
+      </c>
+      <c r="H162" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I162" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J162" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="163" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>957</v>
+      </c>
+      <c r="K162" s="8"/>
+    </row>
+    <row r="163" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A163" s="16">
         <v>162</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>549</v>
+        <v>455</v>
       </c>
       <c r="C163" s="12">
         <v>601700484563</v>
       </c>
       <c r="D163" s="11" t="s">
-        <v>550</v>
+        <v>456</v>
       </c>
       <c r="E163" s="11" t="s">
-        <v>551</v>
+        <v>457</v>
       </c>
       <c r="F163" s="11" t="s">
-        <v>552</v>
-[...5 lines deleted...]
-        <v>541</v>
+        <v>99</v>
+      </c>
+      <c r="G163" s="17" t="s">
+        <v>449</v>
+      </c>
+      <c r="H163" s="11" t="s">
+        <v>499</v>
       </c>
       <c r="I163" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="164" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>805</v>
+      </c>
+      <c r="J163" s="11"/>
+      <c r="K163" s="8"/>
+    </row>
+    <row r="164" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A164" s="16">
         <v>163</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>553</v>
+        <v>458</v>
       </c>
       <c r="C164" s="12">
         <v>600501283645</v>
       </c>
       <c r="D164" s="11" t="s">
-        <v>1222</v>
+        <v>958</v>
       </c>
       <c r="E164" s="11" t="s">
-        <v>1222</v>
+        <v>958</v>
       </c>
       <c r="F164" s="11" t="s">
-        <v>554</v>
-[...4 lines deleted...]
-      <c r="H164" s="17">
+        <v>99</v>
+      </c>
+      <c r="G164" s="17">
         <v>44657</v>
       </c>
+      <c r="H164" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I164" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J164" s="11" t="s">
-        <v>855</v>
-[...7 lines deleted...]
-    <row r="165" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>959</v>
+      </c>
+      <c r="K164" s="8"/>
+    </row>
+    <row r="165" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A165" s="16">
         <v>164</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>555</v>
+        <v>459</v>
       </c>
       <c r="C165" s="12">
         <v>600401700398</v>
       </c>
       <c r="D165" s="11" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="E165" s="11" t="s">
-        <v>379</v>
+        <v>321</v>
       </c>
       <c r="F165" s="11" t="s">
-        <v>556</v>
-[...4 lines deleted...]
-      <c r="H165" s="17">
+        <v>460</v>
+      </c>
+      <c r="G165" s="17">
         <v>44657</v>
       </c>
+      <c r="H165" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I165" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="166" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J165" s="11"/>
+    </row>
+    <row r="166" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A166" s="16">
         <v>165</v>
       </c>
       <c r="B166" s="19" t="s">
-        <v>558</v>
+        <v>461</v>
       </c>
       <c r="C166" s="12">
         <v>6027133168</v>
       </c>
       <c r="D166" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E166" s="11" t="s">
-        <v>559</v>
+        <v>462</v>
       </c>
       <c r="F166" s="11" t="s">
-        <v>953</v>
-[...4 lines deleted...]
-      <c r="H166" s="17">
+        <v>463</v>
+      </c>
+      <c r="G166" s="17">
         <v>44888</v>
       </c>
+      <c r="H166" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I166" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="167" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J166" s="1" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A167" s="16">
         <v>166</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>561</v>
+        <v>464</v>
       </c>
       <c r="C167" s="12">
         <v>780215779122</v>
       </c>
       <c r="D167" s="11" t="s">
-        <v>562</v>
+        <v>465</v>
       </c>
       <c r="E167" s="11" t="s">
-        <v>563</v>
+        <v>466</v>
       </c>
       <c r="F167" s="11" t="s">
-        <v>956</v>
-[...4 lines deleted...]
-      <c r="H167" s="17">
+        <v>781</v>
+      </c>
+      <c r="G167" s="17">
         <v>44974</v>
       </c>
+      <c r="H167" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I167" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="168" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J167" s="1" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A168" s="16">
         <v>167</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>564</v>
+        <v>467</v>
       </c>
       <c r="C168" s="12">
         <v>6027041904</v>
       </c>
       <c r="D168" s="11" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E168" s="11" t="s">
-        <v>857</v>
+        <v>704</v>
       </c>
       <c r="F168" s="11" t="s">
-        <v>856</v>
+        <v>524</v>
       </c>
       <c r="G168" s="11" t="s">
-        <v>632</v>
+        <v>185</v>
       </c>
       <c r="H168" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I168" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="169" spans="1:13" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J168" s="1" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A169" s="16">
         <v>168</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>565</v>
+        <v>468</v>
       </c>
       <c r="C169" s="12">
         <v>6027017789</v>
       </c>
       <c r="D169" s="11" t="s">
-        <v>566</v>
+        <v>469</v>
       </c>
       <c r="E169" s="11" t="s">
-        <v>859</v>
+        <v>706</v>
       </c>
       <c r="F169" s="11" t="s">
-        <v>567</v>
+        <v>470</v>
       </c>
       <c r="G169" s="11" t="s">
-        <v>568</v>
+        <v>185</v>
       </c>
       <c r="H169" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I169" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="170" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J169" s="1" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A170" s="16">
         <v>169</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>569</v>
+        <v>471</v>
       </c>
       <c r="C170" s="12">
         <v>602710365775</v>
       </c>
       <c r="D170" s="11" t="s">
-        <v>862</v>
+        <v>708</v>
       </c>
       <c r="E170" s="11" t="s">
-        <v>865</v>
+        <v>711</v>
       </c>
       <c r="F170" s="11" t="s">
-        <v>861</v>
+        <v>9</v>
       </c>
       <c r="G170" s="11" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="H170" s="11" t="s">
-        <v>201</v>
+        <v>499</v>
       </c>
       <c r="I170" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="171" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J170" s="1" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A171" s="16">
         <v>170</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>571</v>
+        <v>473</v>
       </c>
       <c r="C171" s="12">
         <v>781020261595</v>
       </c>
       <c r="D171" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E171" s="11" t="s">
-        <v>866</v>
+        <v>712</v>
       </c>
       <c r="F171" s="11" t="s">
-        <v>572</v>
+        <v>9</v>
       </c>
       <c r="G171" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H171" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I171" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="172" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J171" s="1" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A172" s="16">
         <v>171</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>573</v>
+        <v>474</v>
       </c>
       <c r="C172" s="12">
         <v>263007331307</v>
       </c>
       <c r="D172" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E172" s="11" t="s">
-        <v>570</v>
+        <v>472</v>
       </c>
       <c r="F172" s="11" t="s">
-        <v>574</v>
+        <v>475</v>
       </c>
       <c r="G172" s="11" t="s">
-        <v>575</v>
+        <v>242</v>
       </c>
       <c r="H172" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I172" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J172" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="173" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A173" s="16">
         <v>172</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>576</v>
+        <v>476</v>
       </c>
       <c r="C173" s="12">
         <v>602511532333</v>
       </c>
       <c r="D173" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E173" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="E173" s="11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F173" s="11" t="s">
-        <v>577</v>
+        <v>477</v>
       </c>
       <c r="G173" s="11" t="s">
-        <v>578</v>
+        <v>242</v>
       </c>
       <c r="H173" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I173" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="174" spans="1:13" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J173" s="1" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A174" s="16">
         <v>173</v>
       </c>
       <c r="B174" s="11" t="s">
-        <v>579</v>
+        <v>478</v>
       </c>
       <c r="C174" s="12">
         <v>7325134063</v>
       </c>
       <c r="D174" s="11" t="s">
-        <v>868</v>
+        <v>714</v>
       </c>
       <c r="E174" s="11" t="s">
-        <v>580</v>
+        <v>479</v>
       </c>
       <c r="F174" s="11" t="s">
-        <v>869</v>
+        <v>480</v>
       </c>
       <c r="G174" s="11" t="s">
-        <v>581</v>
+        <v>18</v>
       </c>
       <c r="H174" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I174" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="175" spans="1:13" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J174" s="1" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A175" s="16">
         <v>174</v>
       </c>
       <c r="B175" s="11" t="s">
-        <v>582</v>
+        <v>481</v>
       </c>
       <c r="C175" s="12">
         <v>6027191762</v>
       </c>
       <c r="D175" s="11" t="s">
-        <v>870</v>
+        <v>715</v>
       </c>
       <c r="E175" s="11" t="s">
-        <v>580</v>
+        <v>479</v>
       </c>
       <c r="F175" s="11" t="s">
-        <v>872</v>
+        <v>482</v>
       </c>
       <c r="G175" s="11" t="s">
-        <v>583</v>
+        <v>10</v>
       </c>
       <c r="H175" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I175" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="176" spans="1:13" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J175" s="1" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A176" s="16">
         <v>175</v>
       </c>
       <c r="B176" s="11" t="s">
-        <v>584</v>
+        <v>483</v>
       </c>
       <c r="C176" s="12">
         <v>650803196863</v>
       </c>
       <c r="D176" s="11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="E176" s="11" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>89113845805</v>
+        <v>479</v>
+      </c>
+      <c r="F176" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="G176" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H176" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I176" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="177" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J176" s="1" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A177" s="16">
         <v>176</v>
       </c>
       <c r="B177" s="11" t="s">
-        <v>585</v>
+        <v>484</v>
       </c>
       <c r="C177" s="12">
         <v>602717229210</v>
       </c>
       <c r="D177" s="11" t="s">
-        <v>586</v>
+        <v>485</v>
       </c>
       <c r="E177" s="11" t="s">
-        <v>446</v>
+        <v>375</v>
       </c>
       <c r="F177" s="11" t="s">
-        <v>447</v>
+        <v>718</v>
       </c>
       <c r="G177" s="11" t="s">
-        <v>874</v>
+        <v>18</v>
       </c>
       <c r="H177" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I177" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="178" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J177" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A178" s="16">
         <v>177</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>587</v>
+        <v>486</v>
       </c>
       <c r="C178" s="12">
         <v>602709656321</v>
       </c>
       <c r="D178" s="11" t="s">
-        <v>868</v>
+        <v>714</v>
       </c>
       <c r="E178" s="11" t="s">
-        <v>580</v>
+        <v>479</v>
       </c>
       <c r="F178" s="11" t="s">
-        <v>875</v>
+        <v>9</v>
       </c>
       <c r="G178" s="11" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="H178" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I178" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="179" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J178" s="11"/>
+    </row>
+    <row r="179" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A179" s="16">
         <v>178</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>588</v>
+        <v>487</v>
       </c>
       <c r="C179" s="12">
         <v>602707885502</v>
       </c>
       <c r="D179" s="11" t="s">
-        <v>589</v>
+        <v>488</v>
       </c>
       <c r="E179" s="11" t="s">
-        <v>589</v>
+        <v>488</v>
       </c>
       <c r="F179" s="11" t="s">
-        <v>590</v>
+        <v>9</v>
       </c>
       <c r="G179" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H179" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I179" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="180" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J179" s="11"/>
+    </row>
+    <row r="180" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A180" s="16">
         <v>179</v>
       </c>
       <c r="B180" s="11" t="s">
-        <v>591</v>
+        <v>489</v>
       </c>
       <c r="C180" s="12">
         <v>602715914757</v>
       </c>
       <c r="D180" s="11" t="s">
-        <v>592</v>
+        <v>490</v>
       </c>
       <c r="E180" s="11" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>79113694107</v>
+        <v>1641</v>
+      </c>
+      <c r="F180" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="G180" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H180" s="11" t="s">
-        <v>273</v>
+        <v>549</v>
       </c>
       <c r="I180" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="181" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J180" s="1" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A181" s="16">
         <v>180</v>
       </c>
       <c r="B181" s="11" t="s">
-        <v>594</v>
+        <v>491</v>
       </c>
       <c r="C181" s="12">
         <v>7801242519</v>
       </c>
       <c r="D181" s="11" t="s">
-        <v>870</v>
+        <v>715</v>
       </c>
       <c r="E181" s="11" t="s">
-        <v>580</v>
+        <v>479</v>
       </c>
       <c r="F181" s="11" t="s">
-        <v>595</v>
+        <v>9</v>
       </c>
       <c r="G181" s="11" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="H181" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I181" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="182" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J181" s="1" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A182" s="16">
         <v>181</v>
       </c>
       <c r="B182" s="11" t="s">
-        <v>596</v>
+        <v>492</v>
       </c>
       <c r="C182" s="12">
         <v>753608902009</v>
       </c>
       <c r="D182" s="11" t="s">
-        <v>597</v>
+        <v>493</v>
       </c>
       <c r="E182" s="11" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>89818124113</v>
+        <v>493</v>
+      </c>
+      <c r="F182" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="G182" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H182" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I182" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="183" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J182" s="11"/>
+    </row>
+    <row r="183" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A183" s="16">
         <v>182</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>598</v>
+        <v>494</v>
       </c>
       <c r="C183" s="12">
         <v>600400765402</v>
       </c>
       <c r="D183" s="11" t="s">
-        <v>870</v>
+        <v>715</v>
       </c>
       <c r="E183" s="11" t="s">
-        <v>580</v>
+        <v>479</v>
       </c>
       <c r="F183" s="11" t="s">
-        <v>878</v>
+        <v>9</v>
       </c>
       <c r="G183" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H183" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I183" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="184" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J183" s="1" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A184" s="16">
         <v>183</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>599</v>
+        <v>495</v>
       </c>
       <c r="C184" s="12">
         <v>602704084550</v>
       </c>
       <c r="D184" s="11" t="s">
-        <v>600</v>
+        <v>496</v>
       </c>
       <c r="E184" s="11" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>79113617919</v>
+        <v>496</v>
+      </c>
+      <c r="F184" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="G184" s="11" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="H184" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I184" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="185" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J184" s="11"/>
+    </row>
+    <row r="185" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A185" s="16">
         <v>184</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>601</v>
+        <v>497</v>
       </c>
       <c r="C185" s="12">
         <v>601201541600</v>
       </c>
       <c r="D185" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E185" s="11" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>89532490770</v>
+        <v>721</v>
+      </c>
+      <c r="F185" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="G185" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H185" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I185" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="186" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J185" s="11"/>
+    </row>
+    <row r="186" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A186" s="16">
         <v>185</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>605</v>
+        <v>501</v>
       </c>
       <c r="C186" s="12">
         <v>6027127975</v>
       </c>
       <c r="D186" s="11" t="s">
-        <v>606</v>
+        <v>502</v>
       </c>
       <c r="E186" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F186" s="11" t="s">
-        <v>756</v>
+        <v>723</v>
       </c>
       <c r="G186" s="11" t="s">
-        <v>881</v>
+        <v>18</v>
       </c>
       <c r="H186" s="11" t="s">
-        <v>20</v>
+        <v>603</v>
       </c>
       <c r="I186" s="11" t="s">
-        <v>729</v>
-[...9 lines deleted...]
-    <row r="187" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J186" s="1" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A187" s="16">
         <v>186</v>
       </c>
       <c r="B187" s="11" t="s">
-        <v>611</v>
+        <v>506</v>
       </c>
       <c r="C187" s="12">
         <v>7718671752</v>
       </c>
       <c r="D187" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E187" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F187" s="11" t="s">
-        <v>883</v>
+        <v>507</v>
       </c>
       <c r="G187" s="11" t="s">
-        <v>612</v>
+        <v>242</v>
       </c>
       <c r="H187" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I187" s="11" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J187" s="11" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="188" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A188" s="16">
         <v>187</v>
       </c>
       <c r="B188" s="11" t="s">
-        <v>607</v>
+        <v>503</v>
       </c>
       <c r="C188" s="12">
         <v>6027022700</v>
       </c>
       <c r="D188" s="11" t="s">
-        <v>608</v>
+        <v>504</v>
       </c>
       <c r="E188" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F188" s="11" t="s">
-        <v>610</v>
+        <v>505</v>
       </c>
       <c r="G188" s="11" t="s">
-        <v>609</v>
+        <v>18</v>
       </c>
       <c r="H188" s="11" t="s">
-        <v>20</v>
+        <v>499</v>
       </c>
       <c r="I188" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="189" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J188" s="1" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A189" s="16">
         <v>188</v>
       </c>
       <c r="B189" s="11" t="s">
-        <v>613</v>
+        <v>508</v>
       </c>
       <c r="C189" s="12">
         <v>4705076013</v>
       </c>
       <c r="D189" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E189" s="11" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="F189" s="11" t="s">
-        <v>886</v>
+        <v>509</v>
       </c>
       <c r="G189" s="11" t="s">
-        <v>614</v>
+        <v>242</v>
       </c>
       <c r="H189" s="11" t="s">
-        <v>273</v>
+        <v>499</v>
       </c>
       <c r="I189" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="190" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J189" s="1" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A190" s="16">
         <v>189</v>
       </c>
       <c r="B190" s="11" t="s">
-        <v>618</v>
+        <v>513</v>
       </c>
       <c r="C190" s="12">
         <v>6027130865</v>
       </c>
       <c r="D190" s="11" t="s">
-        <v>619</v>
+        <v>514</v>
       </c>
       <c r="E190" s="11" t="s">
-        <v>620</v>
+        <v>515</v>
       </c>
       <c r="F190" s="11" t="s">
-        <v>621</v>
+        <v>516</v>
       </c>
       <c r="G190" s="11" t="s">
-        <v>622</v>
+        <v>10</v>
       </c>
       <c r="H190" s="11" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="I190" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="191" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J190" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A191" s="16">
         <v>190</v>
       </c>
       <c r="B191" s="11" t="s">
-        <v>615</v>
+        <v>510</v>
       </c>
       <c r="C191" s="12">
         <v>602715190913</v>
       </c>
       <c r="D191" s="11" t="s">
-        <v>616</v>
+        <v>511</v>
       </c>
       <c r="E191" s="11" t="s">
-        <v>888</v>
+        <v>728</v>
       </c>
       <c r="F191" s="11" t="s">
-        <v>890</v>
+        <v>99</v>
       </c>
       <c r="G191" s="11" t="s">
-        <v>111</v>
+        <v>512</v>
       </c>
       <c r="H191" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I191" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="192" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J191" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A192" s="16">
         <v>191</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>623</v>
+        <v>517</v>
       </c>
       <c r="C192" s="12">
         <v>5751039836</v>
       </c>
       <c r="D192" s="11" t="s">
-        <v>627</v>
+        <v>520</v>
       </c>
       <c r="E192" s="11" t="s">
-        <v>624</v>
+        <v>518</v>
       </c>
       <c r="F192" s="11" t="s">
-        <v>625</v>
+        <v>519</v>
       </c>
       <c r="G192" s="11" t="s">
-        <v>626</v>
+        <v>512</v>
       </c>
       <c r="H192" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I192" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="193" spans="1:12" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J192" s="1" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="16">
         <v>192</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>628</v>
+        <v>521</v>
       </c>
       <c r="C193" s="12">
         <v>602504527847</v>
       </c>
       <c r="D193" s="11" t="s">
-        <v>292</v>
+        <v>254</v>
       </c>
       <c r="E193" s="11" t="s">
-        <v>631</v>
+        <v>523</v>
       </c>
       <c r="F193" s="11" t="s">
-        <v>629</v>
+        <v>522</v>
       </c>
       <c r="G193" s="11" t="s">
-        <v>630</v>
+        <v>512</v>
       </c>
       <c r="H193" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I193" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="194" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J193" s="1" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A194" s="16">
         <v>193</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>633</v>
+        <v>525</v>
       </c>
       <c r="C194" s="12">
         <v>781628181270</v>
       </c>
       <c r="D194" s="11" t="s">
-        <v>634</v>
+        <v>526</v>
       </c>
       <c r="E194" s="11" t="s">
-        <v>635</v>
+        <v>527</v>
       </c>
       <c r="F194" s="11" t="s">
-        <v>636</v>
+        <v>89</v>
       </c>
       <c r="G194" s="11" t="s">
-        <v>100</v>
+        <v>512</v>
       </c>
       <c r="H194" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I194" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="195" spans="1:12" ht="189" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J194" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" ht="189" x14ac:dyDescent="0.25">
       <c r="A195" s="16">
         <v>194</v>
       </c>
       <c r="B195" s="11" t="s">
-        <v>638</v>
+        <v>529</v>
       </c>
       <c r="C195" s="12" t="s">
-        <v>637</v>
+        <v>528</v>
       </c>
       <c r="D195" s="11" t="s">
-        <v>639</v>
+        <v>530</v>
       </c>
       <c r="E195" s="11" t="s">
-        <v>640</v>
+        <v>531</v>
       </c>
       <c r="F195" s="11" t="s">
-        <v>895</v>
+        <v>532</v>
       </c>
       <c r="G195" s="11" t="s">
-        <v>641</v>
+        <v>512</v>
       </c>
       <c r="H195" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I195" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="196" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J195" s="1" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A196" s="16">
         <v>195</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>642</v>
+        <v>533</v>
       </c>
       <c r="C196" s="12">
         <v>602507649917</v>
       </c>
       <c r="D196" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E196" s="11" t="s">
-        <v>643</v>
+        <v>534</v>
       </c>
       <c r="F196" s="11" t="s">
-        <v>897</v>
+        <v>535</v>
       </c>
       <c r="G196" s="11" t="s">
-        <v>644</v>
+        <v>512</v>
       </c>
       <c r="H196" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I196" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="197" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J196" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A197" s="16">
         <v>196</v>
       </c>
       <c r="B197" s="11" t="s">
-        <v>900</v>
+        <v>736</v>
       </c>
       <c r="C197" s="12">
         <v>6027125907</v>
       </c>
       <c r="D197" s="11" t="s">
-        <v>650</v>
+        <v>540</v>
       </c>
       <c r="E197" s="11" t="s">
-        <v>646</v>
+        <v>537</v>
       </c>
       <c r="F197" s="11" t="s">
-        <v>899</v>
+        <v>536</v>
       </c>
       <c r="G197" s="11" t="s">
-        <v>645</v>
+        <v>512</v>
       </c>
       <c r="H197" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I197" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="198" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J197" s="1" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A198" s="16">
         <v>197</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>647</v>
+        <v>538</v>
       </c>
       <c r="C198" s="12">
         <v>601201274306</v>
       </c>
       <c r="D198" s="11" t="s">
-        <v>651</v>
+        <v>541</v>
       </c>
       <c r="E198" s="11" t="s">
-        <v>648</v>
+        <v>539</v>
       </c>
       <c r="F198" s="11" t="s">
-        <v>649</v>
+        <v>80</v>
       </c>
       <c r="G198" s="11" t="s">
-        <v>91</v>
+        <v>512</v>
       </c>
       <c r="H198" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I198" s="11" t="s">
-        <v>603</v>
-[...11 lines deleted...]
-    <row r="199" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J198" s="1" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A199" s="16">
         <v>198</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>652</v>
+        <v>542</v>
       </c>
       <c r="C199" s="12">
         <v>601501213551</v>
       </c>
       <c r="D199" s="11" t="s">
-        <v>653</v>
+        <v>543</v>
       </c>
       <c r="E199" s="11" t="s">
-        <v>654</v>
+        <v>544</v>
       </c>
       <c r="F199" s="11" t="s">
-        <v>655</v>
+        <v>545</v>
       </c>
       <c r="G199" s="11" t="s">
-        <v>656</v>
+        <v>512</v>
       </c>
       <c r="H199" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I199" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="200" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J199" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A200" s="16">
         <v>199</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>658</v>
+        <v>547</v>
       </c>
       <c r="C200" s="12">
         <v>1224008142</v>
       </c>
       <c r="D200" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E200" s="11" t="s">
-        <v>659</v>
+        <v>548</v>
       </c>
       <c r="F200" s="11" t="s">
-        <v>660</v>
+        <v>546</v>
       </c>
       <c r="G200" s="11" t="s">
-        <v>657</v>
+        <v>512</v>
       </c>
       <c r="H200" s="11" t="s">
-        <v>617</v>
+        <v>549</v>
       </c>
       <c r="I200" s="11" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="201" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J200" s="1" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A201" s="16">
         <v>200</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>662</v>
+        <v>550</v>
       </c>
       <c r="C201" s="12">
         <v>511006296148</v>
       </c>
       <c r="D201" s="11" t="s">
-        <v>663</v>
+        <v>551</v>
       </c>
       <c r="E201" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F201" s="11" t="s">
-        <v>665</v>
+        <v>552</v>
       </c>
       <c r="G201" s="11" t="s">
-        <v>664</v>
+        <v>512</v>
       </c>
       <c r="H201" s="11" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="I201" s="11" t="s">
-        <v>729</v>
-[...9 lines deleted...]
-    <row r="202" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J201" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A202" s="16">
         <v>201</v>
       </c>
       <c r="B202" s="11" t="s">
-        <v>666</v>
+        <v>553</v>
       </c>
       <c r="C202" s="12">
         <v>602703209165</v>
       </c>
       <c r="D202" s="11" t="s">
-        <v>667</v>
+        <v>554</v>
       </c>
       <c r="E202" s="11" t="s">
-        <v>904</v>
+        <v>740</v>
       </c>
       <c r="F202" s="11" t="s">
-        <v>668</v>
+        <v>555</v>
       </c>
       <c r="G202" s="11" t="s">
-        <v>669</v>
+        <v>512</v>
       </c>
       <c r="H202" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I202" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="203" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J202" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A203" s="16">
         <v>202</v>
       </c>
       <c r="B203" s="11" t="s">
-        <v>670</v>
+        <v>556</v>
       </c>
       <c r="C203" s="12">
         <v>7842182749</v>
       </c>
       <c r="D203" s="11" t="s">
-        <v>671</v>
+        <v>557</v>
       </c>
       <c r="E203" s="11" t="s">
-        <v>672</v>
+        <v>558</v>
       </c>
       <c r="F203" s="11" t="s">
-        <v>673</v>
+        <v>559</v>
       </c>
       <c r="G203" s="11" t="s">
-        <v>674</v>
+        <v>512</v>
       </c>
       <c r="H203" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I203" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="204" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J203" s="1" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A204" s="16">
         <v>203</v>
       </c>
       <c r="B204" s="11" t="s">
-        <v>675</v>
+        <v>560</v>
       </c>
       <c r="C204" s="12">
         <v>602508008585</v>
       </c>
       <c r="D204" s="11" t="s">
-        <v>634</v>
+        <v>526</v>
       </c>
       <c r="E204" s="11" t="s">
-        <v>676</v>
+        <v>561</v>
       </c>
       <c r="F204" s="11" t="s">
-        <v>677</v>
+        <v>562</v>
       </c>
       <c r="G204" s="11" t="s">
-        <v>678</v>
+        <v>512</v>
       </c>
       <c r="H204" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I204" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="205" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J204" s="11"/>
+    </row>
+    <row r="205" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A205" s="16">
         <v>204</v>
       </c>
       <c r="B205" s="11" t="s">
-        <v>679</v>
+        <v>563</v>
       </c>
       <c r="C205" s="24">
         <v>602503313955</v>
       </c>
       <c r="D205" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E205" s="11" t="s">
-        <v>680</v>
+        <v>564</v>
       </c>
       <c r="F205" s="11" t="s">
-        <v>681</v>
+        <v>565</v>
       </c>
       <c r="G205" s="11" t="s">
-        <v>682</v>
+        <v>512</v>
       </c>
       <c r="H205" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I205" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="206" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J205" s="1" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A206" s="16">
         <v>205</v>
       </c>
       <c r="B206" s="11" t="s">
-        <v>683</v>
+        <v>566</v>
       </c>
       <c r="C206" s="19">
         <v>2309079930</v>
       </c>
       <c r="D206" s="11" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="E206" s="11" t="s">
-        <v>684</v>
+        <v>567</v>
       </c>
       <c r="F206" s="11" t="s">
-        <v>685</v>
+        <v>568</v>
       </c>
       <c r="G206" s="11" t="s">
-        <v>686</v>
+        <v>512</v>
       </c>
       <c r="H206" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I206" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="207" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J206" s="1" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A207" s="16">
         <v>206</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>687</v>
+        <v>569</v>
       </c>
       <c r="C207" s="24">
         <v>601300061394</v>
       </c>
       <c r="D207" s="11" t="s">
-        <v>688</v>
+        <v>570</v>
       </c>
       <c r="E207" s="11" t="s">
-        <v>689</v>
+        <v>571</v>
       </c>
       <c r="F207" s="11" t="s">
-        <v>690</v>
+        <v>572</v>
       </c>
       <c r="G207" s="11" t="s">
-        <v>691</v>
+        <v>512</v>
       </c>
       <c r="H207" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I207" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="208" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J207" s="11"/>
+    </row>
+    <row r="208" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A208" s="16">
         <v>207</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>692</v>
+        <v>573</v>
       </c>
       <c r="C208" s="19">
         <v>6027093229</v>
       </c>
       <c r="D208" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E208" s="11" t="s">
-        <v>909</v>
+        <v>745</v>
       </c>
       <c r="F208" s="11" t="s">
-        <v>693</v>
+        <v>574</v>
       </c>
       <c r="G208" s="11" t="s">
-        <v>694</v>
+        <v>512</v>
       </c>
       <c r="H208" s="11" t="s">
-        <v>617</v>
+        <v>549</v>
       </c>
       <c r="I208" s="11" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="209" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J208" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A209" s="16">
         <v>208</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>695</v>
+        <v>575</v>
       </c>
       <c r="C209" s="24">
         <v>780610918088</v>
       </c>
       <c r="D209" s="11" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="E209" s="11" t="s">
-        <v>696</v>
+        <v>576</v>
       </c>
       <c r="F209" s="11" t="s">
-        <v>697</v>
+        <v>577</v>
       </c>
       <c r="G209" s="11" t="s">
-        <v>698</v>
+        <v>512</v>
       </c>
       <c r="H209" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I209" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="210" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J209" s="1" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A210" s="16">
         <v>209</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>699</v>
+        <v>578</v>
       </c>
       <c r="C210" s="24">
         <v>7734445528</v>
       </c>
       <c r="D210" s="11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E210" s="11" t="s">
-        <v>700</v>
+        <v>579</v>
       </c>
       <c r="F210" s="11" t="s">
-        <v>913</v>
+        <v>749</v>
       </c>
       <c r="G210" s="11" t="s">
-        <v>914</v>
+        <v>512</v>
       </c>
       <c r="H210" s="11" t="s">
-        <v>617</v>
+        <v>580</v>
       </c>
       <c r="I210" s="11" t="s">
-        <v>701</v>
-[...9 lines deleted...]
-    <row r="211" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J210" s="1" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A211" s="16">
         <v>210</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>702</v>
+        <v>581</v>
       </c>
       <c r="C211" s="24">
         <v>7802463415</v>
       </c>
       <c r="D211" s="11" t="s">
-        <v>703</v>
+        <v>582</v>
       </c>
       <c r="E211" s="11" t="s">
-        <v>704</v>
+        <v>583</v>
       </c>
       <c r="F211" s="11" t="s">
-        <v>705</v>
+        <v>584</v>
       </c>
       <c r="G211" s="11" t="s">
-        <v>706</v>
+        <v>512</v>
       </c>
       <c r="H211" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I211" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="212" spans="1:17" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J211" s="1" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A212" s="16">
         <v>211</v>
       </c>
       <c r="B212" s="11" t="s">
-        <v>707</v>
+        <v>585</v>
       </c>
       <c r="C212" s="24">
         <v>6027075565</v>
       </c>
       <c r="D212" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E212" s="11" t="s">
-        <v>708</v>
+        <v>586</v>
       </c>
       <c r="F212" s="11" t="s">
-        <v>709</v>
+        <v>587</v>
       </c>
       <c r="G212" s="11" t="s">
-        <v>710</v>
+        <v>512</v>
       </c>
       <c r="H212" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I212" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="213" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J212" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A213" s="16">
         <v>212</v>
       </c>
       <c r="B213" s="11" t="s">
-        <v>711</v>
+        <v>588</v>
       </c>
       <c r="C213" s="11">
         <v>6027116067</v>
       </c>
       <c r="D213" s="11" t="s">
-        <v>712</v>
+        <v>589</v>
       </c>
       <c r="E213" s="11" t="s">
-        <v>713</v>
+        <v>590</v>
       </c>
       <c r="F213" s="11" t="s">
-        <v>714</v>
+        <v>591</v>
       </c>
       <c r="G213" s="11" t="s">
-        <v>715</v>
+        <v>512</v>
       </c>
       <c r="H213" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I213" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="214" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J213" s="1" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A214" s="16">
         <v>213</v>
       </c>
       <c r="B214" s="11" t="s">
-        <v>716</v>
+        <v>592</v>
       </c>
       <c r="C214" s="12">
         <v>860300321140</v>
       </c>
       <c r="D214" s="11" t="s">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="E214" s="11" t="s">
-        <v>717</v>
+        <v>593</v>
       </c>
       <c r="F214" s="11" t="s">
-        <v>718</v>
+        <v>594</v>
       </c>
       <c r="G214" s="11" t="s">
-        <v>719</v>
+        <v>512</v>
       </c>
       <c r="H214" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I214" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="215" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J214" s="11"/>
+    </row>
+    <row r="215" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A215" s="16">
         <v>214</v>
       </c>
       <c r="B215" s="11" t="s">
-        <v>720</v>
+        <v>595</v>
       </c>
       <c r="C215" s="12">
         <v>7816273083</v>
       </c>
       <c r="D215" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E215" s="11" t="s">
-        <v>721</v>
+        <v>596</v>
       </c>
       <c r="F215" s="11" t="s">
-        <v>722</v>
+        <v>597</v>
       </c>
       <c r="G215" s="11" t="s">
-        <v>723</v>
+        <v>512</v>
       </c>
       <c r="H215" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I215" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="216" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J215" s="1" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A216" s="16">
         <v>215</v>
       </c>
       <c r="B216" s="11" t="s">
-        <v>724</v>
+        <v>598</v>
       </c>
       <c r="C216" s="24">
         <v>782064320507</v>
       </c>
       <c r="D216" s="11" t="s">
-        <v>725</v>
+        <v>599</v>
       </c>
       <c r="E216" s="11" t="s">
-        <v>726</v>
+        <v>600</v>
       </c>
       <c r="F216" s="11" t="s">
-        <v>920</v>
+        <v>601</v>
       </c>
       <c r="G216" s="11" t="s">
-        <v>727</v>
+        <v>512</v>
       </c>
       <c r="H216" s="11" t="s">
-        <v>617</v>
+        <v>499</v>
       </c>
       <c r="I216" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="217" spans="1:17" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J216" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A217" s="16">
         <v>216</v>
       </c>
       <c r="B217" s="11" t="s">
-        <v>731</v>
+        <v>605</v>
       </c>
       <c r="C217" s="24">
         <v>6027015291</v>
       </c>
       <c r="D217" s="11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E217" s="11" t="s">
-        <v>732</v>
+        <v>606</v>
       </c>
       <c r="F217" s="11" t="s">
-        <v>921</v>
+        <v>607</v>
       </c>
       <c r="G217" s="11" t="s">
-        <v>733</v>
+        <v>602</v>
       </c>
       <c r="H217" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I217" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="218" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J217" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="O217" s="7"/>
+    </row>
+    <row r="218" spans="1:15" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A218" s="16">
         <v>217</v>
       </c>
       <c r="B218" s="11" t="s">
-        <v>734</v>
+        <v>608</v>
       </c>
       <c r="C218" s="24">
         <v>6027104872</v>
       </c>
       <c r="D218" s="11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E218" s="11" t="s">
-        <v>735</v>
+        <v>609</v>
       </c>
       <c r="F218" s="11" t="s">
-        <v>736</v>
+        <v>610</v>
       </c>
       <c r="G218" s="11" t="s">
-        <v>737</v>
+        <v>602</v>
       </c>
       <c r="H218" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I218" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="219" spans="1:17" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J218" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="O218" s="7"/>
+    </row>
+    <row r="219" spans="1:15" ht="126" x14ac:dyDescent="0.25">
       <c r="A219" s="16">
         <v>218</v>
       </c>
       <c r="B219" s="11" t="s">
-        <v>738</v>
+        <v>611</v>
       </c>
       <c r="C219" s="24">
         <v>143528216202</v>
       </c>
       <c r="D219" s="11" t="s">
-        <v>739</v>
+        <v>612</v>
       </c>
       <c r="E219" s="11" t="s">
-        <v>740</v>
+        <v>613</v>
       </c>
       <c r="F219" s="11" t="s">
-        <v>741</v>
+        <v>614</v>
       </c>
       <c r="G219" s="11" t="s">
-        <v>742</v>
+        <v>602</v>
       </c>
       <c r="H219" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I219" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="220" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J219" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="O219" s="7"/>
+    </row>
+    <row r="220" spans="1:15" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A220" s="16">
         <v>219</v>
       </c>
       <c r="B220" s="11" t="s">
-        <v>743</v>
+        <v>615</v>
       </c>
       <c r="C220" s="24">
         <v>280124449074</v>
       </c>
       <c r="D220" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E220" s="11" t="s">
-        <v>744</v>
+        <v>616</v>
       </c>
       <c r="F220" s="11" t="s">
-        <v>745</v>
+        <v>617</v>
       </c>
       <c r="G220" s="11" t="s">
-        <v>746</v>
+        <v>602</v>
       </c>
       <c r="H220" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I220" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="221" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J220" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="O220" s="7"/>
+    </row>
+    <row r="221" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A221" s="16">
         <v>220</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>747</v>
+        <v>618</v>
       </c>
       <c r="C221" s="19">
         <v>1011011662</v>
       </c>
       <c r="D221" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E221" s="11" t="s">
-        <v>749</v>
+        <v>620</v>
       </c>
       <c r="F221" s="11" t="s">
-        <v>750</v>
+        <v>619</v>
       </c>
       <c r="G221" s="11" t="s">
-        <v>748</v>
+        <v>602</v>
       </c>
       <c r="H221" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I221" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="222" spans="1:17" ht="110.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J221" s="11"/>
+      <c r="O221" s="7"/>
+    </row>
+    <row r="222" spans="1:15" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A222" s="16">
         <v>221</v>
       </c>
       <c r="B222" s="11" t="s">
-        <v>751</v>
+        <v>621</v>
       </c>
       <c r="C222" s="19">
         <v>6027071120</v>
       </c>
       <c r="D222" s="11" t="s">
-        <v>928</v>
+        <v>761</v>
       </c>
       <c r="E222" s="11" t="s">
-        <v>927</v>
+        <v>760</v>
       </c>
       <c r="F222" s="11" t="s">
-        <v>752</v>
+        <v>604</v>
       </c>
       <c r="G222" s="11" t="s">
-        <v>730</v>
+        <v>602</v>
       </c>
       <c r="H222" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I222" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="223" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J222" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="O222" s="7"/>
+    </row>
+    <row r="223" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A223" s="16">
         <v>222</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>753</v>
+        <v>622</v>
       </c>
       <c r="C223" s="19">
         <v>9710088704</v>
       </c>
       <c r="D223" s="11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E223" s="11" t="s">
-        <v>929</v>
+        <v>762</v>
       </c>
       <c r="F223" s="11" t="s">
-        <v>754</v>
+        <v>623</v>
       </c>
       <c r="G223" s="11" t="s">
-        <v>755</v>
+        <v>602</v>
       </c>
       <c r="H223" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I223" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="224" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J223" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="O223" s="7"/>
+    </row>
+    <row r="224" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A224" s="16">
         <v>223</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>757</v>
+        <v>624</v>
       </c>
       <c r="C224" s="19">
         <v>5262331513</v>
       </c>
       <c r="D224" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E224" s="11" t="s">
-        <v>758</v>
+        <v>625</v>
       </c>
       <c r="F224" s="11" t="s">
-        <v>759</v>
+        <v>626</v>
       </c>
       <c r="G224" s="11" t="s">
-        <v>760</v>
+        <v>602</v>
       </c>
       <c r="H224" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I224" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="225" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J224" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="O224" s="7"/>
+    </row>
+    <row r="225" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A225" s="16">
         <v>224</v>
       </c>
       <c r="B225" s="11" t="s">
-        <v>761</v>
+        <v>627</v>
       </c>
       <c r="C225" s="24">
         <v>601501139643</v>
       </c>
       <c r="D225" s="11" t="s">
-        <v>762</v>
+        <v>628</v>
       </c>
       <c r="E225" s="11" t="s">
-        <v>763</v>
+        <v>629</v>
       </c>
       <c r="F225" s="11" t="s">
-        <v>764</v>
+        <v>630</v>
       </c>
       <c r="G225" s="11" t="s">
-        <v>765</v>
+        <v>602</v>
       </c>
       <c r="H225" s="11" t="s">
-        <v>728</v>
+        <v>499</v>
       </c>
       <c r="I225" s="11" t="s">
-        <v>603</v>
-[...8 lines deleted...]
-    <row r="226" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J225" s="11"/>
+      <c r="O225" s="7"/>
+    </row>
+    <row r="226" spans="1:15" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A226" s="16">
         <v>225</v>
       </c>
       <c r="B226" s="11" t="s">
-        <v>768</v>
+        <v>633</v>
       </c>
       <c r="C226" s="19">
         <v>6027077114</v>
       </c>
       <c r="D226" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E226" s="11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F226" s="11" t="s">
-        <v>769</v>
+        <v>634</v>
       </c>
       <c r="G226" s="11" t="s">
-        <v>770</v>
+        <v>635</v>
       </c>
       <c r="H226" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I226" s="11" t="s">
-        <v>603</v>
-[...8 lines deleted...]
-    <row r="227" spans="1:17" ht="141.75" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J226" s="11"/>
+      <c r="O226" s="7"/>
+    </row>
+    <row r="227" spans="1:15" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A227" s="16">
         <v>226</v>
       </c>
       <c r="B227" s="11" t="s">
-        <v>772</v>
+        <v>636</v>
       </c>
       <c r="C227" s="24">
         <v>431100702598</v>
       </c>
       <c r="D227" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E227" s="11" t="s">
-        <v>773</v>
+        <v>637</v>
       </c>
       <c r="F227" s="11" t="s">
-        <v>774</v>
+        <v>638</v>
       </c>
       <c r="G227" s="11" t="s">
-        <v>775</v>
+        <v>635</v>
       </c>
       <c r="H227" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I227" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="228" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J227" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="O227" s="7"/>
+    </row>
+    <row r="228" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A228" s="16">
         <v>227</v>
       </c>
       <c r="B228" s="11" t="s">
-        <v>776</v>
+        <v>639</v>
       </c>
       <c r="C228" s="24">
         <v>121530129800</v>
       </c>
       <c r="D228" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E228" s="11" t="s">
-        <v>777</v>
+        <v>640</v>
       </c>
       <c r="F228" s="11" t="s">
-        <v>778</v>
+        <v>641</v>
       </c>
       <c r="G228" s="11" t="s">
-        <v>779</v>
+        <v>635</v>
       </c>
       <c r="H228" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I228" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="229" spans="1:17" ht="78.75" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J228" s="11"/>
+      <c r="O228" s="7"/>
+    </row>
+    <row r="229" spans="1:15" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A229" s="16">
         <v>228</v>
       </c>
       <c r="B229" s="11" t="s">
-        <v>780</v>
+        <v>642</v>
       </c>
       <c r="C229" s="24">
         <v>6027122060</v>
       </c>
       <c r="D229" s="11" t="s">
-        <v>781</v>
+        <v>643</v>
       </c>
       <c r="E229" s="11" t="s">
-        <v>782</v>
+        <v>644</v>
       </c>
       <c r="F229" s="11" t="s">
-        <v>783</v>
+        <v>645</v>
       </c>
       <c r="G229" s="11" t="s">
-        <v>784</v>
+        <v>635</v>
       </c>
       <c r="H229" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I229" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="230" spans="1:17" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J229" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="O229" s="7"/>
+    </row>
+    <row r="230" spans="1:15" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A230" s="16">
         <v>229</v>
       </c>
       <c r="B230" s="11" t="s">
-        <v>785</v>
+        <v>646</v>
       </c>
       <c r="C230" s="24">
         <v>6027156260</v>
       </c>
       <c r="D230" s="11" t="s">
-        <v>786</v>
+        <v>647</v>
       </c>
       <c r="E230" s="11" t="s">
-        <v>787</v>
+        <v>648</v>
       </c>
       <c r="F230" s="11" t="s">
-        <v>934</v>
+        <v>645</v>
       </c>
       <c r="G230" s="11" t="s">
-        <v>784</v>
+        <v>635</v>
       </c>
       <c r="H230" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I230" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="231" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J230" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="O230" s="7"/>
+    </row>
+    <row r="231" spans="1:15" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A231" s="16">
         <v>230</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>788</v>
+        <v>649</v>
       </c>
       <c r="C231" s="24">
         <v>7734428970</v>
       </c>
       <c r="D231" s="11" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E231" s="11" t="s">
-        <v>782</v>
+        <v>644</v>
       </c>
       <c r="F231" s="11" t="s">
-        <v>936</v>
+        <v>768</v>
       </c>
       <c r="G231" s="11" t="s">
-        <v>937</v>
+        <v>635</v>
       </c>
       <c r="H231" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I231" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="232" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J231" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="O231" s="7"/>
+    </row>
+    <row r="232" spans="1:15" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A232" s="16">
         <v>231</v>
       </c>
       <c r="B232" s="11" t="s">
-        <v>789</v>
+        <v>650</v>
       </c>
       <c r="C232" s="24">
         <v>7707350154</v>
       </c>
       <c r="D232" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E232" s="11" t="s">
-        <v>790</v>
+        <v>651</v>
       </c>
       <c r="F232" s="11" t="s">
-        <v>791</v>
+        <v>652</v>
       </c>
       <c r="G232" s="11" t="s">
-        <v>792</v>
+        <v>635</v>
       </c>
       <c r="H232" s="11" t="s">
-        <v>771</v>
+        <v>499</v>
       </c>
       <c r="I232" s="11" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-    <row r="233" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J232" s="11"/>
+      <c r="O232" s="7"/>
+    </row>
+    <row r="233" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A233" s="16">
         <v>232</v>
       </c>
       <c r="B233" s="12" t="s">
-        <v>794</v>
+        <v>654</v>
       </c>
       <c r="C233" s="24">
         <v>6027009065</v>
       </c>
       <c r="D233" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E233" s="12" t="s">
-        <v>795</v>
+        <v>655</v>
       </c>
       <c r="F233" s="11" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>656</v>
+      </c>
+      <c r="G233" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H233" s="12" t="s">
-        <v>728</v>
-[...15 lines deleted...]
-    <row r="234" spans="1:17" ht="110.25" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I233" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J233" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="O233" s="7"/>
+    </row>
+    <row r="234" spans="1:15" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A234" s="16">
         <v>233</v>
       </c>
       <c r="B234" s="12" t="s">
-        <v>798</v>
+        <v>657</v>
       </c>
       <c r="C234" s="24">
         <v>6027083125</v>
       </c>
       <c r="D234" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E234" s="12" t="s">
-        <v>799</v>
+        <v>658</v>
       </c>
       <c r="F234" s="11" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>659</v>
+      </c>
+      <c r="G234" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H234" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="235" spans="1:17" ht="126" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I234" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J234" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="O234" s="7"/>
+    </row>
+    <row r="235" spans="1:15" ht="126" x14ac:dyDescent="0.25">
       <c r="A235" s="16">
         <v>234</v>
       </c>
       <c r="B235" s="12" t="s">
-        <v>802</v>
+        <v>660</v>
       </c>
       <c r="C235" s="24">
         <v>6027101039</v>
       </c>
       <c r="D235" s="12" t="s">
-        <v>803</v>
+        <v>661</v>
       </c>
       <c r="E235" s="12" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="F235" s="11" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>662</v>
+      </c>
+      <c r="G235" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H235" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="236" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I235" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J235" s="11"/>
+      <c r="O235" s="7"/>
+    </row>
+    <row r="236" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A236" s="16">
         <v>235</v>
       </c>
       <c r="B236" s="12" t="s">
-        <v>806</v>
+        <v>663</v>
       </c>
       <c r="C236" s="12">
         <v>602714410605</v>
       </c>
       <c r="D236" s="12" t="s">
-        <v>807</v>
+        <v>664</v>
       </c>
       <c r="E236" s="12" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="F236" s="11" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>665</v>
+      </c>
+      <c r="G236" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H236" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="237" spans="1:17" ht="78.75" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I236" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J236" s="11"/>
+      <c r="O236" s="7"/>
+    </row>
+    <row r="237" spans="1:15" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A237" s="16">
         <v>236</v>
       </c>
       <c r="B237" s="12" t="s">
-        <v>810</v>
+        <v>666</v>
       </c>
       <c r="C237" s="12">
         <v>7714843760</v>
       </c>
       <c r="D237" s="12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E237" s="12" t="s">
-        <v>811</v>
+        <v>667</v>
       </c>
       <c r="F237" s="11" t="s">
-        <v>941</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>668</v>
+      </c>
+      <c r="G237" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H237" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="238" spans="1:17" ht="78.75" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I237" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J237" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="O237" s="7"/>
+    </row>
+    <row r="238" spans="1:15" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A238" s="16">
         <v>237</v>
       </c>
       <c r="B238" s="12" t="s">
-        <v>813</v>
+        <v>669</v>
       </c>
       <c r="C238" s="12">
         <v>780104955380</v>
       </c>
       <c r="D238" s="12" t="s">
-        <v>814</v>
+        <v>670</v>
       </c>
       <c r="E238" s="12" t="s">
-        <v>815</v>
+        <v>671</v>
       </c>
       <c r="F238" s="11" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>89</v>
+      </c>
+      <c r="G238" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H238" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="239" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I238" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J238" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="O238" s="7"/>
+    </row>
+    <row r="239" spans="1:15" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A239" s="16">
         <v>238</v>
       </c>
       <c r="B239" s="12" t="s">
-        <v>817</v>
+        <v>672</v>
       </c>
       <c r="C239" s="12">
         <v>745216997102</v>
       </c>
       <c r="D239" s="12" t="s">
-        <v>818</v>
+        <v>673</v>
       </c>
       <c r="E239" s="12" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F239" s="11" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>674</v>
+      </c>
+      <c r="G239" s="12" t="s">
+        <v>602</v>
       </c>
       <c r="H239" s="12" t="s">
-        <v>728</v>
-[...13 lines deleted...]
-    <row r="240" spans="1:17" ht="63" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="I239" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J239" s="11"/>
+      <c r="O239" s="7"/>
+    </row>
+    <row r="240" spans="1:15" ht="63" x14ac:dyDescent="0.25">
       <c r="A240" s="16">
         <v>239</v>
       </c>
       <c r="B240" s="12" t="s">
-        <v>821</v>
+        <v>675</v>
       </c>
       <c r="C240" s="12">
         <v>603700352391</v>
       </c>
       <c r="D240" s="12" t="s">
-        <v>822</v>
+        <v>676</v>
       </c>
       <c r="E240" s="12" t="s">
-        <v>823</v>
+        <v>677</v>
       </c>
       <c r="F240" s="11" t="s">
-        <v>824</v>
-[...4 lines deleted...]
-      <c r="H240" s="12">
+        <v>678</v>
+      </c>
+      <c r="G240" s="12">
         <v>2023</v>
       </c>
-      <c r="I240" s="12" t="s">
-[...10 lines deleted...]
-    <row r="241" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="H240" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I240" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J240" s="1" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A241" s="16">
         <v>240</v>
       </c>
       <c r="B241" s="12" t="s">
-        <v>826</v>
+        <v>679</v>
       </c>
       <c r="C241" s="12">
         <v>6027126153</v>
       </c>
       <c r="D241" s="12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E241" s="12" t="s">
-        <v>827</v>
+        <v>680</v>
       </c>
       <c r="F241" s="11" t="s">
-        <v>946</v>
-[...4 lines deleted...]
-      <c r="H241" s="12">
+        <v>681</v>
+      </c>
+      <c r="G241" s="12">
         <v>2023</v>
       </c>
-      <c r="I241" s="12" t="s">
-[...10 lines deleted...]
-    <row r="242" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="H241" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I241" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J241" s="1" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A242" s="16">
         <v>241</v>
       </c>
       <c r="B242" s="12" t="s">
-        <v>829</v>
+        <v>682</v>
       </c>
       <c r="C242" s="12">
         <v>6027125791</v>
       </c>
       <c r="D242" s="12" t="s">
-        <v>830</v>
+        <v>683</v>
       </c>
       <c r="E242" s="12" t="s">
-        <v>831</v>
+        <v>684</v>
       </c>
       <c r="F242" s="11" t="s">
-        <v>948</v>
-[...4 lines deleted...]
-      <c r="H242" s="12">
+        <v>778</v>
+      </c>
+      <c r="G242" s="12">
         <v>2023</v>
       </c>
-      <c r="I242" s="12" t="s">
-[...10 lines deleted...]
-    <row r="243" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="H242" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I242" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J242" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A243" s="16">
         <v>242</v>
       </c>
       <c r="B243" s="12" t="s">
-        <v>832</v>
+        <v>685</v>
       </c>
       <c r="C243" s="12">
         <v>602715873660</v>
       </c>
       <c r="D243" s="12" t="s">
-        <v>833</v>
+        <v>686</v>
       </c>
       <c r="E243" s="12" t="s">
-        <v>834</v>
+        <v>687</v>
       </c>
       <c r="F243" s="11" t="s">
-        <v>835</v>
-[...4 lines deleted...]
-      <c r="H243" s="12">
+        <v>688</v>
+      </c>
+      <c r="G243" s="12">
         <v>2023</v>
       </c>
-      <c r="I243" s="12" t="s">
-[...10 lines deleted...]
-    <row r="244" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="H243" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I243" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J243" s="11"/>
+    </row>
+    <row r="244" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A244" s="16">
         <v>243</v>
       </c>
       <c r="B244" s="12" t="s">
-        <v>837</v>
+        <v>689</v>
       </c>
       <c r="C244" s="12">
         <v>601202424339</v>
       </c>
       <c r="D244" s="11" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="E244" s="12" t="s">
-        <v>838</v>
+        <v>690</v>
       </c>
       <c r="F244" s="11" t="s">
-        <v>839</v>
-[...4 lines deleted...]
-      <c r="H244" s="12">
+        <v>691</v>
+      </c>
+      <c r="G244" s="12">
         <v>2023</v>
       </c>
-      <c r="I244" s="12" t="s">
-[...10 lines deleted...]
-    <row r="245" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+      <c r="H244" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I244" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J244" s="11"/>
+    </row>
+    <row r="245" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A245" s="16">
         <v>244</v>
       </c>
       <c r="B245" s="12" t="s">
-        <v>842</v>
+        <v>693</v>
       </c>
       <c r="C245" s="12">
         <v>3702196751</v>
       </c>
       <c r="D245" s="12" t="s">
-        <v>843</v>
+        <v>694</v>
       </c>
       <c r="E245" s="12" t="s">
-        <v>844</v>
+        <v>695</v>
       </c>
       <c r="F245" s="11" t="s">
-        <v>845</v>
-[...4 lines deleted...]
-      <c r="H245" s="12">
+        <v>696</v>
+      </c>
+      <c r="G245" s="12">
         <v>2023</v>
       </c>
-      <c r="I245" s="12" t="s">
-[...10 lines deleted...]
-    <row r="246" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="H245" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I245" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J245" s="1" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A246" s="16">
         <v>245</v>
       </c>
       <c r="B246" s="12" t="s">
-        <v>847</v>
+        <v>697</v>
       </c>
       <c r="C246" s="12">
         <v>602702740969</v>
       </c>
       <c r="D246" s="12" t="s">
-        <v>848</v>
+        <v>698</v>
       </c>
       <c r="E246" s="12" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F246" s="11" t="s">
-        <v>849</v>
-[...4 lines deleted...]
-      <c r="H246" s="12">
+        <v>699</v>
+      </c>
+      <c r="G246" s="12">
         <v>2023</v>
       </c>
-      <c r="I246" s="12" t="s">
-[...10 lines deleted...]
-    <row r="247" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+      <c r="H246" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I246" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J246" s="1" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A247" s="16">
         <v>246</v>
       </c>
       <c r="B247" s="12" t="s">
-        <v>962</v>
+        <v>785</v>
       </c>
       <c r="C247" s="12">
         <v>6162081163</v>
       </c>
       <c r="D247" s="12" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E247" s="12" t="s">
-        <v>963</v>
+        <v>786</v>
       </c>
       <c r="F247" s="11" t="s">
-        <v>964</v>
-[...4 lines deleted...]
-      <c r="H247" s="11">
+        <v>787</v>
+      </c>
+      <c r="G247" s="11">
         <v>2024</v>
       </c>
+      <c r="H247" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I247" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="248" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J247" s="1" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A248" s="16">
         <v>247</v>
       </c>
       <c r="B248" s="12" t="s">
-        <v>967</v>
+        <v>789</v>
       </c>
       <c r="C248" s="12">
         <v>6004004085</v>
       </c>
       <c r="D248" s="12" t="s">
-        <v>968</v>
+        <v>790</v>
       </c>
       <c r="E248" s="12" t="s">
-        <v>969</v>
+        <v>791</v>
       </c>
       <c r="F248" s="11" t="s">
-        <v>971</v>
+        <v>792</v>
       </c>
       <c r="G248" s="11" t="s">
-        <v>970</v>
-[...15 lines deleted...]
-    <row r="249" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>18</v>
+      </c>
+      <c r="H248" s="12" t="s">
+        <v>499</v>
+      </c>
+      <c r="I248" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J248" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A249" s="16">
         <v>248</v>
       </c>
       <c r="B249" s="12" t="s">
-        <v>1226</v>
+        <v>961</v>
       </c>
       <c r="C249" s="12">
         <v>7714072839</v>
       </c>
       <c r="D249" s="12" t="s">
-        <v>1227</v>
+        <v>962</v>
       </c>
       <c r="E249" s="12" t="s">
-        <v>1228</v>
+        <v>963</v>
       </c>
       <c r="F249" s="11" t="s">
-        <v>1229</v>
+        <v>964</v>
       </c>
       <c r="G249" s="11" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>18</v>
+      </c>
+      <c r="H249" s="12" t="s">
+        <v>549</v>
       </c>
       <c r="I249" s="12" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="250" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J249" s="10" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A250" s="16">
         <v>249</v>
       </c>
       <c r="B250" s="12" t="s">
-        <v>1232</v>
+        <v>966</v>
       </c>
       <c r="C250" s="12">
         <v>222409384608</v>
       </c>
       <c r="D250" s="12" t="s">
-        <v>868</v>
+        <v>714</v>
       </c>
       <c r="E250" s="12" t="s">
-        <v>1233</v>
+        <v>967</v>
       </c>
       <c r="F250" s="11" t="s">
-        <v>1234</v>
-[...4 lines deleted...]
-      <c r="H250" s="12">
+        <v>968</v>
+      </c>
+      <c r="G250" s="12">
         <v>2024</v>
       </c>
+      <c r="H250" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I250" s="12" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J250" s="12" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="251" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A251" s="16">
         <v>250</v>
       </c>
       <c r="B251" s="12" t="s">
-        <v>1237</v>
+        <v>970</v>
       </c>
       <c r="C251" s="12">
         <v>602715428940</v>
       </c>
       <c r="D251" s="12" t="s">
-        <v>282</v>
+        <v>249</v>
       </c>
       <c r="E251" s="12" t="s">
-        <v>1238</v>
+        <v>971</v>
       </c>
       <c r="F251" s="11" t="s">
-        <v>1239</v>
-[...4 lines deleted...]
-      <c r="H251" s="12">
+        <v>972</v>
+      </c>
+      <c r="G251" s="12">
         <v>2024</v>
       </c>
+      <c r="H251" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I251" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="252" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J251" s="10" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A252" s="16">
         <v>251</v>
       </c>
       <c r="B252" s="12" t="s">
-        <v>1242</v>
+        <v>974</v>
       </c>
       <c r="C252" s="12">
         <v>500101608303</v>
       </c>
       <c r="D252" s="12" t="s">
-        <v>1243</v>
+        <v>975</v>
       </c>
       <c r="E252" s="12" t="s">
-        <v>1244</v>
+        <v>976</v>
       </c>
       <c r="F252" s="11" t="s">
-        <v>1245</v>
-[...4 lines deleted...]
-      <c r="H252" s="12">
+        <v>977</v>
+      </c>
+      <c r="G252" s="12">
         <v>2024</v>
       </c>
+      <c r="H252" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I252" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="253" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J252" s="10" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A253" s="16">
         <v>252</v>
       </c>
       <c r="B253" s="12" t="s">
-        <v>1248</v>
+        <v>979</v>
       </c>
       <c r="C253" s="12">
         <v>2463109295</v>
       </c>
       <c r="D253" s="12" t="s">
-        <v>586</v>
+        <v>485</v>
       </c>
       <c r="E253" s="12" t="s">
-        <v>1249</v>
+        <v>980</v>
       </c>
       <c r="F253" s="11" t="s">
-        <v>1250</v>
-[...4 lines deleted...]
-      <c r="H253" s="12">
+        <v>981</v>
+      </c>
+      <c r="G253" s="12">
         <v>2024</v>
       </c>
+      <c r="H253" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I253" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="254" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J253" s="10" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A254" s="16">
         <v>253</v>
       </c>
       <c r="B254" s="12" t="s">
-        <v>1253</v>
+        <v>983</v>
       </c>
       <c r="C254" s="12">
         <v>6673240328</v>
       </c>
       <c r="D254" s="12" t="s">
-        <v>586</v>
+        <v>485</v>
       </c>
       <c r="E254" s="12" t="s">
-        <v>1254</v>
+        <v>984</v>
       </c>
       <c r="F254" s="11" t="s">
-        <v>1255</v>
-[...4 lines deleted...]
-      <c r="H254" s="12">
+        <v>985</v>
+      </c>
+      <c r="G254" s="12">
         <v>2024</v>
       </c>
+      <c r="H254" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I254" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="255" spans="1:12" ht="220.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J254" s="10" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" ht="220.5" x14ac:dyDescent="0.25">
       <c r="A255" s="16">
         <v>254</v>
       </c>
       <c r="B255" s="12" t="s">
-        <v>1258</v>
+        <v>987</v>
       </c>
       <c r="C255" s="12">
         <v>7715091714</v>
       </c>
       <c r="D255" s="12" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E255" s="12" t="s">
-        <v>1259</v>
+        <v>988</v>
       </c>
       <c r="F255" s="11" t="s">
-        <v>1255</v>
-[...4 lines deleted...]
-      <c r="H255" s="12">
+        <v>989</v>
+      </c>
+      <c r="G255" s="12">
         <v>2024</v>
       </c>
+      <c r="H255" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I255" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="256" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J255" s="10" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A256" s="16">
         <v>255</v>
       </c>
       <c r="B256" s="12" t="s">
-        <v>1262</v>
+        <v>991</v>
       </c>
       <c r="C256" s="25">
         <v>6663003127</v>
       </c>
       <c r="D256" s="12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E256" s="12" t="s">
-        <v>1263</v>
+        <v>992</v>
       </c>
       <c r="F256" s="11" t="s">
-        <v>1255</v>
-[...4 lines deleted...]
-      <c r="H256" s="12">
+        <v>993</v>
+      </c>
+      <c r="G256" s="12">
         <v>2024</v>
       </c>
+      <c r="H256" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I256" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="257" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J256" s="10" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A257" s="16">
         <v>256</v>
       </c>
       <c r="B257" s="12" t="s">
-        <v>1266</v>
+        <v>995</v>
       </c>
       <c r="C257" s="12">
         <v>7842304549</v>
       </c>
       <c r="D257" s="12" t="s">
-        <v>1267</v>
+        <v>996</v>
       </c>
       <c r="E257" s="12" t="s">
-        <v>1268</v>
+        <v>997</v>
       </c>
       <c r="F257" s="11" t="s">
-        <v>1269</v>
-[...4 lines deleted...]
-      <c r="H257" s="12">
+        <v>998</v>
+      </c>
+      <c r="G257" s="12">
         <v>2024</v>
       </c>
+      <c r="H257" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I257" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="258" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J257" s="10" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A258" s="16">
         <v>257</v>
       </c>
       <c r="B258" s="11" t="s">
-        <v>1272</v>
+        <v>1000</v>
       </c>
       <c r="C258" s="12">
         <v>3666258216</v>
       </c>
       <c r="D258" s="12" t="s">
-        <v>299</v>
+        <v>260</v>
       </c>
       <c r="E258" s="12" t="s">
-        <v>1268</v>
+        <v>997</v>
       </c>
       <c r="F258" s="11" t="s">
-        <v>1273</v>
-[...4 lines deleted...]
-      <c r="H258" s="12">
+        <v>1001</v>
+      </c>
+      <c r="G258" s="12">
         <v>2024</v>
       </c>
+      <c r="H258" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I258" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="259" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J258" s="10" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A259" s="16">
         <v>258</v>
       </c>
       <c r="B259" s="12" t="s">
-        <v>1276</v>
+        <v>1003</v>
       </c>
       <c r="C259" s="12">
         <v>772625410689</v>
       </c>
       <c r="D259" s="12" t="s">
-        <v>1104</v>
+        <v>868</v>
       </c>
       <c r="E259" s="12" t="s">
-        <v>1277</v>
+        <v>1004</v>
       </c>
       <c r="F259" s="11" t="s">
-        <v>1278</v>
-[...4 lines deleted...]
-      <c r="H259" s="12">
+        <v>1005</v>
+      </c>
+      <c r="G259" s="12">
         <v>2024</v>
       </c>
+      <c r="H259" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I259" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="260" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J259" s="10" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A260" s="16">
         <v>259</v>
       </c>
       <c r="B260" s="12" t="s">
-        <v>1281</v>
+        <v>1007</v>
       </c>
       <c r="C260" s="12">
         <v>7814782053</v>
       </c>
       <c r="D260" s="12" t="s">
-        <v>1282</v>
+        <v>1008</v>
       </c>
       <c r="E260" s="12" t="s">
-        <v>1283</v>
+        <v>1009</v>
       </c>
       <c r="F260" s="11" t="s">
-        <v>1284</v>
-[...4 lines deleted...]
-      <c r="H260" s="12">
+        <v>1010</v>
+      </c>
+      <c r="G260" s="12">
         <v>2023</v>
       </c>
+      <c r="H260" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I260" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="261" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J260" s="10" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A261" s="16">
         <v>260</v>
       </c>
       <c r="B261" s="11" t="s">
-        <v>1287</v>
+        <v>1012</v>
       </c>
       <c r="C261" s="12">
         <v>602722040235</v>
       </c>
       <c r="D261" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E261" s="11" t="s">
-        <v>1288</v>
-[...7 lines deleted...]
-      <c r="H261" s="11">
+        <v>1013</v>
+      </c>
+      <c r="F261" s="11" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G261" s="11">
         <v>2024</v>
       </c>
+      <c r="H261" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I261" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="262" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J261" s="11"/>
+    </row>
+    <row r="262" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A262" s="16">
         <v>261</v>
       </c>
       <c r="B262" s="11" t="s">
-        <v>1291</v>
+        <v>1015</v>
       </c>
       <c r="C262" s="12">
         <v>602713990022</v>
       </c>
       <c r="D262" s="11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E262" s="11" t="s">
-        <v>1292</v>
+        <v>1016</v>
       </c>
       <c r="F262" s="11" t="s">
-        <v>1293</v>
-[...4 lines deleted...]
-      <c r="H262" s="11">
+        <v>1017</v>
+      </c>
+      <c r="G262" s="11">
         <v>2023</v>
       </c>
+      <c r="H262" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I262" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="263" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J262" s="1" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A263" s="16">
         <v>262</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>1296</v>
+        <v>1019</v>
       </c>
       <c r="C263" s="12">
         <v>6027112320</v>
       </c>
       <c r="D263" s="11" t="s">
-        <v>1297</v>
+        <v>1020</v>
       </c>
       <c r="E263" s="11" t="s">
-        <v>1298</v>
+        <v>1021</v>
       </c>
       <c r="F263" s="11" t="s">
-        <v>1299</v>
-[...4 lines deleted...]
-      <c r="H263" s="11">
+        <v>1022</v>
+      </c>
+      <c r="G263" s="11">
         <v>2023</v>
       </c>
+      <c r="H263" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I263" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="264" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J263" s="1" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A264" s="16">
         <v>263</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>1302</v>
+        <v>1024</v>
       </c>
       <c r="C264" s="12">
         <v>7816744825</v>
       </c>
       <c r="D264" s="11" t="s">
-        <v>1303</v>
+        <v>1025</v>
       </c>
       <c r="E264" s="11" t="s">
-        <v>1283</v>
+        <v>1009</v>
       </c>
       <c r="F264" s="11" t="s">
-        <v>1304</v>
-[...4 lines deleted...]
-      <c r="H264" s="11">
+        <v>1026</v>
+      </c>
+      <c r="G264" s="11">
         <v>2023</v>
       </c>
+      <c r="H264" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I264" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="265" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J264" s="10" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A265" s="16">
         <v>264</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>1306</v>
+        <v>1027</v>
       </c>
       <c r="C265" s="12">
         <v>6732203289</v>
       </c>
       <c r="D265" s="11" t="s">
-        <v>1307</v>
+        <v>1028</v>
       </c>
       <c r="E265" s="11" t="s">
-        <v>1308</v>
+        <v>1029</v>
       </c>
       <c r="F265" s="11" t="s">
-        <v>1309</v>
-[...4 lines deleted...]
-      <c r="H265" s="11">
+        <v>1030</v>
+      </c>
+      <c r="G265" s="11">
         <v>2023</v>
       </c>
+      <c r="H265" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I265" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="266" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J265" s="1" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A266" s="16">
         <v>265</v>
       </c>
       <c r="B266" s="11" t="s">
-        <v>1312</v>
+        <v>1032</v>
       </c>
       <c r="C266" s="12">
         <v>780431944878</v>
       </c>
       <c r="D266" s="11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E266" s="11" t="s">
-        <v>1313</v>
+        <v>1033</v>
       </c>
       <c r="F266" s="11" t="s">
-        <v>1314</v>
-[...4 lines deleted...]
-      <c r="H266" s="11">
+        <v>1034</v>
+      </c>
+      <c r="G266" s="11">
         <v>2024</v>
       </c>
+      <c r="H266" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I266" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="267" spans="1:12" ht="173.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J266" s="11"/>
+    </row>
+    <row r="267" spans="1:10" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A267" s="16">
         <v>266</v>
       </c>
       <c r="B267" s="11" t="s">
-        <v>1316</v>
+        <v>1035</v>
       </c>
       <c r="C267" s="12">
         <v>7816309879</v>
       </c>
       <c r="D267" s="11" t="s">
-        <v>1317</v>
+        <v>1036</v>
       </c>
       <c r="E267" s="11" t="s">
-        <v>1318</v>
+        <v>1037</v>
       </c>
       <c r="F267" s="11" t="s">
-        <v>1319</v>
-[...4 lines deleted...]
-      <c r="H267" s="11">
+        <v>311</v>
+      </c>
+      <c r="G267" s="11">
         <v>2023</v>
       </c>
+      <c r="H267" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I267" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="268" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J267" s="1" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A268" s="16">
         <v>267</v>
       </c>
       <c r="B268" s="11" t="s">
-        <v>1324</v>
+        <v>1041</v>
       </c>
       <c r="C268" s="12">
         <v>615107771544</v>
       </c>
       <c r="D268" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E268" s="11" t="s">
-        <v>1321</v>
+        <v>1039</v>
       </c>
       <c r="F268" s="11" t="s">
-        <v>1322</v>
-[...4 lines deleted...]
-      <c r="H268" s="11">
+        <v>1040</v>
+      </c>
+      <c r="G268" s="11">
         <v>2024</v>
       </c>
+      <c r="H268" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I268" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="269" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J268" s="11"/>
+    </row>
+    <row r="269" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A269" s="16">
         <v>268</v>
       </c>
       <c r="B269" s="11" t="s">
-        <v>1325</v>
+        <v>1042</v>
       </c>
       <c r="C269" s="12">
         <v>9103007830</v>
       </c>
       <c r="D269" s="11" t="s">
-        <v>1326</v>
+        <v>1043</v>
       </c>
       <c r="E269" s="11" t="s">
-        <v>1327</v>
+        <v>1044</v>
       </c>
       <c r="F269" s="11" t="s">
-        <v>1328</v>
-[...4 lines deleted...]
-      <c r="H269" s="11">
+        <v>1045</v>
+      </c>
+      <c r="G269" s="11">
         <v>2024</v>
       </c>
+      <c r="H269" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I269" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="270" spans="1:12" ht="157.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J269" s="1" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A270" s="16">
         <v>269</v>
       </c>
       <c r="B270" s="11" t="s">
-        <v>1331</v>
+        <v>1047</v>
       </c>
       <c r="C270" s="12">
         <v>602700349615</v>
       </c>
       <c r="D270" s="11" t="s">
-        <v>1332</v>
+        <v>1048</v>
       </c>
       <c r="E270" s="11" t="s">
-        <v>1333</v>
+        <v>1049</v>
       </c>
       <c r="F270" s="11" t="s">
-        <v>1334</v>
-[...4 lines deleted...]
-      <c r="H270" s="11">
+        <v>1050</v>
+      </c>
+      <c r="G270" s="11">
         <v>2024</v>
       </c>
+      <c r="H270" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I270" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="271" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J270" s="1" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A271" s="16">
         <v>270</v>
       </c>
       <c r="B271" s="11" t="s">
-        <v>1337</v>
+        <v>1052</v>
       </c>
       <c r="C271" s="12">
         <v>602714890302</v>
       </c>
       <c r="D271" s="12" t="s">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="E271" s="11" t="s">
-        <v>1338</v>
+        <v>1053</v>
       </c>
       <c r="F271" s="11" t="s">
-        <v>1339</v>
-[...4 lines deleted...]
-      <c r="H271" s="11">
+        <v>1054</v>
+      </c>
+      <c r="G271" s="11">
         <v>2024</v>
       </c>
+      <c r="H271" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I271" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="272" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J271" s="1" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A272" s="16">
         <v>271</v>
       </c>
       <c r="B272" s="11" t="s">
-        <v>1342</v>
+        <v>1056</v>
       </c>
       <c r="C272" s="12">
         <v>602718063399</v>
       </c>
       <c r="D272" s="11" t="s">
-        <v>1343</v>
+        <v>1057</v>
       </c>
       <c r="E272" s="11" t="s">
-        <v>1344</v>
-[...7 lines deleted...]
-      <c r="H272" s="11">
+        <v>1058</v>
+      </c>
+      <c r="F272" s="11" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G272" s="11">
         <v>2023</v>
       </c>
+      <c r="H272" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I272" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="273" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J272" s="1" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A273" s="16">
         <v>272</v>
       </c>
       <c r="B273" s="11" t="s">
-        <v>1347</v>
+        <v>1061</v>
       </c>
       <c r="C273" s="12">
         <v>7807134446</v>
       </c>
       <c r="D273" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E273" s="11" t="s">
-        <v>758</v>
+        <v>625</v>
       </c>
       <c r="F273" s="11" t="s">
-        <v>1348</v>
-[...4 lines deleted...]
-      <c r="H273" s="11">
+        <v>1062</v>
+      </c>
+      <c r="G273" s="11">
         <v>2023</v>
       </c>
+      <c r="H273" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I273" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="274" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J273" s="1" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A274" s="16">
         <v>273</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>1351</v>
+        <v>1064</v>
       </c>
       <c r="C274" s="12">
         <v>602720883060</v>
       </c>
       <c r="D274" s="11" t="s">
-        <v>1352</v>
+        <v>1065</v>
       </c>
       <c r="E274" s="11" t="s">
-        <v>1353</v>
+        <v>1066</v>
       </c>
       <c r="F274" s="11" t="s">
-        <v>1354</v>
-[...4 lines deleted...]
-      <c r="H274" s="11">
+        <v>1067</v>
+      </c>
+      <c r="G274" s="11">
         <v>2023</v>
       </c>
+      <c r="H274" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I274" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="275" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J274" s="1" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A275" s="16">
         <v>274</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>1357</v>
+        <v>1069</v>
       </c>
       <c r="C275" s="12">
         <v>7726675648</v>
       </c>
       <c r="D275" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E275" s="11" t="s">
-        <v>231</v>
+        <v>210</v>
       </c>
       <c r="F275" s="11" t="s">
-        <v>1358</v>
-[...4 lines deleted...]
-      <c r="H275" s="11">
+        <v>1070</v>
+      </c>
+      <c r="G275" s="11">
         <v>2023</v>
       </c>
+      <c r="H275" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I275" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="276" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J275" s="1" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A276" s="16">
         <v>275</v>
       </c>
       <c r="B276" s="11" t="s">
-        <v>1361</v>
+        <v>1072</v>
       </c>
       <c r="C276" s="12">
         <v>602714815785</v>
       </c>
       <c r="D276" s="11" t="s">
-        <v>1362</v>
+        <v>1073</v>
       </c>
       <c r="E276" s="11" t="s">
-        <v>1363</v>
+        <v>1074</v>
       </c>
       <c r="F276" s="11" t="s">
-        <v>1364</v>
-[...4 lines deleted...]
-      <c r="H276" s="11">
+        <v>1075</v>
+      </c>
+      <c r="G276" s="11">
         <v>2023</v>
       </c>
+      <c r="H276" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I276" s="11" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="277" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J276" s="11"/>
+    </row>
+    <row r="277" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A277" s="16">
         <v>276</v>
       </c>
       <c r="B277" s="11" t="s">
-        <v>1366</v>
+        <v>1076</v>
       </c>
       <c r="C277" s="12">
         <v>741512864803</v>
       </c>
       <c r="D277" s="11" t="s">
-        <v>868</v>
+        <v>714</v>
       </c>
       <c r="E277" s="11" t="s">
-        <v>1367</v>
+        <v>1077</v>
       </c>
       <c r="F277" s="11" t="s">
-        <v>1368</v>
-[...4 lines deleted...]
-      <c r="H277" s="11">
+        <v>1078</v>
+      </c>
+      <c r="G277" s="11">
         <v>2023</v>
       </c>
+      <c r="H277" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I277" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="278" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J277" s="1" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A278" s="16">
         <v>277</v>
       </c>
       <c r="B278" s="11" t="s">
-        <v>1371</v>
+        <v>1080</v>
       </c>
       <c r="C278" s="12">
         <v>6027165240</v>
       </c>
       <c r="D278" s="11" t="s">
-        <v>1372</v>
+        <v>1081</v>
       </c>
       <c r="E278" s="11" t="s">
-        <v>1373</v>
+        <v>1082</v>
       </c>
       <c r="F278" s="11"/>
-      <c r="G278" s="11"/>
-      <c r="H278" s="11">
+      <c r="G278" s="11">
         <v>2023</v>
       </c>
+      <c r="H278" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I278" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="279" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J278" s="1" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A279" s="16">
         <v>278</v>
       </c>
       <c r="B279" s="11" t="s">
-        <v>1387</v>
+        <v>1090</v>
       </c>
       <c r="C279" s="12">
         <v>602718206939</v>
       </c>
       <c r="D279" s="11" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E279" s="11" t="s">
-        <v>1388</v>
+        <v>1091</v>
       </c>
       <c r="F279" s="11" t="s">
-        <v>1389</v>
-[...4 lines deleted...]
-      <c r="H279" s="11">
+        <v>1092</v>
+      </c>
+      <c r="G279" s="11">
         <v>2024</v>
       </c>
+      <c r="H279" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I279" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="280" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J279" s="1" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A280" s="16">
         <v>279</v>
       </c>
       <c r="B280" s="11" t="s">
-        <v>1392</v>
+        <v>1094</v>
       </c>
       <c r="C280" s="12">
         <v>602707230231</v>
       </c>
       <c r="D280" s="11" t="s">
-        <v>1393</v>
+        <v>1095</v>
       </c>
       <c r="E280" s="11" t="s">
-        <v>1394</v>
+        <v>1096</v>
       </c>
       <c r="F280" s="11" t="s">
-        <v>1395</v>
-[...4 lines deleted...]
-      <c r="H280" s="11">
+        <v>1097</v>
+      </c>
+      <c r="G280" s="11">
         <v>2024</v>
       </c>
+      <c r="H280" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I280" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="281" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J280" s="1" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A281" s="16">
         <v>280</v>
       </c>
       <c r="B281" s="11" t="s">
-        <v>1398</v>
+        <v>1099</v>
       </c>
       <c r="C281" s="12">
         <v>7825379953</v>
       </c>
       <c r="D281" s="11" t="s">
-        <v>1399</v>
+        <v>1100</v>
       </c>
       <c r="E281" s="11" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>89110986464</v>
+        <v>500</v>
+      </c>
+      <c r="F281" s="11" t="s">
+        <v>1294</v>
       </c>
       <c r="G281" s="11" t="s">
-        <v>1604</v>
+        <v>65</v>
       </c>
       <c r="H281" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="282" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I281" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J281" s="14"/>
+    </row>
+    <row r="282" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A282" s="16">
         <v>281</v>
       </c>
       <c r="B282" s="11" t="s">
-        <v>1401</v>
+        <v>1102</v>
       </c>
       <c r="C282" s="12">
         <v>7703440706</v>
       </c>
       <c r="D282" s="11" t="s">
-        <v>1399</v>
+        <v>1100</v>
       </c>
       <c r="E282" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F282" s="11" t="s">
-        <v>1603</v>
+        <v>1295</v>
       </c>
       <c r="G282" s="11" t="s">
-        <v>1605</v>
+        <v>65</v>
       </c>
       <c r="H282" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="283" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I282" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J282" s="14" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A283" s="16">
         <v>282</v>
       </c>
       <c r="B283" s="11" t="s">
-        <v>605</v>
+        <v>501</v>
       </c>
       <c r="C283" s="12">
         <v>6027127975</v>
       </c>
       <c r="D283" s="11" t="s">
-        <v>606</v>
+        <v>502</v>
       </c>
       <c r="E283" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F283" s="11" t="s">
-        <v>756</v>
+        <v>1296</v>
       </c>
       <c r="G283" s="11" t="s">
-        <v>1606</v>
+        <v>1103</v>
       </c>
       <c r="H283" s="11" t="s">
-        <v>1402</v>
-[...12 lines deleted...]
-    <row r="284" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I283" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J283" s="14" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A284" s="16">
         <v>283</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>1403</v>
+        <v>1104</v>
       </c>
       <c r="C284" s="12">
         <v>511201170043</v>
       </c>
       <c r="D284" s="11" t="s">
-        <v>1404</v>
+        <v>1105</v>
       </c>
       <c r="E284" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F284" s="11" t="s">
-        <v>1607</v>
+        <v>150</v>
       </c>
       <c r="G284" s="11" t="s">
-        <v>164</v>
+        <v>65</v>
       </c>
       <c r="H284" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="285" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I284" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J284" s="11"/>
+    </row>
+    <row r="285" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A285" s="16">
         <v>284</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>1406</v>
+        <v>1107</v>
       </c>
       <c r="C285" s="12">
         <v>6027042143</v>
       </c>
       <c r="D285" s="11" t="s">
-        <v>1407</v>
+        <v>1108</v>
       </c>
       <c r="E285" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F285" s="11" t="s">
-        <v>435</v>
+        <v>365</v>
       </c>
       <c r="G285" s="11" t="s">
-        <v>436</v>
+        <v>65</v>
       </c>
       <c r="H285" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="286" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I285" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J285" s="14" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A286" s="16">
         <v>285</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>1408</v>
+        <v>1109</v>
       </c>
       <c r="C286" s="12">
         <v>5036128370</v>
       </c>
       <c r="D286" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E286" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F286" s="11" t="s">
-        <v>1608</v>
+        <v>1297</v>
       </c>
       <c r="G286" s="11" t="s">
-        <v>1609</v>
+        <v>65</v>
       </c>
       <c r="H286" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="287" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I286" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J286" s="14" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A287" s="16">
         <v>286</v>
       </c>
       <c r="B287" s="11" t="s">
-        <v>1409</v>
+        <v>1110</v>
       </c>
       <c r="C287" s="12">
         <v>5836617130</v>
       </c>
       <c r="D287" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E287" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F287" s="11" t="s">
-        <v>1610</v>
+        <v>1298</v>
       </c>
       <c r="G287" s="11" t="s">
-        <v>1611</v>
+        <v>65</v>
       </c>
       <c r="H287" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="288" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I287" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J287" s="14" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A288" s="16">
         <v>287</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>444</v>
+        <v>373</v>
       </c>
       <c r="C288" s="12">
         <v>6027081576</v>
       </c>
       <c r="D288" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E288" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F288" s="11" t="s">
-        <v>1612</v>
+        <v>1299</v>
       </c>
       <c r="G288" s="11" t="s">
-        <v>1613</v>
+        <v>65</v>
       </c>
       <c r="H288" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="289" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I288" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J288" s="14" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A289" s="16">
         <v>288</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="C289" s="12">
         <v>780717089130</v>
       </c>
       <c r="D289" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E289" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F289" s="11" t="s">
-        <v>1614</v>
+        <v>1300</v>
       </c>
       <c r="G289" s="11" t="s">
-        <v>1615</v>
+        <v>65</v>
       </c>
       <c r="H289" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="290" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I289" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J289" s="14" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A290" s="16">
         <v>289</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>1410</v>
+        <v>1111</v>
       </c>
       <c r="C290" s="12">
         <v>7727410877</v>
       </c>
       <c r="D290" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E290" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F290" s="11" t="s">
-        <v>1616</v>
+        <v>1301</v>
       </c>
       <c r="G290" s="11" t="s">
-        <v>1617</v>
+        <v>65</v>
       </c>
       <c r="H290" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="291" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I290" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J290" s="26"/>
+    </row>
+    <row r="291" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A291" s="16">
         <v>290</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>1411</v>
+        <v>1112</v>
       </c>
       <c r="C291" s="12">
         <v>6027138617</v>
       </c>
       <c r="D291" s="11" t="s">
-        <v>1412</v>
+        <v>1113</v>
       </c>
       <c r="E291" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F291" s="11" t="s">
-        <v>1618</v>
+        <v>1302</v>
       </c>
       <c r="G291" s="11" t="s">
-        <v>1619</v>
+        <v>185</v>
       </c>
       <c r="H291" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="292" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I291" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J291" s="14" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A292" s="16">
         <v>291</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>1413</v>
+        <v>1114</v>
       </c>
       <c r="C292" s="12">
         <v>6027149552</v>
       </c>
       <c r="D292" s="11" t="s">
-        <v>1414</v>
+        <v>1115</v>
       </c>
       <c r="E292" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F292" s="11" t="s">
-        <v>1620</v>
+        <v>1303</v>
       </c>
       <c r="G292" s="11" t="s">
-        <v>1621</v>
+        <v>65</v>
       </c>
       <c r="H292" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="293" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I292" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J292" s="26"/>
+    </row>
+    <row r="293" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A293" s="16">
         <v>292</v>
       </c>
       <c r="B293" s="11" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="C293" s="12">
         <v>6027205101</v>
       </c>
       <c r="D293" s="11" t="s">
-        <v>1416</v>
+        <v>1117</v>
       </c>
       <c r="E293" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F293" s="11" t="s">
-        <v>1620</v>
+        <v>1304</v>
       </c>
       <c r="G293" s="11" t="s">
-        <v>1622</v>
+        <v>65</v>
       </c>
       <c r="H293" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="294" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I293" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J293" s="26"/>
+    </row>
+    <row r="294" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A294" s="16">
         <v>293</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>1417</v>
+        <v>1118</v>
       </c>
       <c r="C294" s="12">
         <v>165112694646</v>
       </c>
       <c r="D294" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E294" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F294" s="11" t="s">
-        <v>1623</v>
+        <v>1305</v>
       </c>
       <c r="G294" s="11" t="s">
-        <v>1624</v>
+        <v>65</v>
       </c>
       <c r="H294" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="295" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I294" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J294" s="14" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A295" s="16">
         <v>294</v>
       </c>
       <c r="B295" s="11" t="s">
-        <v>1418</v>
+        <v>1119</v>
       </c>
       <c r="C295" s="12">
         <v>602510248626</v>
       </c>
       <c r="D295" s="11" t="s">
-        <v>1419</v>
+        <v>1120</v>
       </c>
       <c r="E295" s="11" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>89113717523</v>
+        <v>1106</v>
+      </c>
+      <c r="F295" s="11" t="s">
+        <v>1306</v>
       </c>
       <c r="G295" s="11" t="s">
-        <v>1625</v>
+        <v>65</v>
       </c>
       <c r="H295" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="296" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I295" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J295" s="11"/>
+    </row>
+    <row r="296" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A296" s="16">
         <v>295</v>
       </c>
       <c r="B296" s="11" t="s">
-        <v>1420</v>
+        <v>1121</v>
       </c>
       <c r="C296" s="12">
         <v>602713573702</v>
       </c>
       <c r="D296" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E296" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F296" s="11" t="s">
-        <v>1626</v>
+        <v>1306</v>
       </c>
       <c r="G296" s="11" t="s">
-        <v>1625</v>
+        <v>65</v>
       </c>
       <c r="H296" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="297" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I296" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J296" s="14" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A297" s="16">
         <v>296</v>
       </c>
       <c r="B297" s="11" t="s">
-        <v>1421</v>
+        <v>1122</v>
       </c>
       <c r="C297" s="12">
         <v>7825110857</v>
       </c>
       <c r="D297" s="11" t="s">
-        <v>1422</v>
+        <v>1123</v>
       </c>
       <c r="E297" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F297" s="11" t="s">
-        <v>1627</v>
+        <v>1307</v>
       </c>
       <c r="G297" s="11" t="s">
-        <v>1628</v>
+        <v>65</v>
       </c>
       <c r="H297" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="298" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I297" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J297" s="14" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A298" s="16">
         <v>297</v>
       </c>
       <c r="B298" s="11" t="s">
-        <v>1424</v>
+        <v>1125</v>
       </c>
       <c r="C298" s="12">
         <v>7730509450</v>
       </c>
       <c r="D298" s="11" t="s">
-        <v>1425</v>
+        <v>1126</v>
       </c>
       <c r="E298" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F298" s="11" t="s">
-        <v>1629</v>
+        <v>1308</v>
       </c>
       <c r="G298" s="11" t="s">
-        <v>1630</v>
+        <v>65</v>
       </c>
       <c r="H298" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="299" spans="1:12" ht="189" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I298" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J298" s="26"/>
+    </row>
+    <row r="299" spans="1:10" ht="189" x14ac:dyDescent="0.25">
       <c r="A299" s="16">
         <v>298</v>
       </c>
       <c r="B299" s="11" t="s">
-        <v>1426</v>
+        <v>1127</v>
       </c>
       <c r="C299" s="12">
         <v>6027112432</v>
       </c>
       <c r="D299" s="11" t="s">
-        <v>1427</v>
+        <v>1128</v>
       </c>
       <c r="E299" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F299" s="11" t="s">
-        <v>1631</v>
+        <v>1309</v>
       </c>
       <c r="G299" s="11" t="s">
-        <v>1632</v>
+        <v>65</v>
       </c>
       <c r="H299" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="300" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I299" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J299" s="14" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A300" s="16">
         <v>299</v>
       </c>
       <c r="B300" s="11" t="s">
-        <v>1428</v>
+        <v>1129</v>
       </c>
       <c r="C300" s="12">
         <v>6732180881</v>
       </c>
       <c r="D300" s="11" t="s">
-        <v>1429</v>
+        <v>1130</v>
       </c>
       <c r="E300" s="11" t="s">
-        <v>1423</v>
-[...2 lines deleted...]
-        <v>89203020660</v>
+        <v>1124</v>
+      </c>
+      <c r="F300" s="11" t="s">
+        <v>1310</v>
       </c>
       <c r="G300" s="11" t="s">
-        <v>1633</v>
+        <v>65</v>
       </c>
       <c r="H300" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="301" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I300" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J300" s="26"/>
+    </row>
+    <row r="301" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A301" s="16">
         <v>300</v>
       </c>
       <c r="B301" s="11" t="s">
-        <v>1430</v>
+        <v>1131</v>
       </c>
       <c r="C301" s="12">
         <v>781900275828</v>
       </c>
       <c r="D301" s="11" t="s">
-        <v>1431</v>
+        <v>1132</v>
       </c>
       <c r="E301" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F301" s="11" t="s">
-        <v>1634</v>
+        <v>1300</v>
       </c>
       <c r="G301" s="11" t="s">
-        <v>1615</v>
+        <v>65</v>
       </c>
       <c r="H301" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="302" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I301" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J301" s="26"/>
+    </row>
+    <row r="302" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A302" s="16">
         <v>301</v>
       </c>
       <c r="B302" s="11" t="s">
-        <v>1432</v>
+        <v>1133</v>
       </c>
       <c r="C302" s="12">
         <v>602700588814</v>
       </c>
       <c r="D302" s="11" t="s">
-        <v>1433</v>
+        <v>1134</v>
       </c>
       <c r="E302" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F302" s="11" t="s">
-        <v>1635</v>
+        <v>1306</v>
       </c>
       <c r="G302" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H302" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="303" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I302" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J302" s="26"/>
+    </row>
+    <row r="303" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A303" s="16">
         <v>302</v>
       </c>
       <c r="B303" s="11" t="s">
-        <v>1434</v>
+        <v>1135</v>
       </c>
       <c r="C303" s="12">
         <v>5022031587</v>
       </c>
       <c r="D303" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E303" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F303" s="11" t="s">
-        <v>1636</v>
+        <v>1311</v>
       </c>
       <c r="G303" s="11" t="s">
-        <v>1637</v>
+        <v>65</v>
       </c>
       <c r="H303" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="304" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I303" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J303" s="14" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A304" s="16">
         <v>303</v>
       </c>
       <c r="B304" s="11" t="s">
-        <v>1435</v>
+        <v>1136</v>
       </c>
       <c r="C304" s="12">
         <v>6027151470</v>
       </c>
       <c r="D304" s="11" t="s">
-        <v>1436</v>
+        <v>1137</v>
       </c>
       <c r="E304" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F304" s="11" t="s">
-        <v>1638</v>
+        <v>1312</v>
       </c>
       <c r="G304" s="11" t="s">
-        <v>1639</v>
+        <v>65</v>
       </c>
       <c r="H304" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="305" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I304" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J304" s="26"/>
+    </row>
+    <row r="305" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A305" s="16">
         <v>304</v>
       </c>
       <c r="B305" s="11" t="s">
-        <v>1437</v>
+        <v>1138</v>
       </c>
       <c r="C305" s="12">
         <v>9709004354</v>
       </c>
       <c r="D305" s="11" t="s">
-        <v>1438</v>
+        <v>1139</v>
       </c>
       <c r="E305" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F305" s="11" t="s">
-        <v>1640</v>
+        <v>1313</v>
       </c>
       <c r="G305" s="11" t="s">
-        <v>1641</v>
+        <v>65</v>
       </c>
       <c r="H305" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="306" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I305" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J305" s="26"/>
+    </row>
+    <row r="306" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A306" s="16">
         <v>305</v>
       </c>
       <c r="B306" s="11" t="s">
-        <v>1440</v>
+        <v>1141</v>
       </c>
       <c r="C306" s="12">
         <v>7811175727</v>
       </c>
       <c r="D306" s="11" t="s">
-        <v>1441</v>
+        <v>1142</v>
       </c>
       <c r="E306" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F306" s="11" t="s">
-        <v>1642</v>
+        <v>1314</v>
       </c>
       <c r="G306" s="11" t="s">
-        <v>1643</v>
+        <v>65</v>
       </c>
       <c r="H306" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="307" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I306" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J306" s="26"/>
+    </row>
+    <row r="307" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A307" s="16">
         <v>306</v>
       </c>
       <c r="B307" s="11" t="s">
-        <v>1442</v>
+        <v>1143</v>
       </c>
       <c r="C307" s="12">
         <v>5406629261</v>
       </c>
       <c r="D307" s="11" t="s">
-        <v>1443</v>
+        <v>1144</v>
       </c>
       <c r="E307" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F307" s="11" t="s">
-        <v>1644</v>
+        <v>1315</v>
       </c>
       <c r="G307" s="11" t="s">
-        <v>1645</v>
+        <v>65</v>
       </c>
       <c r="H307" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="308" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I307" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J307" s="14" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A308" s="16">
         <v>307</v>
       </c>
       <c r="B308" s="11" t="s">
-        <v>1444</v>
+        <v>1145</v>
       </c>
       <c r="C308" s="12">
         <v>6027008424</v>
       </c>
       <c r="D308" s="11" t="s">
-        <v>1445</v>
+        <v>1146</v>
       </c>
       <c r="E308" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F308" s="11" t="s">
-        <v>1646</v>
+        <v>1316</v>
       </c>
       <c r="G308" s="11" t="s">
-        <v>1647</v>
+        <v>1103</v>
       </c>
       <c r="H308" s="11" t="s">
-        <v>1402</v>
-[...12 lines deleted...]
-    <row r="309" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I308" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J308" s="14" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A309" s="16">
         <v>308</v>
       </c>
       <c r="B309" s="11" t="s">
-        <v>1446</v>
+        <v>1147</v>
       </c>
       <c r="C309" s="12">
         <v>7703007980</v>
       </c>
       <c r="D309" s="11" t="s">
-        <v>1447</v>
+        <v>1148</v>
       </c>
       <c r="E309" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F309" s="11" t="s">
-        <v>1648</v>
+        <v>1317</v>
       </c>
       <c r="G309" s="11" t="s">
-        <v>1649</v>
+        <v>65</v>
       </c>
       <c r="H309" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="310" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I309" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J309" s="14" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A310" s="16">
         <v>309</v>
       </c>
       <c r="B310" s="11" t="s">
-        <v>1448</v>
+        <v>1149</v>
       </c>
       <c r="C310" s="12">
         <v>6027205616</v>
       </c>
       <c r="D310" s="11" t="s">
-        <v>1449</v>
+        <v>1150</v>
       </c>
       <c r="E310" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F310" s="11" t="s">
-        <v>1650</v>
+        <v>1318</v>
       </c>
       <c r="G310" s="11" t="s">
-        <v>1651</v>
+        <v>65</v>
       </c>
       <c r="H310" s="11" t="s">
-        <v>74</v>
-[...12 lines deleted...]
-    <row r="311" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I310" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J310" s="14" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A311" s="16">
         <v>310</v>
       </c>
       <c r="B311" s="11" t="s">
-        <v>1450</v>
+        <v>1151</v>
       </c>
       <c r="C311" s="12">
         <v>4345497285</v>
       </c>
       <c r="D311" s="11" t="s">
-        <v>1399</v>
+        <v>1100</v>
       </c>
       <c r="E311" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F311" s="11" t="s">
-        <v>1652</v>
+        <v>1319</v>
       </c>
       <c r="G311" s="11" t="s">
-        <v>1653</v>
+        <v>185</v>
       </c>
       <c r="H311" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="312" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I311" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J311" s="14" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A312" s="16">
         <v>311</v>
       </c>
       <c r="B312" s="11" t="s">
-        <v>1451</v>
+        <v>1152</v>
       </c>
       <c r="C312" s="12">
         <v>6027175383</v>
       </c>
       <c r="D312" s="11" t="s">
-        <v>1399</v>
+        <v>1100</v>
       </c>
       <c r="E312" s="11" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F312" s="11" t="s">
-        <v>1654</v>
+        <v>1320</v>
       </c>
       <c r="G312" s="11" t="s">
-        <v>1655</v>
+        <v>185</v>
       </c>
       <c r="H312" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="313" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I312" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J312" s="26"/>
+    </row>
+    <row r="313" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A313" s="16">
         <v>312</v>
       </c>
       <c r="B313" s="11" t="s">
-        <v>1452</v>
+        <v>1153</v>
       </c>
       <c r="C313" s="12">
         <v>7733325877</v>
       </c>
       <c r="D313" s="11" t="s">
-        <v>1453</v>
+        <v>1154</v>
       </c>
       <c r="E313" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F313" s="11" t="s">
-        <v>1656</v>
+        <v>1321</v>
       </c>
       <c r="G313" s="11" t="s">
-        <v>1657</v>
+        <v>185</v>
       </c>
       <c r="H313" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="314" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I313" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J313" s="14" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A314" s="16">
         <v>313</v>
       </c>
       <c r="B314" s="11" t="s">
-        <v>1454</v>
+        <v>1155</v>
       </c>
       <c r="C314" s="12">
         <v>601400926806</v>
       </c>
       <c r="D314" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E314" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F314" s="11" t="s">
-        <v>1658</v>
+        <v>1306</v>
       </c>
       <c r="G314" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H314" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="315" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I314" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J314" s="14" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A315" s="16">
         <v>314</v>
       </c>
       <c r="B315" s="11" t="s">
-        <v>1455</v>
+        <v>1156</v>
       </c>
       <c r="C315" s="12">
         <v>602714449391</v>
       </c>
       <c r="D315" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E315" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F315" s="11" t="s">
-        <v>1659</v>
+        <v>1306</v>
       </c>
       <c r="G315" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H315" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="316" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I315" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J315" s="26"/>
+    </row>
+    <row r="316" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A316" s="16">
         <v>315</v>
       </c>
       <c r="B316" s="11" t="s">
-        <v>1456</v>
+        <v>1157</v>
       </c>
       <c r="C316" s="12">
         <v>6027168072</v>
       </c>
       <c r="D316" s="11" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E316" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F316" s="11" t="s">
-        <v>1660</v>
+        <v>1322</v>
       </c>
       <c r="G316" s="11" t="s">
-        <v>1661</v>
+        <v>185</v>
       </c>
       <c r="H316" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="317" spans="1:12" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1101</v>
+      </c>
+      <c r="I316" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J316" s="26"/>
+    </row>
+    <row r="317" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A317" s="16">
         <v>316</v>
       </c>
       <c r="B317" s="11" t="s">
-        <v>1457</v>
+        <v>1158</v>
       </c>
       <c r="C317" s="12">
         <v>350501308607</v>
       </c>
       <c r="D317" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E317" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F317" s="11" t="s">
-        <v>1662</v>
+        <v>1323</v>
       </c>
       <c r="G317" s="11" t="s">
-        <v>1663</v>
+        <v>185</v>
       </c>
       <c r="H317" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="318" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I317" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J317" s="26"/>
+    </row>
+    <row r="318" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A318" s="16">
         <v>317</v>
       </c>
       <c r="B318" s="11" t="s">
-        <v>1458</v>
+        <v>1159</v>
       </c>
       <c r="C318" s="12">
         <v>6027097368</v>
       </c>
       <c r="D318" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E318" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F318" s="11" t="s">
-        <v>1664</v>
+        <v>1324</v>
       </c>
       <c r="G318" s="11" t="s">
-        <v>1665</v>
+        <v>185</v>
       </c>
       <c r="H318" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="319" spans="1:12" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1101</v>
+      </c>
+      <c r="I318" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J318" s="30" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A319" s="16">
         <v>318</v>
       </c>
       <c r="B319" s="11" t="s">
-        <v>1459</v>
+        <v>1160</v>
       </c>
       <c r="C319" s="12">
         <v>782506677418</v>
       </c>
       <c r="D319" s="11" t="s">
-        <v>1433</v>
+        <v>1134</v>
       </c>
       <c r="E319" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F319" s="11" t="s">
-        <v>1666</v>
+        <v>1300</v>
       </c>
       <c r="G319" s="11" t="s">
-        <v>1615</v>
+        <v>185</v>
       </c>
       <c r="H319" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="320" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I319" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J319" s="31"/>
+    </row>
+    <row r="320" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A320" s="16">
         <v>319</v>
       </c>
       <c r="B320" s="11" t="s">
-        <v>1460</v>
+        <v>1161</v>
       </c>
       <c r="C320" s="12">
         <v>602715303846</v>
       </c>
       <c r="D320" s="11" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="E320" s="11" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>89113719950</v>
+        <v>1106</v>
+      </c>
+      <c r="F320" s="11" t="s">
+        <v>1306</v>
       </c>
       <c r="G320" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H320" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="321" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I320" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J320" s="30" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A321" s="16">
         <v>320</v>
       </c>
       <c r="B321" s="11" t="s">
-        <v>1461</v>
+        <v>1162</v>
       </c>
       <c r="C321" s="12">
         <v>602715038700</v>
       </c>
       <c r="D321" s="11" t="s">
-        <v>1462</v>
+        <v>1163</v>
       </c>
       <c r="E321" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F321" s="11" t="s">
-        <v>1667</v>
+        <v>1306</v>
       </c>
       <c r="G321" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H321" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="322" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I321" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J321" s="26"/>
+    </row>
+    <row r="322" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A322" s="16">
         <v>321</v>
       </c>
       <c r="B322" s="11" t="s">
-        <v>1463</v>
+        <v>1164</v>
       </c>
       <c r="C322" s="12">
         <v>601302648773</v>
       </c>
       <c r="D322" s="11" t="s">
-        <v>1464</v>
+        <v>1165</v>
       </c>
       <c r="E322" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F322" s="11" t="s">
-        <v>1668</v>
+        <v>1306</v>
       </c>
       <c r="G322" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H322" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="323" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I322" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J322" s="26"/>
+    </row>
+    <row r="323" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A323" s="16">
         <v>322</v>
       </c>
       <c r="B323" s="11" t="s">
-        <v>507</v>
+        <v>421</v>
       </c>
       <c r="C323" s="12">
         <v>870900759894</v>
       </c>
       <c r="D323" s="11" t="s">
-        <v>1465</v>
+        <v>1166</v>
       </c>
       <c r="E323" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F323" s="11" t="s">
-        <v>1669</v>
+        <v>1306</v>
       </c>
       <c r="G323" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H323" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="324" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I323" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J323" s="14" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A324" s="16">
         <v>323</v>
       </c>
       <c r="B324" s="11" t="s">
-        <v>1466</v>
+        <v>1167</v>
       </c>
       <c r="C324" s="12">
         <v>1658182626</v>
       </c>
       <c r="D324" s="11" t="s">
-        <v>1467</v>
+        <v>1168</v>
       </c>
       <c r="E324" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F324" s="11" t="s">
-        <v>1670</v>
+        <v>1325</v>
       </c>
       <c r="G324" s="11" t="s">
-        <v>1671</v>
+        <v>185</v>
       </c>
       <c r="H324" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="325" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I324" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J324" s="14" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A325" s="16">
         <v>324</v>
       </c>
       <c r="B325" s="11" t="s">
-        <v>1468</v>
+        <v>1169</v>
       </c>
       <c r="C325" s="12">
         <v>600200916929</v>
       </c>
       <c r="D325" s="11" t="s">
-        <v>1469</v>
+        <v>1170</v>
       </c>
       <c r="E325" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F325" s="11" t="s">
-        <v>1672</v>
+        <v>1326</v>
       </c>
       <c r="G325" s="11" t="s">
-        <v>1673</v>
+        <v>185</v>
       </c>
       <c r="H325" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="326" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I325" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J325" s="11"/>
+    </row>
+    <row r="326" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A326" s="16">
         <v>325</v>
       </c>
       <c r="B326" s="11" t="s">
-        <v>1470</v>
+        <v>1171</v>
       </c>
       <c r="C326" s="12">
         <v>6025008323</v>
       </c>
       <c r="D326" s="11" t="s">
-        <v>1471</v>
+        <v>1172</v>
       </c>
       <c r="E326" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F326" s="11" t="s">
-        <v>1674</v>
+        <v>1327</v>
       </c>
       <c r="G326" s="11" t="s">
-        <v>1675</v>
+        <v>185</v>
       </c>
       <c r="H326" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="327" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I326" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J326" s="14" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A327" s="16">
         <v>326</v>
       </c>
       <c r="B327" s="11" t="s">
-        <v>1472</v>
+        <v>1173</v>
       </c>
       <c r="C327" s="12">
         <v>6027173516</v>
       </c>
       <c r="D327" s="11" t="s">
-        <v>1473</v>
+        <v>1174</v>
       </c>
       <c r="E327" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F327" s="11" t="s">
-        <v>1676</v>
+        <v>1328</v>
       </c>
       <c r="G327" s="11" t="s">
-        <v>1677</v>
+        <v>185</v>
       </c>
       <c r="H327" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="328" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I327" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J327" s="26"/>
+    </row>
+    <row r="328" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A328" s="16">
         <v>327</v>
       </c>
       <c r="B328" s="11" t="s">
-        <v>1474</v>
+        <v>1175</v>
       </c>
       <c r="C328" s="12">
         <v>6027157031</v>
       </c>
       <c r="D328" s="11" t="s">
-        <v>1475</v>
+        <v>1176</v>
       </c>
       <c r="E328" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F328" s="11" t="s">
-        <v>1678</v>
+        <v>1329</v>
       </c>
       <c r="G328" s="11" t="s">
-        <v>1679</v>
+        <v>185</v>
       </c>
       <c r="H328" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="329" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I328" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J328" s="26"/>
+    </row>
+    <row r="329" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A329" s="16">
         <v>328</v>
       </c>
       <c r="B329" s="11" t="s">
-        <v>1476</v>
+        <v>1177</v>
       </c>
       <c r="C329" s="12">
         <v>603700878868</v>
       </c>
       <c r="D329" s="11" t="s">
-        <v>1477</v>
+        <v>1178</v>
       </c>
       <c r="E329" s="11" t="s">
-        <v>1423</v>
-[...2 lines deleted...]
-        <v>89113753089</v>
+        <v>1124</v>
+      </c>
+      <c r="F329" s="11" t="s">
+        <v>1306</v>
       </c>
       <c r="G329" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H329" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="330" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I329" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J329" s="26"/>
+    </row>
+    <row r="330" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A330" s="16">
         <v>329</v>
       </c>
       <c r="B330" s="11" t="s">
-        <v>1478</v>
+        <v>1179</v>
       </c>
       <c r="C330" s="12">
         <v>5034055656</v>
       </c>
       <c r="D330" s="11" t="s">
-        <v>1449</v>
+        <v>1150</v>
       </c>
       <c r="E330" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F330" s="11" t="s">
-        <v>1680</v>
+        <v>1330</v>
       </c>
       <c r="G330" s="11" t="s">
-        <v>1681</v>
+        <v>185</v>
       </c>
       <c r="H330" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="331" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I330" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J330" s="14" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A331" s="16">
         <v>330</v>
       </c>
       <c r="B331" s="11" t="s">
-        <v>1479</v>
+        <v>1180</v>
       </c>
       <c r="C331" s="12">
         <v>7743282679</v>
       </c>
       <c r="D331" s="11" t="s">
-        <v>1449</v>
+        <v>1150</v>
       </c>
       <c r="E331" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F331" s="11" t="s">
-        <v>1682</v>
+        <v>1331</v>
       </c>
       <c r="G331" s="11" t="s">
-        <v>1683</v>
+        <v>185</v>
       </c>
       <c r="H331" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="332" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I331" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J331" s="14" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A332" s="16">
         <v>331</v>
       </c>
       <c r="B332" s="11" t="s">
-        <v>1480</v>
+        <v>1181</v>
       </c>
       <c r="C332" s="12">
         <v>7709976927</v>
       </c>
       <c r="D332" s="11" t="s">
-        <v>1443</v>
+        <v>1144</v>
       </c>
       <c r="E332" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F332" s="11" t="s">
-        <v>1684</v>
+        <v>1332</v>
       </c>
       <c r="G332" s="11" t="s">
-        <v>1685</v>
+        <v>185</v>
       </c>
       <c r="H332" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="333" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I332" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J332" s="14" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A333" s="16">
         <v>332</v>
       </c>
       <c r="B333" s="11" t="s">
-        <v>1481</v>
+        <v>1182</v>
       </c>
       <c r="C333" s="12">
         <v>7813664586</v>
       </c>
       <c r="D333" s="11" t="s">
-        <v>1443</v>
+        <v>1144</v>
       </c>
       <c r="E333" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F333" s="11" t="s">
-        <v>1686</v>
+        <v>1333</v>
       </c>
       <c r="G333" s="11" t="s">
-        <v>1687</v>
+        <v>185</v>
       </c>
       <c r="H333" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="334" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I333" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J333" s="14" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A334" s="16">
         <v>333</v>
       </c>
       <c r="B334" s="11" t="s">
-        <v>1482</v>
+        <v>1183</v>
       </c>
       <c r="C334" s="12">
         <v>7842482527</v>
       </c>
       <c r="D334" s="11" t="s">
-        <v>1483</v>
+        <v>1184</v>
       </c>
       <c r="E334" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F334" s="11" t="s">
-        <v>1688</v>
+        <v>1334</v>
       </c>
       <c r="G334" s="11" t="s">
-        <v>1689</v>
+        <v>185</v>
       </c>
       <c r="H334" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="335" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I334" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J334" s="14"/>
+    </row>
+    <row r="335" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A335" s="16">
         <v>334</v>
       </c>
       <c r="B335" s="11" t="s">
-        <v>1484</v>
+        <v>1185</v>
       </c>
       <c r="C335" s="12">
         <v>5262281453</v>
       </c>
       <c r="D335" s="11" t="s">
-        <v>1414</v>
+        <v>1115</v>
       </c>
       <c r="E335" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F335" s="11" t="s">
-        <v>1690</v>
+        <v>1335</v>
       </c>
       <c r="G335" s="11" t="s">
-        <v>1691</v>
+        <v>185</v>
       </c>
       <c r="H335" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="336" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I335" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J335" s="26"/>
+    </row>
+    <row r="336" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A336" s="16">
         <v>335</v>
       </c>
       <c r="B336" s="11" t="s">
-        <v>1485</v>
+        <v>1186</v>
       </c>
       <c r="C336" s="12">
         <v>101302626455</v>
       </c>
       <c r="D336" s="11" t="s">
-        <v>1486</v>
+        <v>1187</v>
       </c>
       <c r="E336" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F336" s="11" t="s">
-        <v>1692</v>
+        <v>1336</v>
       </c>
       <c r="G336" s="11" t="s">
-        <v>1693</v>
+        <v>185</v>
       </c>
       <c r="H336" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="337" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I336" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J336" s="26"/>
+    </row>
+    <row r="337" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A337" s="16">
         <v>336</v>
       </c>
       <c r="B337" s="11" t="s">
-        <v>1487</v>
+        <v>1188</v>
       </c>
       <c r="C337" s="12">
         <v>7816273083</v>
       </c>
       <c r="D337" s="11" t="s">
-        <v>1414</v>
+        <v>1115</v>
       </c>
       <c r="E337" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F337" s="11" t="s">
-        <v>1694</v>
+        <v>1337</v>
       </c>
       <c r="G337" s="11" t="s">
-        <v>1695</v>
+        <v>185</v>
       </c>
       <c r="H337" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="338" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I337" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J337" s="14" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A338" s="16">
         <v>337</v>
       </c>
       <c r="B338" s="11" t="s">
-        <v>1488</v>
+        <v>1189</v>
       </c>
       <c r="C338" s="12">
         <v>7813295032</v>
       </c>
       <c r="D338" s="11" t="s">
-        <v>1483</v>
+        <v>1184</v>
       </c>
       <c r="E338" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F338" s="11" t="s">
-        <v>1696</v>
+        <v>1338</v>
       </c>
       <c r="G338" s="11" t="s">
-        <v>1697</v>
+        <v>185</v>
       </c>
       <c r="H338" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="339" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I338" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J338" s="26"/>
+    </row>
+    <row r="339" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A339" s="16">
         <v>338</v>
       </c>
       <c r="B339" s="11" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="C339" s="12">
         <v>602705242506</v>
       </c>
       <c r="D339" s="11" t="s">
-        <v>1489</v>
+        <v>1190</v>
       </c>
       <c r="E339" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F339" s="11" t="s">
-        <v>1698</v>
+        <v>1306</v>
       </c>
       <c r="G339" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H339" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="340" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I339" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J339" s="26"/>
+    </row>
+    <row r="340" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A340" s="16">
         <v>339</v>
       </c>
       <c r="B340" s="11" t="s">
-        <v>1490</v>
+        <v>1191</v>
       </c>
       <c r="C340" s="12">
         <v>744809507950</v>
       </c>
       <c r="D340" s="11" t="s">
-        <v>1491</v>
+        <v>1192</v>
       </c>
       <c r="E340" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F340" s="11" t="s">
-        <v>1699</v>
+        <v>1339</v>
       </c>
       <c r="G340" s="11" t="s">
-        <v>1700</v>
+        <v>185</v>
       </c>
       <c r="H340" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="341" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I340" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J340" s="26"/>
+    </row>
+    <row r="341" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A341" s="16">
         <v>340</v>
       </c>
       <c r="B341" s="11" t="s">
-        <v>1492</v>
+        <v>1193</v>
       </c>
       <c r="C341" s="12">
         <v>601201541600</v>
       </c>
       <c r="D341" s="11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E341" s="11" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>89532490770</v>
+        <v>1106</v>
+      </c>
+      <c r="F341" s="11" t="s">
+        <v>1306</v>
       </c>
       <c r="G341" s="11" t="s">
-        <v>1625</v>
+        <v>185</v>
       </c>
       <c r="H341" s="11" t="s">
-        <v>201</v>
-[...12 lines deleted...]
-    <row r="342" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I341" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J341" s="14" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A342" s="16">
         <v>341</v>
       </c>
       <c r="B342" s="11" t="s">
-        <v>1493</v>
+        <v>1194</v>
       </c>
       <c r="C342" s="12">
         <v>5408022560</v>
       </c>
       <c r="D342" s="11" t="s">
-        <v>1494</v>
+        <v>1195</v>
       </c>
       <c r="E342" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F342" s="11" t="s">
-        <v>1701</v>
+        <v>1340</v>
       </c>
       <c r="G342" s="11" t="s">
-        <v>1702</v>
+        <v>602</v>
       </c>
       <c r="H342" s="11" t="s">
-        <v>728</v>
-[...12 lines deleted...]
-    <row r="343" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I342" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J342" s="14" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A343" s="16">
         <v>342</v>
       </c>
       <c r="B343" s="11" t="s">
-        <v>1495</v>
+        <v>1196</v>
       </c>
       <c r="C343" s="12">
         <v>6162081163</v>
       </c>
       <c r="D343" s="11" t="s">
-        <v>1414</v>
+        <v>1115</v>
       </c>
       <c r="E343" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F343" s="11" t="s">
-        <v>1703</v>
+        <v>1341</v>
       </c>
       <c r="G343" s="11" t="s">
-        <v>1704</v>
+        <v>512</v>
       </c>
       <c r="H343" s="11" t="s">
-        <v>617</v>
-[...10 lines deleted...]
-    <row r="344" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I343" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J343" s="14"/>
+    </row>
+    <row r="344" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A344" s="16">
         <v>343</v>
       </c>
       <c r="B344" s="11" t="s">
-        <v>1496</v>
+        <v>1197</v>
       </c>
       <c r="C344" s="12">
         <v>2466229128</v>
       </c>
       <c r="D344" s="11" t="s">
-        <v>1489</v>
+        <v>1190</v>
       </c>
       <c r="E344" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F344" s="11" t="s">
-        <v>1705</v>
+        <v>1342</v>
       </c>
       <c r="G344" s="11" t="s">
-        <v>1706</v>
+        <v>512</v>
       </c>
       <c r="H344" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="345" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I344" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J344" s="14" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A345" s="16">
         <v>344</v>
       </c>
       <c r="B345" s="11" t="s">
-        <v>1497</v>
+        <v>1198</v>
       </c>
       <c r="C345" s="12">
         <v>6027192660</v>
       </c>
       <c r="D345" s="11" t="s">
-        <v>1414</v>
+        <v>1115</v>
       </c>
       <c r="E345" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F345" s="11" t="s">
-        <v>1707</v>
+        <v>1343</v>
       </c>
       <c r="G345" s="11" t="s">
-        <v>1708</v>
+        <v>512</v>
       </c>
       <c r="H345" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="346" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I345" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J345" s="14" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A346" s="16">
         <v>345</v>
       </c>
       <c r="B346" s="11" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C346" s="12">
         <v>6027205743</v>
       </c>
       <c r="D346" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E346" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F346" s="11" t="s">
-        <v>1709</v>
+        <v>20</v>
       </c>
       <c r="G346" s="11" t="s">
-        <v>22</v>
+        <v>512</v>
       </c>
       <c r="H346" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="347" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I346" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J346" s="14" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A347" s="16">
         <v>346</v>
       </c>
       <c r="B347" s="11" t="s">
-        <v>1498</v>
+        <v>1199</v>
       </c>
       <c r="C347" s="12">
         <v>3329083944</v>
       </c>
       <c r="D347" s="11" t="s">
-        <v>1483</v>
+        <v>1184</v>
       </c>
       <c r="E347" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F347" s="11" t="s">
-        <v>1710</v>
+        <v>1344</v>
       </c>
       <c r="G347" s="11" t="s">
-        <v>1711</v>
+        <v>512</v>
       </c>
       <c r="H347" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="348" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I347" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J347" s="14" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A348" s="16">
         <v>347</v>
       </c>
       <c r="B348" s="11" t="s">
-        <v>1499</v>
+        <v>1200</v>
       </c>
       <c r="C348" s="12">
         <v>2130144342</v>
       </c>
       <c r="D348" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E348" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F348" s="11" t="s">
-        <v>1712</v>
+        <v>1345</v>
       </c>
       <c r="G348" s="11" t="s">
-        <v>1713</v>
+        <v>512</v>
       </c>
       <c r="H348" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="349" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I348" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J348" s="14" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A349" s="16">
         <v>348</v>
       </c>
       <c r="B349" s="11" t="s">
-        <v>1501</v>
+        <v>1202</v>
       </c>
       <c r="C349" s="12">
         <v>7456030357</v>
       </c>
       <c r="D349" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E349" s="11" t="s">
-        <v>1503</v>
+        <v>1204</v>
       </c>
       <c r="F349" s="11" t="s">
-        <v>1714</v>
+        <v>1346</v>
       </c>
       <c r="G349" s="11" t="s">
-        <v>1715</v>
+        <v>185</v>
       </c>
       <c r="H349" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="350" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I349" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J349" s="26"/>
+    </row>
+    <row r="350" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A350" s="16">
         <v>349</v>
       </c>
       <c r="B350" s="11" t="s">
-        <v>1504</v>
+        <v>1205</v>
       </c>
       <c r="C350" s="12">
         <v>7714815259</v>
       </c>
       <c r="D350" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E350" s="11" t="s">
-        <v>1505</v>
+        <v>1206</v>
       </c>
       <c r="F350" s="11" t="s">
-        <v>1716</v>
+        <v>1347</v>
       </c>
       <c r="G350" s="11" t="s">
-        <v>1717</v>
+        <v>602</v>
       </c>
       <c r="H350" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="351" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I350" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J350" s="26"/>
+    </row>
+    <row r="351" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A351" s="16">
         <v>350</v>
       </c>
       <c r="B351" s="11" t="s">
-        <v>1506</v>
+        <v>1207</v>
       </c>
       <c r="C351" s="12">
         <v>7718033809</v>
       </c>
       <c r="D351" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E351" s="11" t="s">
-        <v>1507</v>
+        <v>1208</v>
       </c>
       <c r="F351" s="11" t="s">
-        <v>1718</v>
+        <v>1348</v>
       </c>
       <c r="G351" s="11" t="s">
-        <v>1719</v>
+        <v>185</v>
       </c>
       <c r="H351" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="352" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I351" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J351" s="26"/>
+    </row>
+    <row r="352" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A352" s="16">
         <v>351</v>
       </c>
       <c r="B352" s="11" t="s">
-        <v>1508</v>
+        <v>1209</v>
       </c>
       <c r="C352" s="12">
         <v>7825457880</v>
       </c>
       <c r="D352" s="11" t="s">
-        <v>1483</v>
+        <v>1184</v>
       </c>
       <c r="E352" s="11" t="s">
-        <v>1509</v>
+        <v>1210</v>
       </c>
       <c r="F352" s="11" t="s">
-        <v>1720</v>
+        <v>1349</v>
       </c>
       <c r="G352" s="11" t="s">
-        <v>1721</v>
+        <v>65</v>
       </c>
       <c r="H352" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="353" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I352" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J352" s="26"/>
+    </row>
+    <row r="353" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A353" s="16">
         <v>352</v>
       </c>
       <c r="B353" s="11" t="s">
-        <v>1510</v>
+        <v>1211</v>
       </c>
       <c r="C353" s="12">
         <v>7451445125</v>
       </c>
       <c r="D353" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E353" s="11" t="s">
-        <v>1511</v>
+        <v>1212</v>
       </c>
       <c r="F353" s="11" t="s">
-        <v>1722</v>
+        <v>1350</v>
       </c>
       <c r="G353" s="11" t="s">
-        <v>1723</v>
+        <v>185</v>
       </c>
       <c r="H353" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="354" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I353" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J353" s="26"/>
+    </row>
+    <row r="354" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A354" s="16">
         <v>353</v>
       </c>
       <c r="B354" s="11" t="s">
-        <v>1512</v>
+        <v>1213</v>
       </c>
       <c r="C354" s="12">
         <v>781126151786</v>
       </c>
       <c r="D354" s="11" t="s">
-        <v>1489</v>
+        <v>1190</v>
       </c>
       <c r="E354" s="11" t="s">
-        <v>1513</v>
-[...1 lines deleted...]
-      <c r="F354" s="11"/>
+        <v>1214</v>
+      </c>
+      <c r="F354" s="11" t="s">
+        <v>89</v>
+      </c>
       <c r="G354" s="11" t="s">
-        <v>100</v>
+        <v>185</v>
       </c>
       <c r="H354" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="355" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I354" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J354" s="26"/>
+    </row>
+    <row r="355" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A355" s="16">
         <v>354</v>
       </c>
       <c r="B355" s="11" t="s">
-        <v>1514</v>
+        <v>1215</v>
       </c>
       <c r="C355" s="12">
         <v>723018543647</v>
       </c>
       <c r="D355" s="11" t="s">
-        <v>1515</v>
+        <v>1216</v>
       </c>
       <c r="E355" s="11" t="s">
-        <v>1505</v>
-[...1 lines deleted...]
-      <c r="F355" s="11"/>
+        <v>1206</v>
+      </c>
+      <c r="F355" s="11" t="s">
+        <v>89</v>
+      </c>
       <c r="G355" s="11" t="s">
-        <v>100</v>
+        <v>602</v>
       </c>
       <c r="H355" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="356" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I355" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J355" s="26"/>
+    </row>
+    <row r="356" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A356" s="16">
         <v>355</v>
       </c>
       <c r="B356" s="11" t="s">
-        <v>1516</v>
+        <v>1217</v>
       </c>
       <c r="C356" s="12">
         <v>7725558003</v>
       </c>
       <c r="D356" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E356" s="11" t="s">
-        <v>1517</v>
+        <v>1218</v>
       </c>
       <c r="F356" s="11" t="s">
-        <v>1724</v>
+        <v>1351</v>
       </c>
       <c r="G356" s="11" t="s">
-        <v>1725</v>
+        <v>602</v>
       </c>
       <c r="H356" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="357" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I356" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J356" s="26"/>
+    </row>
+    <row r="357" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A357" s="16">
         <v>356</v>
       </c>
       <c r="B357" s="11" t="s">
-        <v>1518</v>
+        <v>1219</v>
       </c>
       <c r="C357" s="12">
         <v>7703335282</v>
       </c>
       <c r="D357" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E357" s="11" t="s">
-        <v>1517</v>
+        <v>1218</v>
       </c>
       <c r="F357" s="11" t="s">
-        <v>1726</v>
+        <v>1352</v>
       </c>
       <c r="G357" s="11" t="s">
-        <v>1727</v>
+        <v>185</v>
       </c>
       <c r="H357" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="358" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I357" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J357" s="26"/>
+    </row>
+    <row r="358" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A358" s="16">
         <v>357</v>
       </c>
       <c r="B358" s="11" t="s">
-        <v>1519</v>
+        <v>1220</v>
       </c>
       <c r="C358" s="12">
         <v>7717801350</v>
       </c>
       <c r="D358" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E358" s="11" t="s">
-        <v>1517</v>
+        <v>1218</v>
       </c>
       <c r="F358" s="11" t="s">
-        <v>1728</v>
+        <v>1353</v>
       </c>
       <c r="G358" s="11" t="s">
-        <v>1729</v>
+        <v>185</v>
       </c>
       <c r="H358" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="359" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I358" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J358" s="26"/>
+    </row>
+    <row r="359" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A359" s="16">
         <v>358</v>
       </c>
       <c r="B359" s="11" t="s">
-        <v>1520</v>
+        <v>1221</v>
       </c>
       <c r="C359" s="12">
         <v>9717056349</v>
       </c>
       <c r="D359" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E359" s="11" t="s">
-        <v>1521</v>
+        <v>1222</v>
       </c>
       <c r="F359" s="11" t="s">
-        <v>1730</v>
+        <v>1354</v>
       </c>
       <c r="G359" s="11" t="s">
-        <v>1731</v>
+        <v>602</v>
       </c>
       <c r="H359" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="360" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I359" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J359" s="26"/>
+    </row>
+    <row r="360" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A360" s="16">
         <v>359</v>
       </c>
       <c r="B360" s="11" t="s">
-        <v>1522</v>
+        <v>1223</v>
       </c>
       <c r="C360" s="12">
         <v>7725276866</v>
       </c>
       <c r="D360" s="11" t="s">
-        <v>1523</v>
+        <v>1224</v>
       </c>
       <c r="E360" s="11" t="s">
-        <v>1524</v>
+        <v>1225</v>
       </c>
       <c r="F360" s="11" t="s">
-        <v>1732</v>
+        <v>1355</v>
       </c>
       <c r="G360" s="11" t="s">
-        <v>1733</v>
+        <v>65</v>
       </c>
       <c r="H360" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="361" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I360" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J360" s="26"/>
+    </row>
+    <row r="361" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A361" s="16">
         <v>360</v>
       </c>
       <c r="B361" s="11" t="s">
-        <v>1525</v>
+        <v>1226</v>
       </c>
       <c r="C361" s="12">
         <v>0</v>
       </c>
       <c r="D361" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E361" s="11" t="s">
-        <v>1517</v>
+        <v>1218</v>
       </c>
       <c r="F361" s="11" t="s">
-        <v>1734</v>
+        <v>1356</v>
       </c>
       <c r="G361" s="11" t="s">
-        <v>1735</v>
+        <v>185</v>
       </c>
       <c r="H361" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="362" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I361" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J361" s="26"/>
+    </row>
+    <row r="362" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A362" s="16">
         <v>361</v>
       </c>
       <c r="B362" s="11" t="s">
-        <v>1526</v>
+        <v>1227</v>
       </c>
       <c r="C362" s="12">
         <v>0</v>
       </c>
       <c r="D362" s="11" t="s">
-        <v>1502</v>
+        <v>1203</v>
       </c>
       <c r="E362" s="11" t="s">
-        <v>1517</v>
+        <v>1218</v>
       </c>
       <c r="F362" s="11" t="s">
-        <v>1736</v>
+        <v>1357</v>
       </c>
       <c r="G362" s="11" t="s">
-        <v>1737</v>
+        <v>185</v>
       </c>
       <c r="H362" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="363" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I362" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J362" s="26"/>
+    </row>
+    <row r="363" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A363" s="16">
         <v>362</v>
       </c>
       <c r="B363" s="11" t="s">
-        <v>1527</v>
+        <v>1228</v>
       </c>
       <c r="C363" s="12">
         <v>4501222940</v>
       </c>
       <c r="D363" s="11" t="s">
-        <v>1528</v>
+        <v>1229</v>
       </c>
       <c r="E363" s="11" t="s">
-        <v>1529</v>
+        <v>1230</v>
       </c>
       <c r="F363" s="11" t="s">
-        <v>1738</v>
+        <v>1358</v>
       </c>
       <c r="G363" s="11" t="s">
-        <v>1739</v>
+        <v>602</v>
       </c>
       <c r="H363" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="364" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I363" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J363" s="26"/>
+    </row>
+    <row r="364" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A364" s="16">
         <v>363</v>
       </c>
       <c r="B364" s="11" t="s">
-        <v>1530</v>
+        <v>1231</v>
       </c>
       <c r="C364" s="12">
         <v>7726460642</v>
       </c>
       <c r="D364" s="11" t="s">
-        <v>1528</v>
+        <v>1229</v>
       </c>
       <c r="E364" s="11" t="s">
-        <v>1513</v>
+        <v>1214</v>
       </c>
       <c r="F364" s="11" t="s">
-        <v>1740</v>
+        <v>1359</v>
       </c>
       <c r="G364" s="11" t="s">
-        <v>1741</v>
+        <v>185</v>
       </c>
       <c r="H364" s="11" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="365" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I364" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J364" s="26"/>
+    </row>
+    <row r="365" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A365" s="16">
         <v>364</v>
       </c>
       <c r="B365" s="11" t="s">
-        <v>1531</v>
+        <v>1232</v>
       </c>
       <c r="C365" s="12">
         <v>7801649632</v>
       </c>
       <c r="D365" s="11" t="s">
-        <v>1532</v>
+        <v>1233</v>
       </c>
       <c r="E365" s="11" t="s">
-        <v>1533</v>
+        <v>1234</v>
       </c>
       <c r="F365" s="11" t="s">
-        <v>1742</v>
+        <v>1360</v>
       </c>
       <c r="G365" s="11" t="s">
-        <v>1743</v>
+        <v>65</v>
       </c>
       <c r="H365" s="11" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-    <row r="366" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I365" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J365" s="26"/>
+    </row>
+    <row r="366" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A366" s="16">
         <v>365</v>
       </c>
       <c r="B366" s="11" t="s">
-        <v>1534</v>
+        <v>1235</v>
       </c>
       <c r="C366" s="12">
         <v>7709896171</v>
       </c>
       <c r="D366" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E366" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F366" s="11" t="s">
-        <v>1744</v>
+        <v>1361</v>
       </c>
       <c r="G366" s="11" t="s">
-        <v>1745</v>
+        <v>602</v>
       </c>
       <c r="H366" s="11" t="s">
-        <v>728</v>
-[...12 lines deleted...]
-    <row r="367" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I366" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J366" s="14" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A367" s="16">
         <v>366</v>
       </c>
       <c r="B367" s="11" t="s">
-        <v>1535</v>
+        <v>1236</v>
       </c>
       <c r="C367" s="12">
         <v>6027071120</v>
       </c>
       <c r="D367" s="11" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="E367" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F367" s="11" t="s">
-        <v>1746</v>
+        <v>604</v>
       </c>
       <c r="G367" s="11" t="s">
-        <v>730</v>
+        <v>602</v>
       </c>
       <c r="H367" s="11" t="s">
-        <v>728</v>
-[...12 lines deleted...]
-    <row r="368" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I367" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J367" s="14" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A368" s="16">
         <v>367</v>
       </c>
       <c r="B368" s="11" t="s">
-        <v>1536</v>
+        <v>1237</v>
       </c>
       <c r="C368" s="12">
         <v>7704268511</v>
       </c>
       <c r="D368" s="11" t="s">
-        <v>1537</v>
+        <v>1238</v>
       </c>
       <c r="E368" s="11" t="s">
-        <v>1538</v>
+        <v>1239</v>
       </c>
       <c r="F368" s="11" t="s">
-        <v>1747</v>
+        <v>1362</v>
       </c>
       <c r="G368" s="11" t="s">
-        <v>1748</v>
+        <v>602</v>
       </c>
       <c r="H368" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="369" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I368" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J368" s="26"/>
+    </row>
+    <row r="369" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A369" s="16">
         <v>368</v>
       </c>
       <c r="B369" s="11" t="s">
-        <v>1539</v>
+        <v>1240</v>
       </c>
       <c r="C369" s="12">
         <v>343594041840</v>
       </c>
       <c r="D369" s="11" t="s">
-        <v>1489</v>
+        <v>1190</v>
       </c>
       <c r="E369" s="11" t="s">
-        <v>1415</v>
+        <v>1116</v>
       </c>
       <c r="F369" s="11" t="s">
-        <v>1749</v>
+        <v>1363</v>
       </c>
       <c r="G369" s="11" t="s">
-        <v>1750</v>
+        <v>512</v>
       </c>
       <c r="H369" s="11" t="s">
-        <v>617</v>
-[...10 lines deleted...]
-    <row r="370" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I369" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J369" s="26"/>
+    </row>
+    <row r="370" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A370" s="16">
         <v>369</v>
       </c>
       <c r="B370" s="11" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="C370" s="12">
         <v>602716485162</v>
       </c>
       <c r="D370" s="11" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E370" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F370" s="11" t="s">
-        <v>216</v>
+        <v>80</v>
       </c>
       <c r="G370" s="11" t="s">
-        <v>91</v>
+        <v>512</v>
       </c>
       <c r="H370" s="11" t="s">
-        <v>617</v>
-[...10 lines deleted...]
-    <row r="371" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I370" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J370" s="26"/>
+    </row>
+    <row r="371" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A371" s="16">
         <v>370</v>
       </c>
       <c r="B371" s="11" t="s">
-        <v>1540</v>
+        <v>1241</v>
       </c>
       <c r="C371" s="12">
         <v>7801532634</v>
       </c>
       <c r="D371" s="11" t="s">
-        <v>1541</v>
+        <v>1242</v>
       </c>
       <c r="E371" s="11" t="s">
-        <v>1542</v>
+        <v>1243</v>
       </c>
       <c r="F371" s="11" t="s">
-        <v>1751</v>
+        <v>89</v>
       </c>
       <c r="G371" s="11" t="s">
-        <v>100</v>
+        <v>602</v>
       </c>
       <c r="H371" s="11" t="s">
-        <v>728</v>
-[...10 lines deleted...]
-    <row r="372" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I371" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J371" s="26"/>
+    </row>
+    <row r="372" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A372" s="16">
         <v>371</v>
       </c>
       <c r="B372" s="11" t="s">
-        <v>1543</v>
+        <v>1244</v>
       </c>
       <c r="C372" s="12">
         <v>9729318461</v>
       </c>
       <c r="D372" s="11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E372" s="11" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F372" s="11" t="s">
-        <v>1752</v>
+        <v>1364</v>
       </c>
       <c r="G372" s="11" t="s">
-        <v>1753</v>
+        <v>512</v>
       </c>
       <c r="H372" s="11" t="s">
-        <v>617</v>
-[...10 lines deleted...]
-    <row r="373" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I372" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J372" s="26"/>
+    </row>
+    <row r="373" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A373" s="16">
         <v>372</v>
       </c>
       <c r="B373" s="11" t="s">
-        <v>1544</v>
+        <v>1245</v>
       </c>
       <c r="C373" s="12">
         <v>602716264565</v>
       </c>
       <c r="D373" s="11" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="E373" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F373" s="11" t="s">
-        <v>1754</v>
+        <v>80</v>
       </c>
       <c r="G373" s="11" t="s">
-        <v>91</v>
+        <v>512</v>
       </c>
       <c r="H373" s="11" t="s">
-        <v>617</v>
-[...12 lines deleted...]
-    <row r="374" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I373" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J373" s="14" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A374" s="16">
         <v>373</v>
       </c>
       <c r="B374" s="11" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C374" s="12">
         <v>564501362378</v>
       </c>
       <c r="D374" s="11" t="s">
-        <v>1545</v>
+        <v>1246</v>
       </c>
       <c r="E374" s="11" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F374" s="11" t="s">
-        <v>1755</v>
-[...4 lines deleted...]
-      <c r="H374" s="11">
+        <v>1365</v>
+      </c>
+      <c r="G374" s="11">
         <v>2023</v>
       </c>
-      <c r="I374" s="11" t="s">
-[...8 lines deleted...]
-    <row r="375" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+      <c r="H374" s="11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I374" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J374" s="26"/>
+    </row>
+    <row r="375" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A375" s="16">
         <v>374</v>
       </c>
       <c r="B375" s="11" t="s">
-        <v>1546</v>
+        <v>1247</v>
       </c>
       <c r="C375" s="12" t="s">
-        <v>1547</v>
+        <v>1248</v>
       </c>
       <c r="D375" s="11" t="s">
-        <v>1548</v>
+        <v>1249</v>
       </c>
       <c r="E375" s="11" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F375" s="11" t="s">
-        <v>1757</v>
+        <v>1366</v>
       </c>
       <c r="G375" s="11" t="s">
-        <v>1758</v>
+        <v>512</v>
       </c>
       <c r="H375" s="11" t="s">
-        <v>617</v>
-[...10 lines deleted...]
-    <row r="376" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I375" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J375" s="26"/>
+    </row>
+    <row r="376" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A376" s="16">
         <v>375</v>
       </c>
       <c r="B376" s="11" t="s">
-        <v>1549</v>
+        <v>1250</v>
       </c>
       <c r="C376" s="12">
         <v>602504880900</v>
       </c>
       <c r="D376" s="11" t="s">
-        <v>1550</v>
+        <v>1251</v>
       </c>
       <c r="E376" s="11" t="s">
-        <v>1551</v>
+        <v>1252</v>
       </c>
       <c r="F376" s="11" t="s">
-        <v>1552</v>
-[...4 lines deleted...]
-      <c r="H376" s="11">
+        <v>1253</v>
+      </c>
+      <c r="G376" s="11">
         <v>2024</v>
       </c>
+      <c r="H376" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I376" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="377" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J376" s="13" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A377" s="16">
         <v>376</v>
       </c>
       <c r="B377" s="11" t="s">
-        <v>1555</v>
+        <v>1255</v>
       </c>
       <c r="C377" s="12">
         <v>601801251639</v>
       </c>
       <c r="D377" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E377" s="11" t="s">
-        <v>1556</v>
+        <v>1256</v>
       </c>
       <c r="F377" s="11" t="s">
-        <v>1557</v>
-[...4 lines deleted...]
-      <c r="H377" s="11">
+        <v>1257</v>
+      </c>
+      <c r="G377" s="11">
         <v>2024</v>
       </c>
+      <c r="H377" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I377" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="378" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J377" s="13" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A378" s="16">
         <v>377</v>
       </c>
       <c r="B378" s="11" t="s">
-        <v>1560</v>
+        <v>1259</v>
       </c>
       <c r="C378" s="12">
         <v>602711796566</v>
       </c>
       <c r="D378" s="11" t="s">
-        <v>1561</v>
+        <v>1260</v>
       </c>
       <c r="E378" s="11" t="s">
-        <v>1561</v>
+        <v>1260</v>
       </c>
       <c r="F378" s="11" t="s">
-        <v>1562</v>
-[...4 lines deleted...]
-      <c r="H378" s="11">
+        <v>1261</v>
+      </c>
+      <c r="G378" s="11">
         <v>2024</v>
       </c>
+      <c r="H378" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I378" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="379" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J378" s="13" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A379" s="16">
         <v>378</v>
       </c>
       <c r="B379" s="11" t="s">
-        <v>1565</v>
+        <v>1263</v>
       </c>
       <c r="C379" s="12">
         <v>3100016698</v>
       </c>
       <c r="D379" s="11" t="s">
-        <v>1566</v>
+        <v>1264</v>
       </c>
       <c r="E379" s="11" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F379" s="11" t="s">
-        <v>1568</v>
-[...4 lines deleted...]
-      <c r="H379" s="11">
+        <v>1266</v>
+      </c>
+      <c r="G379" s="11">
         <v>2024</v>
       </c>
+      <c r="H379" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I379" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="380" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J379" s="13" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A380" s="16">
         <v>379</v>
       </c>
       <c r="B380" s="11" t="s">
-        <v>1570</v>
+        <v>1267</v>
       </c>
       <c r="C380" s="12">
         <v>603701235411</v>
       </c>
       <c r="D380" s="11" t="s">
-        <v>1561</v>
+        <v>1260</v>
       </c>
       <c r="E380" s="11" t="s">
-        <v>1571</v>
+        <v>1268</v>
       </c>
       <c r="F380" s="11" t="s">
-        <v>1572</v>
-[...4 lines deleted...]
-      <c r="H380" s="11">
+        <v>1269</v>
+      </c>
+      <c r="G380" s="11">
         <v>2024</v>
       </c>
+      <c r="H380" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I380" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="381" spans="1:12" ht="173.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J380" s="14" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A381" s="16">
         <v>380</v>
       </c>
       <c r="B381" s="11" t="s">
-        <v>1575</v>
+        <v>1271</v>
       </c>
       <c r="C381" s="12">
         <v>7704211201</v>
       </c>
       <c r="D381" s="11" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E381" s="11" t="s">
-        <v>1576</v>
+        <v>1272</v>
       </c>
       <c r="F381" s="11" t="s">
-        <v>1577</v>
-[...4 lines deleted...]
-      <c r="H381" s="11">
+        <v>1273</v>
+      </c>
+      <c r="G381" s="11">
         <v>2024</v>
       </c>
+      <c r="H381" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I381" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="382" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J381" s="14" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A382" s="16">
         <v>381</v>
       </c>
       <c r="B382" s="11" t="s">
-        <v>1580</v>
+        <v>1275</v>
       </c>
       <c r="C382" s="12">
         <v>5903064477</v>
       </c>
       <c r="D382" s="11" t="s">
-        <v>1581</v>
+        <v>1276</v>
       </c>
       <c r="E382" s="11" t="s">
-        <v>1582</v>
+        <v>1277</v>
       </c>
       <c r="F382" s="11" t="s">
-        <v>1583</v>
-[...4 lines deleted...]
-      <c r="H382" s="11">
+        <v>1278</v>
+      </c>
+      <c r="G382" s="11">
         <v>2024</v>
       </c>
+      <c r="H382" s="11" t="s">
+        <v>499</v>
+      </c>
       <c r="I382" s="11" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="383" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J382" s="14" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A383" s="16">
         <v>382</v>
       </c>
       <c r="B383" s="12" t="s">
-        <v>1586</v>
+        <v>1280</v>
       </c>
       <c r="C383" s="12">
         <v>772429217061</v>
       </c>
       <c r="D383" s="12" t="s">
-        <v>1587</v>
+        <v>1281</v>
       </c>
       <c r="E383" s="12" t="s">
-        <v>1588</v>
+        <v>1282</v>
       </c>
       <c r="F383" s="12" t="s">
-        <v>1589</v>
-[...4 lines deleted...]
-      <c r="H383" s="12">
+        <v>1283</v>
+      </c>
+      <c r="G383" s="12">
         <v>2024</v>
       </c>
+      <c r="H383" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I383" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="384" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J383" s="15" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A384" s="16">
         <v>383</v>
       </c>
       <c r="B384" s="12" t="s">
-        <v>1592</v>
+        <v>1285</v>
       </c>
       <c r="C384" s="12">
         <v>602722404700</v>
       </c>
       <c r="D384" s="12" t="s">
-        <v>1593</v>
+        <v>1286</v>
       </c>
       <c r="E384" s="12" t="s">
-        <v>1594</v>
+        <v>1287</v>
       </c>
       <c r="F384" s="12" t="s">
-        <v>1595</v>
-[...4 lines deleted...]
-      <c r="H384" s="12">
+        <v>1288</v>
+      </c>
+      <c r="G384" s="12">
         <v>2024</v>
       </c>
+      <c r="H384" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I384" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="385" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J384" s="12"/>
+    </row>
+    <row r="385" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A385" s="16">
         <v>384</v>
       </c>
       <c r="B385" s="12" t="s">
-        <v>1597</v>
+        <v>1289</v>
       </c>
       <c r="C385" s="12">
         <v>780545409257</v>
       </c>
       <c r="D385" s="12" t="s">
-        <v>1598</v>
+        <v>1290</v>
       </c>
       <c r="E385" s="12" t="s">
-        <v>1599</v>
+        <v>1291</v>
       </c>
       <c r="F385" s="12" t="s">
-        <v>1600</v>
-[...4 lines deleted...]
-      <c r="H385" s="12">
+        <v>1292</v>
+      </c>
+      <c r="G385" s="12">
         <v>2024</v>
       </c>
+      <c r="H385" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I385" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="386" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J385" s="15" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A386" s="16">
         <v>385</v>
       </c>
       <c r="B386" s="12" t="s">
-        <v>1764</v>
+        <v>1371</v>
       </c>
       <c r="C386" s="12">
         <v>602716542389</v>
       </c>
       <c r="D386" s="12" t="s">
-        <v>1759</v>
+        <v>1367</v>
       </c>
       <c r="E386" s="12" t="s">
-        <v>1760</v>
+        <v>1368</v>
       </c>
       <c r="F386" s="12" t="s">
-        <v>1761</v>
-[...4 lines deleted...]
-      <c r="H386" s="12">
+        <v>1369</v>
+      </c>
+      <c r="G386" s="12">
         <v>2024</v>
       </c>
+      <c r="H386" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I386" s="12" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J386" s="12" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="387" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A387" s="16">
         <v>386</v>
       </c>
       <c r="B387" s="12" t="s">
-        <v>1765</v>
+        <v>1372</v>
       </c>
       <c r="C387" s="12">
         <v>601701812898</v>
       </c>
       <c r="D387" s="12" t="s">
-        <v>1766</v>
+        <v>1373</v>
       </c>
       <c r="E387" s="12" t="s">
-        <v>1767</v>
+        <v>1374</v>
       </c>
       <c r="F387" s="12" t="s">
-        <v>1768</v>
-[...4 lines deleted...]
-      <c r="H387" s="12">
+        <v>1375</v>
+      </c>
+      <c r="G387" s="12">
         <v>2024</v>
       </c>
+      <c r="H387" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I387" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="388" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J387" s="15" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A388" s="16">
         <v>387</v>
       </c>
       <c r="B388" s="12" t="s">
-        <v>1771</v>
+        <v>1377</v>
       </c>
       <c r="C388" s="12">
         <v>602505212832</v>
       </c>
       <c r="D388" s="12" t="s">
-        <v>292</v>
+        <v>254</v>
       </c>
       <c r="E388" s="12" t="s">
-        <v>1772</v>
+        <v>1378</v>
       </c>
       <c r="F388" s="12" t="s">
-        <v>1773</v>
-[...4 lines deleted...]
-      <c r="H388" s="12">
+        <v>535</v>
+      </c>
+      <c r="G388" s="12">
         <v>2024</v>
       </c>
+      <c r="H388" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I388" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="389" spans="1:12" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J388" s="15" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" ht="180" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="16">
         <v>388</v>
       </c>
       <c r="B389" s="12" t="s">
-        <v>1775</v>
+        <v>1380</v>
       </c>
       <c r="C389" s="12">
         <v>602714773888</v>
       </c>
       <c r="D389" s="12" t="s">
-        <v>1776</v>
+        <v>1381</v>
       </c>
       <c r="E389" s="12" t="s">
-        <v>1779</v>
+        <v>1383</v>
       </c>
       <c r="F389" s="12" t="s">
-        <v>1777</v>
-[...4 lines deleted...]
-      <c r="H389" s="12">
+        <v>1382</v>
+      </c>
+      <c r="G389" s="12">
         <v>2024</v>
       </c>
+      <c r="H389" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I389" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="390" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J389" s="15" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A390" s="16">
         <v>389</v>
       </c>
       <c r="B390" s="12" t="s">
-        <v>1781</v>
+        <v>1384</v>
       </c>
       <c r="C390" s="12">
         <v>6025037660</v>
       </c>
       <c r="D390" s="12" t="s">
-        <v>1783</v>
+        <v>1386</v>
       </c>
       <c r="E390" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F390" s="12" t="s">
-        <v>1784</v>
-[...4 lines deleted...]
-      <c r="H390" s="12">
+        <v>1385</v>
+      </c>
+      <c r="G390" s="12">
         <v>2024</v>
       </c>
+      <c r="H390" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I390" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="391" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J390" s="15" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A391" s="16">
         <v>390</v>
       </c>
       <c r="B391" s="12" t="s">
-        <v>1786</v>
+        <v>1388</v>
       </c>
       <c r="C391" s="12">
         <v>600600451562</v>
       </c>
       <c r="D391" s="12" t="s">
-        <v>1787</v>
+        <v>1389</v>
       </c>
       <c r="E391" s="12" t="s">
-        <v>292</v>
+        <v>254</v>
       </c>
       <c r="F391" s="12" t="s">
-        <v>1788</v>
-[...4 lines deleted...]
-      <c r="H391" s="12">
+        <v>1390</v>
+      </c>
+      <c r="G391" s="12">
         <v>2024</v>
       </c>
+      <c r="H391" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I391" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="392" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J391" s="15" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A392" s="16">
         <v>391</v>
       </c>
       <c r="B392" s="12" t="s">
-        <v>1791</v>
+        <v>1392</v>
       </c>
       <c r="C392" s="12">
         <v>602717792448</v>
       </c>
       <c r="D392" s="12" t="s">
-        <v>1792</v>
+        <v>1393</v>
       </c>
       <c r="E392" s="12" t="s">
-        <v>848</v>
+        <v>698</v>
       </c>
       <c r="F392" s="12" t="s">
-        <v>1793</v>
-[...4 lines deleted...]
-      <c r="H392" s="12">
+        <v>1394</v>
+      </c>
+      <c r="G392" s="12">
         <v>2024</v>
       </c>
+      <c r="H392" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I392" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="393" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J392" s="15" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A393" s="16">
         <v>392</v>
       </c>
       <c r="B393" s="12" t="s">
-        <v>1796</v>
+        <v>1396</v>
       </c>
       <c r="C393" s="12">
         <v>601303179845</v>
       </c>
       <c r="D393" s="12" t="s">
-        <v>1798</v>
+        <v>1398</v>
       </c>
       <c r="E393" s="12" t="s">
-        <v>1797</v>
+        <v>1397</v>
       </c>
       <c r="F393" s="12" t="s">
-        <v>1799</v>
-[...4 lines deleted...]
-      <c r="H393" s="12">
+        <v>1399</v>
+      </c>
+      <c r="G393" s="12">
         <v>2024</v>
       </c>
+      <c r="H393" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I393" s="12" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="J393" s="12" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="394" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A394" s="16">
         <v>393</v>
       </c>
       <c r="B394" s="12" t="s">
-        <v>1802</v>
+        <v>1401</v>
       </c>
       <c r="C394" s="12">
         <v>6027139642</v>
       </c>
       <c r="D394" s="12" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="E394" s="12" t="s">
-        <v>1803</v>
+        <v>1402</v>
       </c>
       <c r="F394" s="12" t="s">
-        <v>1804</v>
-[...4 lines deleted...]
-      <c r="H394" s="12">
+        <v>1403</v>
+      </c>
+      <c r="G394" s="12">
         <v>2024</v>
       </c>
+      <c r="H394" s="12" t="s">
+        <v>549</v>
+      </c>
       <c r="I394" s="12" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="395" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J394" s="15" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A395" s="16">
         <v>394</v>
       </c>
       <c r="B395" s="12" t="s">
-        <v>1807</v>
+        <v>1405</v>
       </c>
       <c r="C395" s="12">
         <v>602509092847</v>
       </c>
       <c r="D395" s="12" t="s">
-        <v>1808</v>
+        <v>1406</v>
       </c>
       <c r="E395" s="12" t="s">
-        <v>1809</v>
+        <v>1407</v>
       </c>
       <c r="F395" s="12" t="s">
-        <v>1810</v>
-[...4 lines deleted...]
-      <c r="H395" s="12">
+        <v>1408</v>
+      </c>
+      <c r="G395" s="12">
         <v>2024</v>
       </c>
+      <c r="H395" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I395" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="396" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J395" s="15" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A396" s="16">
         <v>395</v>
       </c>
       <c r="B396" s="12" t="s">
-        <v>1813</v>
+        <v>1410</v>
       </c>
       <c r="C396" s="12">
         <v>602712106021</v>
       </c>
       <c r="D396" s="12" t="s">
-        <v>1561</v>
+        <v>1260</v>
       </c>
       <c r="E396" s="12" t="s">
-        <v>1814</v>
+        <v>1411</v>
       </c>
       <c r="F396" s="12" t="s">
-        <v>1815</v>
-[...4 lines deleted...]
-      <c r="H396" s="12">
+        <v>1412</v>
+      </c>
+      <c r="G396" s="12">
         <v>2024</v>
       </c>
+      <c r="H396" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I396" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="397" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J396" s="12"/>
+    </row>
+    <row r="397" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A397" s="16">
         <v>396</v>
       </c>
       <c r="B397" s="12" t="s">
-        <v>1817</v>
+        <v>1413</v>
       </c>
       <c r="C397" s="12">
         <v>7801531687</v>
       </c>
       <c r="D397" s="12" t="s">
-        <v>1581</v>
+        <v>1276</v>
       </c>
       <c r="E397" s="12" t="s">
-        <v>1818</v>
+        <v>1414</v>
       </c>
       <c r="F397" s="12" t="s">
-        <v>1819</v>
-[...4 lines deleted...]
-      <c r="H397" s="12">
+        <v>1415</v>
+      </c>
+      <c r="G397" s="12">
         <v>2024</v>
       </c>
+      <c r="H397" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I397" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="398" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J397" s="15" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A398" s="16">
         <v>397</v>
       </c>
       <c r="B398" s="12" t="s">
-        <v>1828</v>
+        <v>1422</v>
       </c>
       <c r="C398" s="12">
         <v>600500798225</v>
       </c>
       <c r="D398" s="12" t="s">
-        <v>1822</v>
+        <v>1417</v>
       </c>
       <c r="E398" s="12" t="s">
-        <v>1823</v>
+        <v>1418</v>
       </c>
       <c r="F398" s="12" t="s">
-        <v>1824</v>
-[...4 lines deleted...]
-      <c r="H398" s="12">
+        <v>1419</v>
+      </c>
+      <c r="G398" s="12">
         <v>2024</v>
       </c>
+      <c r="H398" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I398" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="399" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J398" s="15" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A399" s="16">
         <v>398</v>
       </c>
       <c r="B399" s="12" t="s">
-        <v>1827</v>
+        <v>1421</v>
       </c>
       <c r="C399" s="12">
         <v>601702876622</v>
       </c>
       <c r="D399" s="12" t="s">
-        <v>1822</v>
+        <v>1417</v>
       </c>
       <c r="E399" s="12" t="s">
-        <v>1829</v>
+        <v>1423</v>
       </c>
       <c r="F399" s="12" t="s">
-        <v>1830</v>
-[...4 lines deleted...]
-      <c r="H399" s="12">
+        <v>1424</v>
+      </c>
+      <c r="G399" s="12">
         <v>2024</v>
       </c>
+      <c r="H399" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I399" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="400" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J399" s="15" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A400" s="16">
         <v>399</v>
       </c>
       <c r="B400" s="12" t="s">
-        <v>1833</v>
+        <v>1426</v>
       </c>
       <c r="C400" s="12">
         <v>6027204676</v>
       </c>
       <c r="D400" s="12" t="s">
-        <v>1834</v>
+        <v>1427</v>
       </c>
       <c r="E400" s="12" t="s">
-        <v>1835</v>
+        <v>1428</v>
       </c>
       <c r="F400" s="12" t="s">
-        <v>1836</v>
-[...4 lines deleted...]
-      <c r="H400" s="12">
+        <v>1429</v>
+      </c>
+      <c r="G400" s="12">
         <v>2024</v>
       </c>
+      <c r="H400" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I400" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="401" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J400" s="12"/>
+    </row>
+    <row r="401" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A401" s="16">
         <v>400</v>
       </c>
       <c r="B401" s="12" t="s">
-        <v>1838</v>
+        <v>1430</v>
       </c>
       <c r="C401" s="12">
         <v>7719439375</v>
       </c>
       <c r="D401" s="12" t="s">
-        <v>1839</v>
+        <v>1431</v>
       </c>
       <c r="E401" s="12" t="s">
-        <v>1840</v>
+        <v>1432</v>
       </c>
       <c r="F401" s="12" t="s">
-        <v>1841</v>
-[...4 lines deleted...]
-      <c r="H401" s="12">
+        <v>1433</v>
+      </c>
+      <c r="G401" s="12">
         <v>2024</v>
       </c>
+      <c r="H401" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I401" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="402" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J401" s="15" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A402" s="16">
         <v>401</v>
       </c>
       <c r="B402" s="12" t="s">
-        <v>1844</v>
+        <v>1435</v>
       </c>
       <c r="C402" s="12">
         <v>602713601251</v>
       </c>
       <c r="D402" s="12" t="s">
-        <v>1823</v>
+        <v>1418</v>
       </c>
       <c r="E402" s="12" t="s">
-        <v>1823</v>
+        <v>1418</v>
       </c>
       <c r="F402" s="12" t="s">
-        <v>1845</v>
-[...4 lines deleted...]
-      <c r="H402" s="12">
+        <v>1436</v>
+      </c>
+      <c r="G402" s="12">
         <v>2024</v>
       </c>
+      <c r="H402" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I402" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="403" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J402" s="15" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A403" s="16">
         <v>402</v>
       </c>
       <c r="B403" s="12" t="s">
-        <v>1848</v>
+        <v>1438</v>
       </c>
       <c r="C403" s="12">
         <v>5009085583</v>
       </c>
       <c r="D403" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E403" s="12" t="s">
-        <v>1849</v>
+        <v>1439</v>
       </c>
       <c r="F403" s="12" t="s">
-        <v>1850</v>
-[...4 lines deleted...]
-      <c r="H403" s="12">
+        <v>1440</v>
+      </c>
+      <c r="G403" s="12">
         <v>2024</v>
       </c>
+      <c r="H403" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I403" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="404" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J403" s="15" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A404" s="16">
         <v>403</v>
       </c>
       <c r="B404" s="12" t="s">
-        <v>1853</v>
+        <v>1442</v>
       </c>
       <c r="C404" s="12">
         <v>1831193498</v>
       </c>
       <c r="D404" s="12" t="s">
-        <v>1858</v>
+        <v>1446</v>
       </c>
       <c r="E404" s="12" t="s">
-        <v>1857</v>
+        <v>1445</v>
       </c>
       <c r="F404" s="12" t="s">
-        <v>1854</v>
-[...4 lines deleted...]
-      <c r="H404" s="12">
+        <v>1443</v>
+      </c>
+      <c r="G404" s="12">
         <v>2024</v>
       </c>
+      <c r="H404" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I404" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="405" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J404" s="15" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A405" s="16">
         <v>404</v>
       </c>
       <c r="B405" s="12" t="s">
-        <v>1859</v>
+        <v>1447</v>
       </c>
       <c r="C405" s="12">
         <v>602501858030</v>
       </c>
       <c r="D405" s="12" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="E405" s="12" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="F405" s="12" t="s">
-        <v>1860</v>
-[...4 lines deleted...]
-      <c r="H405" s="12">
+        <v>1448</v>
+      </c>
+      <c r="G405" s="12">
         <v>2024</v>
       </c>
+      <c r="H405" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I405" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="406" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J405" s="12"/>
+    </row>
+    <row r="406" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A406" s="16">
         <v>405</v>
       </c>
       <c r="B406" s="12" t="s">
-        <v>1862</v>
+        <v>1449</v>
       </c>
       <c r="C406" s="12">
         <v>602101218356</v>
       </c>
       <c r="D406" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E406" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F406" s="12" t="s">
-        <v>1863</v>
-[...4 lines deleted...]
-      <c r="H406" s="12">
+        <v>1450</v>
+      </c>
+      <c r="G406" s="12">
         <v>2024</v>
       </c>
+      <c r="H406" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I406" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="407" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J406" s="15" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A407" s="16">
         <v>406</v>
       </c>
       <c r="B407" s="12" t="s">
-        <v>1866</v>
+        <v>1452</v>
       </c>
       <c r="C407" s="12">
         <v>2464156611</v>
       </c>
       <c r="D407" s="12" t="s">
-        <v>1297</v>
+        <v>1020</v>
       </c>
       <c r="E407" s="12" t="s">
-        <v>1867</v>
+        <v>1453</v>
       </c>
       <c r="F407" s="12" t="s">
-        <v>1868</v>
-[...4 lines deleted...]
-      <c r="H407" s="12">
+        <v>1454</v>
+      </c>
+      <c r="G407" s="12">
         <v>2024</v>
       </c>
+      <c r="H407" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I407" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="408" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J407" s="15" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A408" s="16">
         <v>407</v>
       </c>
       <c r="B408" s="12" t="s">
-        <v>1871</v>
+        <v>1456</v>
       </c>
       <c r="C408" s="12">
         <v>601702501334</v>
       </c>
       <c r="D408" s="11" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E408" s="11" t="s">
-        <v>1872</v>
+        <v>1457</v>
       </c>
       <c r="F408" s="12" t="s">
-        <v>1873</v>
-[...4 lines deleted...]
-      <c r="H408" s="12">
+        <v>1458</v>
+      </c>
+      <c r="G408" s="12">
         <v>2024</v>
       </c>
+      <c r="H408" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I408" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="409" spans="1:12" ht="31.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J408" s="15" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A409" s="16">
         <v>408</v>
       </c>
       <c r="B409" s="12" t="s">
-        <v>1876</v>
+        <v>1460</v>
       </c>
       <c r="C409" s="12">
         <v>616805674292</v>
       </c>
       <c r="D409" s="12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E409" s="12" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F409" s="12" t="s">
-        <v>1878</v>
-[...4 lines deleted...]
-      <c r="H409" s="12">
+        <v>1462</v>
+      </c>
+      <c r="G409" s="12">
         <v>2024</v>
       </c>
+      <c r="H409" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I409" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="410" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J409" s="15" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A410" s="16">
         <v>409</v>
       </c>
       <c r="B410" s="12" t="s">
-        <v>1880</v>
+        <v>1463</v>
       </c>
       <c r="C410" s="12">
         <v>6027198486</v>
       </c>
       <c r="D410" s="12" t="s">
-        <v>1881</v>
+        <v>1464</v>
       </c>
       <c r="E410" s="12" t="s">
-        <v>1882</v>
+        <v>1465</v>
       </c>
       <c r="F410" s="12" t="s">
-        <v>1883</v>
-[...4 lines deleted...]
-      <c r="H410" s="12">
+        <v>1466</v>
+      </c>
+      <c r="G410" s="12">
         <v>2024</v>
       </c>
+      <c r="H410" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I410" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="411" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J410" s="15" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A411" s="16">
         <v>410</v>
       </c>
       <c r="B411" s="12" t="s">
-        <v>1886</v>
+        <v>1468</v>
       </c>
       <c r="C411" s="12">
         <v>602503104373</v>
       </c>
       <c r="D411" s="12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E411" s="12" t="s">
-        <v>1887</v>
+        <v>1469</v>
       </c>
       <c r="F411" s="12" t="s">
-        <v>1888</v>
-[...4 lines deleted...]
-      <c r="H411" s="12">
+        <v>1470</v>
+      </c>
+      <c r="G411" s="12">
         <v>2024</v>
       </c>
+      <c r="H411" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I411" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="412" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J411" s="12"/>
+    </row>
+    <row r="412" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A412" s="16">
         <v>411</v>
       </c>
       <c r="B412" s="12" t="s">
-        <v>1890</v>
+        <v>1471</v>
       </c>
       <c r="C412" s="12">
         <v>7813477723</v>
       </c>
       <c r="D412" s="12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E412" s="12" t="s">
-        <v>659</v>
+        <v>548</v>
       </c>
       <c r="F412" s="12" t="s">
-        <v>1891</v>
-[...4 lines deleted...]
-      <c r="H412" s="12">
+        <v>1472</v>
+      </c>
+      <c r="G412" s="12">
         <v>2024</v>
       </c>
+      <c r="H412" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I412" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="413" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J412" s="15" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A413" s="16">
         <v>412</v>
       </c>
       <c r="B413" s="12" t="s">
-        <v>1894</v>
+        <v>1474</v>
       </c>
       <c r="C413" s="12">
         <v>6027189146</v>
       </c>
       <c r="D413" s="12" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E413" s="12" t="s">
-        <v>1895</v>
+        <v>1475</v>
       </c>
       <c r="F413" s="12" t="s">
-        <v>1896</v>
-[...4 lines deleted...]
-      <c r="H413" s="12">
+        <v>1476</v>
+      </c>
+      <c r="G413" s="12">
         <v>2024</v>
       </c>
+      <c r="H413" s="12" t="s">
+        <v>549</v>
+      </c>
       <c r="I413" s="12" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="414" spans="1:12" ht="110.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J413" s="15" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A414" s="16">
         <v>413</v>
       </c>
       <c r="B414" s="12" t="s">
-        <v>1899</v>
+        <v>1478</v>
       </c>
       <c r="C414" s="12">
         <v>7840069138</v>
       </c>
       <c r="D414" s="12" t="s">
-        <v>1581</v>
+        <v>1276</v>
       </c>
       <c r="E414" s="12" t="s">
-        <v>1900</v>
+        <v>1479</v>
       </c>
       <c r="F414" s="12" t="s">
-        <v>1901</v>
-[...4 lines deleted...]
-      <c r="H414" s="12">
+        <v>1480</v>
+      </c>
+      <c r="G414" s="12">
         <v>2024</v>
       </c>
+      <c r="H414" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I414" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="415" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J414" s="15" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A415" s="16">
         <v>414</v>
       </c>
       <c r="B415" s="12" t="s">
-        <v>1904</v>
+        <v>1482</v>
       </c>
       <c r="C415" s="12">
         <v>602714737216</v>
       </c>
       <c r="D415" s="12" t="s">
-        <v>1905</v>
+        <v>1483</v>
       </c>
       <c r="E415" s="12" t="s">
-        <v>1908</v>
+        <v>1485</v>
       </c>
       <c r="F415" s="12" t="s">
-        <v>1907</v>
-[...4 lines deleted...]
-      <c r="H415" s="12">
+        <v>1484</v>
+      </c>
+      <c r="G415" s="12">
         <v>2024</v>
       </c>
+      <c r="H415" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I415" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="416" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J415" s="12"/>
+    </row>
+    <row r="416" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A416" s="16">
         <v>415</v>
       </c>
       <c r="B416" s="12" t="s">
-        <v>1909</v>
+        <v>1486</v>
       </c>
       <c r="C416" s="12">
         <v>602712626574</v>
       </c>
       <c r="D416" s="12" t="s">
-        <v>1910</v>
+        <v>1487</v>
       </c>
       <c r="E416" s="12" t="s">
-        <v>1911</v>
+        <v>1488</v>
       </c>
       <c r="F416" s="12" t="s">
-        <v>1912</v>
-[...4 lines deleted...]
-      <c r="H416" s="12">
+        <v>1489</v>
+      </c>
+      <c r="G416" s="12">
         <v>2024</v>
       </c>
+      <c r="H416" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I416" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="417" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J416" s="12"/>
+    </row>
+    <row r="417" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A417" s="16">
         <v>416</v>
       </c>
       <c r="B417" s="12" t="s">
-        <v>1914</v>
+        <v>1490</v>
       </c>
       <c r="C417" s="12">
         <v>602700765911</v>
       </c>
       <c r="D417" s="12" t="s">
-        <v>1915</v>
+        <v>1491</v>
       </c>
       <c r="E417" s="12" t="s">
-        <v>1916</v>
+        <v>1492</v>
       </c>
       <c r="F417" s="12" t="s">
-        <v>1917</v>
-[...4 lines deleted...]
-      <c r="H417" s="12">
+        <v>1493</v>
+      </c>
+      <c r="G417" s="12">
         <v>2024</v>
       </c>
+      <c r="H417" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I417" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="418" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J417" s="12"/>
+    </row>
+    <row r="418" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A418" s="16">
         <v>417</v>
       </c>
       <c r="B418" s="12" t="s">
-        <v>1919</v>
+        <v>1494</v>
       </c>
       <c r="C418" s="12">
         <v>7810844439</v>
       </c>
       <c r="D418" s="12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E418" s="12" t="s">
-        <v>1921</v>
+        <v>1496</v>
       </c>
       <c r="F418" s="12" t="s">
-        <v>1922</v>
-[...4 lines deleted...]
-      <c r="H418" s="12">
+        <v>1495</v>
+      </c>
+      <c r="G418" s="12">
         <v>2024</v>
       </c>
+      <c r="H418" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I418" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="419" spans="1:12" ht="141.75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J418" s="15" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A419" s="16">
         <v>418</v>
       </c>
       <c r="B419" s="12" t="s">
-        <v>1924</v>
+        <v>1498</v>
       </c>
       <c r="C419" s="12">
         <v>7838116052</v>
       </c>
       <c r="D419" s="12" t="s">
-        <v>1929</v>
+        <v>1502</v>
       </c>
       <c r="E419" s="12" t="s">
-        <v>1925</v>
+        <v>1499</v>
       </c>
       <c r="F419" s="12" t="s">
-        <v>1926</v>
-[...4 lines deleted...]
-      <c r="H419" s="12">
+        <v>1500</v>
+      </c>
+      <c r="G419" s="12">
         <v>2024</v>
       </c>
+      <c r="H419" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I419" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="420" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J419" s="15" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A420" s="16">
         <v>419</v>
       </c>
       <c r="B420" s="12" t="s">
-        <v>1930</v>
+        <v>1503</v>
       </c>
       <c r="C420" s="12">
         <v>471404185805</v>
       </c>
       <c r="D420" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E420" s="12" t="s">
-        <v>1931</v>
+        <v>1504</v>
       </c>
       <c r="F420" s="12" t="s">
-        <v>1932</v>
-[...4 lines deleted...]
-      <c r="H420" s="12">
+        <v>1505</v>
+      </c>
+      <c r="G420" s="12">
         <v>2024</v>
       </c>
+      <c r="H420" s="12" t="s">
+        <v>549</v>
+      </c>
       <c r="I420" s="12" t="s">
-        <v>661</v>
-[...9 lines deleted...]
-    <row r="421" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J420" s="15" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A421" s="16">
         <v>420</v>
       </c>
       <c r="B421" s="12" t="s">
-        <v>1935</v>
+        <v>1507</v>
       </c>
       <c r="C421" s="12">
         <v>600902227013</v>
       </c>
       <c r="D421" s="12" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E421" s="12" t="s">
-        <v>1936</v>
+        <v>1508</v>
       </c>
       <c r="F421" s="12" t="s">
-        <v>1937</v>
-[...4 lines deleted...]
-      <c r="H421" s="12">
+        <v>1509</v>
+      </c>
+      <c r="G421" s="12">
         <v>2024</v>
       </c>
+      <c r="H421" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I421" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="422" spans="1:12" ht="126" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J421" s="15" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A422" s="16">
         <v>421</v>
       </c>
       <c r="B422" s="12" t="s">
-        <v>1940</v>
+        <v>1511</v>
       </c>
       <c r="C422" s="12">
         <v>602504809432</v>
       </c>
       <c r="D422" s="12" t="s">
-        <v>1941</v>
+        <v>1512</v>
       </c>
       <c r="E422" s="12" t="s">
-        <v>1942</v>
+        <v>1513</v>
       </c>
       <c r="F422" s="12" t="s">
-        <v>1943</v>
-[...4 lines deleted...]
-      <c r="H422" s="12">
+        <v>1514</v>
+      </c>
+      <c r="G422" s="12">
         <v>2024</v>
       </c>
+      <c r="H422" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I422" s="12" t="s">
-        <v>603</v>
-[...7 lines deleted...]
-    <row r="423" spans="1:12" ht="220.5" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J422" s="12"/>
+    </row>
+    <row r="423" spans="1:10" ht="220.5" x14ac:dyDescent="0.25">
       <c r="A423" s="16">
         <v>422</v>
       </c>
       <c r="B423" s="12" t="s">
-        <v>1945</v>
+        <v>1515</v>
       </c>
       <c r="C423" s="12">
         <v>6141053253</v>
       </c>
       <c r="D423" s="12" t="s">
-        <v>1483</v>
+        <v>1184</v>
       </c>
       <c r="E423" s="12" t="s">
-        <v>1946</v>
+        <v>1516</v>
       </c>
       <c r="F423" s="12" t="s">
-        <v>1947</v>
-[...4 lines deleted...]
-      <c r="H423" s="12">
+        <v>1517</v>
+      </c>
+      <c r="G423" s="12">
         <v>2024</v>
       </c>
+      <c r="H423" s="12" t="s">
+        <v>499</v>
+      </c>
       <c r="I423" s="12" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="424" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J423" s="15" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A424" s="16">
         <v>423</v>
       </c>
       <c r="B424" s="12" t="s">
-        <v>1950</v>
+        <v>1519</v>
       </c>
       <c r="C424" s="12">
         <v>504796301411</v>
       </c>
       <c r="D424" s="12" t="s">
-        <v>1951</v>
+        <v>1520</v>
       </c>
       <c r="E424" s="12" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F424" s="12" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>1953</v>
+        <v>1521</v>
+      </c>
+      <c r="G424" s="29" t="s">
+        <v>1522</v>
       </c>
       <c r="H424" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="425" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I424" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="J424" s="12"/>
+    </row>
+    <row r="425" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A425" s="16">
         <v>424</v>
       </c>
       <c r="B425" s="27" t="s">
-        <v>1955</v>
+        <v>1523</v>
       </c>
       <c r="C425" s="28">
         <v>7709974736</v>
       </c>
       <c r="D425" s="29" t="s">
-        <v>1956</v>
+        <v>1524</v>
       </c>
       <c r="E425" s="29" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F425" s="29" t="s">
-        <v>1957</v>
+        <v>522</v>
       </c>
       <c r="G425" s="29" t="s">
-        <v>630</v>
+        <v>1522</v>
       </c>
       <c r="H425" s="29" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-        <v>1400</v>
+        <v>1101</v>
+      </c>
+      <c r="I425" s="12" t="s">
+        <v>703</v>
       </c>
       <c r="J425" s="12" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="426" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A426" s="16">
         <v>425</v>
       </c>
       <c r="B426" s="27" t="s">
-        <v>1959</v>
+        <v>1526</v>
       </c>
       <c r="C426" s="28">
         <v>602718013239</v>
       </c>
       <c r="D426" s="29" t="s">
-        <v>1960</v>
+        <v>1527</v>
       </c>
       <c r="E426" s="29" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F426" s="29" t="s">
-        <v>1961</v>
+        <v>99</v>
       </c>
       <c r="G426" s="29" t="s">
-        <v>111</v>
+        <v>1522</v>
       </c>
       <c r="H426" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="427" spans="1:12" ht="63" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I426" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="J426" s="26"/>
+    </row>
+    <row r="427" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A427" s="16">
         <v>426</v>
       </c>
       <c r="B427" s="27" t="s">
-        <v>1962</v>
+        <v>1528</v>
       </c>
       <c r="C427" s="28">
         <v>602201857966</v>
       </c>
       <c r="D427" s="29" t="s">
-        <v>1963</v>
+        <v>1529</v>
       </c>
       <c r="E427" s="29" t="s">
-        <v>1423</v>
+        <v>1124</v>
       </c>
       <c r="F427" s="29" t="s">
-        <v>1964</v>
+        <v>99</v>
       </c>
       <c r="G427" s="29" t="s">
-        <v>111</v>
+        <v>1522</v>
       </c>
       <c r="H427" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="428" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I427" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="J427" s="26"/>
+    </row>
+    <row r="428" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A428" s="16">
         <v>427</v>
       </c>
       <c r="B428" s="27" t="s">
-        <v>1965</v>
+        <v>1530</v>
       </c>
       <c r="C428" s="28">
         <v>6027196143</v>
       </c>
       <c r="D428" s="29" t="s">
-        <v>1581</v>
+        <v>1276</v>
       </c>
       <c r="E428" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F428" s="29" t="s">
-        <v>1966</v>
+        <v>99</v>
       </c>
       <c r="G428" s="29" t="s">
-        <v>111</v>
+        <v>1522</v>
       </c>
       <c r="H428" s="29" t="s">
-        <v>1954</v>
-[...12 lines deleted...]
-    <row r="429" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I428" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J428" s="12" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A429" s="16">
         <v>428</v>
       </c>
       <c r="B429" s="27" t="s">
-        <v>1968</v>
+        <v>1532</v>
       </c>
       <c r="C429" s="28">
         <v>744812050310</v>
       </c>
       <c r="D429" s="29" t="s">
-        <v>1969</v>
+        <v>1533</v>
       </c>
       <c r="E429" s="29" t="s">
-        <v>1405</v>
+        <v>1106</v>
       </c>
       <c r="F429" s="29" t="s">
-        <v>1970</v>
+        <v>99</v>
       </c>
       <c r="G429" s="29" t="s">
-        <v>111</v>
+        <v>1522</v>
       </c>
       <c r="H429" s="29" t="s">
-        <v>1954</v>
-[...12 lines deleted...]
-    <row r="430" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I429" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J429" s="12" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A430" s="16">
         <v>429</v>
       </c>
       <c r="B430" s="27" t="s">
-        <v>2005</v>
+        <v>1568</v>
       </c>
       <c r="C430" s="28">
         <v>6166106404</v>
       </c>
       <c r="D430" s="29" t="s">
-        <v>2006</v>
+        <v>1569</v>
       </c>
       <c r="E430" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F430" s="29" t="s">
-        <v>2007</v>
+        <v>1570</v>
       </c>
       <c r="G430" s="29" t="s">
-        <v>2008</v>
+        <v>1522</v>
       </c>
       <c r="H430" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="431" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I430" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J430" s="26"/>
+    </row>
+    <row r="431" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A431" s="16">
         <v>430</v>
       </c>
       <c r="B431" s="27" t="s">
-        <v>2009</v>
+        <v>1571</v>
       </c>
       <c r="C431" s="28">
         <v>7709974736</v>
       </c>
       <c r="D431" s="29" t="s">
-        <v>2006</v>
+        <v>1569</v>
       </c>
       <c r="E431" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F431" s="29" t="s">
-        <v>2010</v>
+        <v>17</v>
       </c>
       <c r="G431" s="29" t="s">
-        <v>19</v>
+        <v>1522</v>
       </c>
       <c r="H431" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="432" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I431" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J431" s="26"/>
+    </row>
+    <row r="432" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A432" s="16">
         <v>431</v>
       </c>
       <c r="B432" s="27" t="s">
-        <v>2011</v>
+        <v>1572</v>
       </c>
       <c r="C432" s="28">
         <v>6234185573</v>
       </c>
       <c r="D432" s="29" t="s">
-        <v>2012</v>
+        <v>1573</v>
       </c>
       <c r="E432" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F432" s="29" t="s">
-        <v>2013</v>
+        <v>1574</v>
       </c>
       <c r="G432" s="29" t="s">
-        <v>2014</v>
+        <v>1522</v>
       </c>
       <c r="H432" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="433" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I432" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J432" s="26"/>
+    </row>
+    <row r="433" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A433" s="16">
         <v>432</v>
       </c>
       <c r="B433" s="27" t="s">
-        <v>2015</v>
+        <v>1575</v>
       </c>
       <c r="C433" s="28">
         <v>4401186825</v>
       </c>
       <c r="D433" s="29" t="s">
-        <v>2012</v>
+        <v>1573</v>
       </c>
       <c r="E433" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F433" s="29" t="s">
-        <v>2016</v>
+        <v>1576</v>
       </c>
       <c r="G433" s="29" t="s">
-        <v>2017</v>
+        <v>1522</v>
       </c>
       <c r="H433" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="434" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I433" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J433" s="26"/>
+    </row>
+    <row r="434" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A434" s="16">
         <v>433</v>
       </c>
       <c r="B434" s="27" t="s">
-        <v>2018</v>
+        <v>1577</v>
       </c>
       <c r="C434" s="28">
         <v>667149377</v>
       </c>
       <c r="D434" s="29" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E434" s="29" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F434" s="29" t="s">
-        <v>2019</v>
+        <v>1578</v>
       </c>
       <c r="G434" s="29" t="s">
-        <v>2020</v>
+        <v>1522</v>
       </c>
       <c r="H434" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="435" spans="1:12" ht="78.75" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I434" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J434" s="26"/>
+    </row>
+    <row r="435" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A435" s="16">
         <v>434</v>
       </c>
       <c r="B435" s="27" t="s">
-        <v>2021</v>
+        <v>1579</v>
       </c>
       <c r="C435" s="28">
         <v>602703163175</v>
       </c>
       <c r="D435" s="29" t="s">
-        <v>2022</v>
+        <v>1580</v>
       </c>
       <c r="E435" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F435" s="29" t="s">
-        <v>2023</v>
+        <v>80</v>
       </c>
       <c r="G435" s="29" t="s">
-        <v>91</v>
+        <v>1522</v>
       </c>
       <c r="H435" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="436" spans="1:12" ht="47.25" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I435" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J435" s="26"/>
+    </row>
+    <row r="436" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A436" s="16">
         <v>435</v>
       </c>
       <c r="B436" s="27" t="s">
-        <v>2024</v>
+        <v>1581</v>
       </c>
       <c r="C436" s="28">
         <v>602708482947</v>
       </c>
       <c r="D436" s="29" t="s">
-        <v>2025</v>
+        <v>1582</v>
       </c>
       <c r="E436" s="29" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F436" s="29" t="s">
-        <v>1583</v>
+        <v>80</v>
       </c>
       <c r="G436" s="29" t="s">
-        <v>91</v>
+        <v>1522</v>
       </c>
       <c r="H436" s="29" t="s">
-        <v>1954</v>
-[...10 lines deleted...]
-    <row r="437" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+        <v>1101</v>
+      </c>
+      <c r="I436" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J436" s="26"/>
+    </row>
+    <row r="437" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A437" s="16">
         <v>436</v>
       </c>
       <c r="B437" s="27" t="s">
-        <v>2026</v>
+        <v>1583</v>
       </c>
       <c r="C437" s="28">
         <v>6037009096</v>
       </c>
       <c r="D437" s="27" t="s">
-        <v>2027</v>
+        <v>1584</v>
       </c>
       <c r="E437" s="27" t="s">
-        <v>1542</v>
-[...2 lines deleted...]
-        <v>89210007949</v>
+        <v>1243</v>
+      </c>
+      <c r="F437" s="27" t="s">
+        <v>9</v>
       </c>
       <c r="G437" s="27" t="s">
-        <v>10</v>
+        <v>185</v>
       </c>
       <c r="H437" s="27" t="s">
-        <v>201</v>
-[...10 lines deleted...]
-    <row r="438" spans="1:12" x14ac:dyDescent="0.25">
+        <v>1201</v>
+      </c>
+      <c r="I437" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J437" s="26"/>
+    </row>
+    <row r="438" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A438" s="16">
         <v>437</v>
       </c>
       <c r="B438" s="27" t="s">
-        <v>2028</v>
+        <v>1585</v>
       </c>
       <c r="C438" s="28"/>
       <c r="D438" s="27"/>
       <c r="E438" s="27" t="s">
-        <v>2029</v>
-[...5 lines deleted...]
-      <c r="H438" s="27">
+        <v>1586</v>
+      </c>
+      <c r="F438" s="27" t="s">
+        <v>1587</v>
+      </c>
+      <c r="G438" s="27">
         <v>2023</v>
       </c>
-      <c r="I438" s="27" t="s">
-[...8 lines deleted...]
-    <row r="439" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="H438" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I438" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J438" s="26"/>
+    </row>
+    <row r="439" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A439" s="16">
         <v>438</v>
       </c>
       <c r="B439" s="27" t="s">
-        <v>2031</v>
+        <v>1588</v>
       </c>
       <c r="C439" s="28">
         <v>602704773536</v>
       </c>
       <c r="D439" s="27" t="s">
-        <v>2032</v>
+        <v>1589</v>
       </c>
       <c r="E439" s="27" t="s">
-        <v>2033</v>
-[...7 lines deleted...]
-      <c r="H439" s="27">
+        <v>1590</v>
+      </c>
+      <c r="F439" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="G439" s="27">
         <v>2022</v>
       </c>
-      <c r="I439" s="27" t="s">
-[...8 lines deleted...]
-    <row r="440" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="H439" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I439" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J439" s="26"/>
+    </row>
+    <row r="440" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A440" s="16">
         <v>439</v>
       </c>
       <c r="B440" s="27" t="s">
-        <v>2034</v>
+        <v>1591</v>
       </c>
       <c r="C440" s="28">
         <v>6027055713</v>
       </c>
       <c r="D440" s="27" t="s">
-        <v>2035</v>
+        <v>1592</v>
       </c>
       <c r="E440" s="27" t="s">
-        <v>2036</v>
+        <v>1593</v>
       </c>
       <c r="F440" s="27" t="s">
-        <v>2037</v>
-[...4 lines deleted...]
-      <c r="H440" s="27">
+        <v>1594</v>
+      </c>
+      <c r="G440" s="27">
         <v>2023</v>
       </c>
-      <c r="I440" s="27" t="s">
-[...8 lines deleted...]
-    <row r="441" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="H440" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I440" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J440" s="26"/>
+    </row>
+    <row r="441" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A441" s="16">
         <v>440</v>
       </c>
       <c r="B441" s="27" t="s">
-        <v>2039</v>
+        <v>1595</v>
       </c>
       <c r="C441" s="28">
         <v>561005670757</v>
       </c>
       <c r="D441" s="27" t="s">
-        <v>2040</v>
+        <v>1596</v>
       </c>
       <c r="E441" s="27" t="s">
-        <v>2041</v>
+        <v>1597</v>
       </c>
       <c r="F441" s="27" t="s">
-        <v>2042</v>
-[...4 lines deleted...]
-      <c r="H441" s="27">
+        <v>1598</v>
+      </c>
+      <c r="G441" s="27">
         <v>2023</v>
       </c>
-      <c r="I441" s="27" t="s">
-[...8 lines deleted...]
-    <row r="442" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="H441" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I441" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J441" s="26"/>
+    </row>
+    <row r="442" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A442" s="16">
         <v>441</v>
       </c>
       <c r="B442" s="27" t="s">
-        <v>2044</v>
+        <v>1599</v>
       </c>
       <c r="C442" s="28">
         <v>5032180980</v>
       </c>
       <c r="D442" s="27" t="s">
-        <v>2045</v>
+        <v>1600</v>
       </c>
       <c r="E442" s="27" t="s">
-        <v>2046</v>
+        <v>1601</v>
       </c>
       <c r="F442" s="27" t="s">
-        <v>2047</v>
-[...4 lines deleted...]
-      <c r="H442" s="27">
+        <v>1602</v>
+      </c>
+      <c r="G442" s="27">
         <v>2023</v>
       </c>
-      <c r="I442" s="27" t="s">
-[...8 lines deleted...]
-    <row r="443" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="H442" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I442" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J442" s="26"/>
+    </row>
+    <row r="443" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A443" s="16">
         <v>442</v>
       </c>
       <c r="B443" s="27" t="s">
-        <v>2049</v>
+        <v>1603</v>
       </c>
       <c r="C443" s="28">
         <v>2463109295</v>
       </c>
       <c r="D443" s="27" t="s">
-        <v>2050</v>
+        <v>1604</v>
       </c>
       <c r="E443" s="27" t="s">
-        <v>2051</v>
+        <v>1605</v>
       </c>
       <c r="F443" s="27" t="s">
-        <v>2052</v>
-[...4 lines deleted...]
-      <c r="H443" s="27">
+        <v>1606</v>
+      </c>
+      <c r="G443" s="27">
         <v>2023</v>
       </c>
-      <c r="I443" s="27" t="s">
-[...8 lines deleted...]
-    <row r="444" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="H443" s="27" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I443" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J443" s="26"/>
+    </row>
+    <row r="444" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A444" s="16">
         <v>443</v>
       </c>
       <c r="B444" s="27" t="s">
-        <v>2055</v>
+        <v>1608</v>
       </c>
       <c r="C444" s="28">
         <v>3019020091</v>
       </c>
       <c r="D444" s="27" t="s">
-        <v>2056</v>
+        <v>1609</v>
       </c>
       <c r="E444" s="27" t="s">
-        <v>1542</v>
+        <v>1243</v>
       </c>
       <c r="F444" s="27" t="s">
-        <v>2057</v>
-[...4 lines deleted...]
-      <c r="H444" s="27">
+        <v>1610</v>
+      </c>
+      <c r="G444" s="27">
         <v>2023</v>
       </c>
-      <c r="I444" s="27" t="s">
-[...8 lines deleted...]
-    <row r="445" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="H444" s="27" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I444" s="26" t="s">
+        <v>148</v>
+      </c>
+      <c r="J444" s="26"/>
+    </row>
+    <row r="445" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A445" s="16">
         <v>444</v>
       </c>
       <c r="B445" s="27" t="s">
-        <v>2059</v>
+        <v>1611</v>
       </c>
       <c r="C445" s="27">
         <v>7813617681</v>
       </c>
       <c r="D445" s="27" t="s">
-        <v>2060</v>
+        <v>1612</v>
       </c>
       <c r="E445" s="27" t="s">
-        <v>604</v>
+        <v>500</v>
       </c>
       <c r="F445" s="27" t="s">
-        <v>2061</v>
-[...4 lines deleted...]
-      <c r="H445" s="27">
+        <v>161</v>
+      </c>
+      <c r="G445" s="27">
         <v>2022</v>
       </c>
-      <c r="I445" s="27" t="s">
-[...8 lines deleted...]
-    <row r="446" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="H445" s="27" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I445" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J445" s="32"/>
+    </row>
+    <row r="446" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A446" s="16">
         <v>445</v>
       </c>
       <c r="B446" s="27" t="s">
-        <v>2062</v>
+        <v>1613</v>
       </c>
       <c r="C446" s="27">
         <v>1655340994</v>
       </c>
       <c r="D446" s="27" t="s">
-        <v>1581</v>
+        <v>1276</v>
       </c>
       <c r="E446" s="27" t="s">
-        <v>1439</v>
+        <v>1140</v>
       </c>
       <c r="F446" s="27" t="s">
-        <v>2063</v>
-[...4 lines deleted...]
-      <c r="H446" s="27">
+        <v>1614</v>
+      </c>
+      <c r="G446" s="27">
         <v>2024</v>
       </c>
-      <c r="I446" s="27" t="s">
-[...10 lines deleted...]
-    <row r="447" spans="1:12" ht="120" x14ac:dyDescent="0.25">
+      <c r="H446" s="27" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I446" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="J446" s="33" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="120" x14ac:dyDescent="0.25">
       <c r="A447" s="16">
         <v>446</v>
       </c>
       <c r="B447" s="27" t="s">
-        <v>2066</v>
+        <v>1616</v>
       </c>
       <c r="C447" s="27">
         <v>602703155537</v>
       </c>
       <c r="D447" s="27" t="s">
-        <v>2067</v>
+        <v>1617</v>
       </c>
       <c r="E447" s="27" t="s">
-        <v>2068</v>
+        <v>1618</v>
       </c>
       <c r="F447" s="27" t="s">
-        <v>2069</v>
-[...4 lines deleted...]
-      <c r="H447" s="27">
+        <v>9</v>
+      </c>
+      <c r="G447" s="27">
         <v>2025</v>
       </c>
+      <c r="H447" s="27" t="s">
+        <v>499</v>
+      </c>
       <c r="I447" s="27" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="448" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J447" s="34" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A448" s="16">
         <v>447</v>
       </c>
       <c r="B448" s="27" t="s">
-        <v>2071</v>
+        <v>1620</v>
       </c>
       <c r="C448" s="27">
         <v>6732151552</v>
       </c>
       <c r="D448" s="27" t="s">
-        <v>2072</v>
+        <v>1621</v>
       </c>
       <c r="E448" s="27" t="s">
-        <v>2073</v>
+        <v>1622</v>
       </c>
       <c r="F448" s="27" t="s">
-        <v>2074</v>
+        <v>1625</v>
       </c>
       <c r="G448" s="27" t="s">
-        <v>2077</v>
+        <v>1623</v>
       </c>
       <c r="H448" s="27" t="s">
-        <v>2075</v>
+        <v>1101</v>
       </c>
       <c r="I448" s="27" t="s">
-        <v>1400</v>
+        <v>703</v>
       </c>
       <c r="J448" s="27" t="s">
-        <v>855</v>
-[...6 lines deleted...]
-    <row r="449" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A449" s="16">
         <v>448</v>
       </c>
       <c r="B449" s="27" t="s">
-        <v>2078</v>
+        <v>1626</v>
       </c>
       <c r="C449" s="35">
         <v>603701107297</v>
       </c>
       <c r="D449" s="27" t="s">
-        <v>1822</v>
+        <v>1417</v>
       </c>
       <c r="E449" s="27" t="s">
-        <v>2079</v>
+        <v>1627</v>
       </c>
       <c r="F449" s="27" t="s">
-        <v>2080</v>
+        <v>9</v>
       </c>
       <c r="G449" s="27" t="s">
-        <v>10</v>
+        <v>1623</v>
       </c>
       <c r="H449" s="27" t="s">
-        <v>2075</v>
+        <v>499</v>
       </c>
       <c r="I449" s="27" t="s">
-        <v>603</v>
-[...9 lines deleted...]
-    <row r="450" spans="1:12" ht="90" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J449" s="34" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10" ht="90" x14ac:dyDescent="0.25">
       <c r="A450" s="16">
         <v>449</v>
       </c>
       <c r="B450" s="27" t="s">
-        <v>2082</v>
+        <v>1629</v>
       </c>
       <c r="C450" s="27">
         <v>7718944368</v>
       </c>
       <c r="D450" s="27" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="E450" s="27" t="s">
-        <v>2083</v>
+        <v>1630</v>
       </c>
       <c r="F450" s="27" t="s">
-        <v>2084</v>
+        <v>1602</v>
       </c>
       <c r="G450" s="27" t="s">
-        <v>2048</v>
+        <v>1623</v>
       </c>
       <c r="H450" s="27" t="s">
-        <v>2075</v>
+        <v>1101</v>
       </c>
       <c r="I450" s="27" t="s">
-        <v>1400</v>
-[...9 lines deleted...]
-    <row r="451" spans="1:12" ht="225" x14ac:dyDescent="0.25">
+        <v>703</v>
+      </c>
+      <c r="J450" s="34" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10" ht="225" x14ac:dyDescent="0.25">
       <c r="A451" s="16">
         <v>450</v>
       </c>
       <c r="B451" s="27" t="s">
-        <v>2086</v>
+        <v>1632</v>
       </c>
       <c r="C451" s="27">
         <v>9703194998</v>
       </c>
       <c r="D451" s="27" t="s">
-        <v>2087</v>
+        <v>1633</v>
       </c>
       <c r="E451" s="27" t="s">
-        <v>2088</v>
+        <v>1634</v>
       </c>
       <c r="F451" s="27" t="s">
-        <v>2089</v>
+        <v>1602</v>
       </c>
       <c r="G451" s="27" t="s">
-        <v>2048</v>
+        <v>1623</v>
       </c>
       <c r="H451" s="27" t="s">
-        <v>2075</v>
+        <v>1101</v>
       </c>
       <c r="I451" s="27" t="s">
-        <v>1400</v>
-[...7 lines deleted...]
-    <row r="452" spans="1:12" ht="105" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="J451" s="27"/>
+    </row>
+    <row r="452" spans="1:10" ht="105" x14ac:dyDescent="0.25">
       <c r="A452" s="16">
         <v>451</v>
       </c>
       <c r="B452" s="27" t="s">
-        <v>2090</v>
+        <v>1635</v>
       </c>
       <c r="C452" s="27">
         <v>9725174586</v>
       </c>
       <c r="D452" s="27" t="s">
-        <v>725</v>
+        <v>599</v>
       </c>
       <c r="E452" s="27" t="s">
-        <v>2091</v>
+        <v>1636</v>
       </c>
       <c r="F452" s="27" t="s">
-        <v>2084</v>
+        <v>1602</v>
       </c>
       <c r="G452" s="27" t="s">
-        <v>2048</v>
+        <v>1623</v>
       </c>
       <c r="H452" s="27" t="s">
-        <v>2075</v>
+        <v>1101</v>
       </c>
       <c r="I452" s="27" t="s">
-        <v>1400</v>
-[...44 lines deleted...]
-      <c r="I455" s="27"/>
+        <v>148</v>
+      </c>
+      <c r="J452" s="27"/>
+    </row>
+    <row r="453" spans="1:10" ht="165" x14ac:dyDescent="0.25">
+      <c r="A453" s="16">
+        <v>452</v>
+      </c>
+      <c r="B453" s="27" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C453" s="35">
+        <v>602715576040</v>
+      </c>
+      <c r="D453" s="27" t="s">
+        <v>1638</v>
+      </c>
+      <c r="E453" s="27" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F453" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G453" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H453" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I453" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J453" s="34" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10" ht="195" x14ac:dyDescent="0.25">
+      <c r="A454" s="16">
+        <v>453</v>
+      </c>
+      <c r="B454" s="27" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C454" s="35">
+        <v>511007182150</v>
+      </c>
+      <c r="D454" s="27" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E454" s="27" t="s">
+        <v>548</v>
+      </c>
+      <c r="F454" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G454" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H454" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I454" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J454" s="34" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10" ht="180" x14ac:dyDescent="0.25">
+      <c r="A455" s="16">
+        <v>454</v>
+      </c>
+      <c r="B455" s="27" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C455" s="35">
+        <v>600600413454</v>
+      </c>
+      <c r="D455" s="27" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E455" s="27" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F455" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G455" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H455" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I455" s="27" t="s">
+        <v>148</v>
+      </c>
       <c r="J455" s="27"/>
-      <c r="K455" s="27"/>
-      <c r="L455" s="27"/>
+    </row>
+    <row r="456" spans="1:10" ht="135" x14ac:dyDescent="0.25">
+      <c r="A456" s="16">
+        <v>455</v>
+      </c>
+      <c r="B456" s="27" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C456" s="27">
+        <v>7840502496</v>
+      </c>
+      <c r="D456" s="27" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E456" s="27" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F456" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G456" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H456" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I456" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J456" s="34" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A457" s="16">
+        <v>456</v>
+      </c>
+      <c r="B457" s="27" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C457" s="35">
+        <v>602715620972</v>
+      </c>
+      <c r="D457" s="27" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E457" s="27" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F457" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="G457" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H457" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I457" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J457" s="34" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10" ht="135" x14ac:dyDescent="0.25">
+      <c r="A458" s="16">
+        <v>457</v>
+      </c>
+      <c r="B458" s="27" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C458" s="35">
+        <v>602706906100</v>
+      </c>
+      <c r="D458" s="27" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E458" s="27" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F458" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="G458" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H458" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I458" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J458" s="34" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A459" s="16">
+        <v>458</v>
+      </c>
+      <c r="B459" s="27" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C459" s="35">
+        <v>761206370903</v>
+      </c>
+      <c r="D459" s="27" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E459" s="27" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F459" s="27" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G459" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H459" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I459" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="J459" s="27"/>
+    </row>
+    <row r="460" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A460" s="16">
+        <v>459</v>
+      </c>
+      <c r="B460" s="27" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C460" s="35">
+        <v>6671469377</v>
+      </c>
+      <c r="D460" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="E460" s="27" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F460" s="27" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G460" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H460" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I460" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J460" s="34" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A461" s="16">
+        <v>460</v>
+      </c>
+      <c r="B461" s="27" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C461" s="35">
+        <v>602715581000</v>
+      </c>
+      <c r="D461" s="27" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E461" s="27" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F461" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="G461" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H461" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I461" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="J461" s="27"/>
+    </row>
+    <row r="462" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A462" s="16">
+        <v>461</v>
+      </c>
+      <c r="B462" s="27" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C462" s="35">
+        <v>723000973906</v>
+      </c>
+      <c r="D462" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="E462" s="27" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F462" s="27" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G462" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H462" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I462" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="J462" s="27"/>
+    </row>
+    <row r="463" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A463" s="16">
+        <v>462</v>
+      </c>
+      <c r="B463" s="27"/>
+      <c r="C463" s="35"/>
+      <c r="D463" s="27"/>
+      <c r="E463" s="27"/>
+      <c r="F463" s="27"/>
+      <c r="G463" s="27"/>
+      <c r="H463" s="27"/>
+      <c r="I463" s="27"/>
+      <c r="J463" s="27"/>
+    </row>
+    <row r="464" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A464" s="16">
+        <v>463</v>
+      </c>
+      <c r="B464" s="27"/>
+      <c r="C464" s="35"/>
+      <c r="D464" s="27"/>
+      <c r="E464" s="27"/>
+      <c r="F464" s="27"/>
+      <c r="G464" s="27"/>
+      <c r="H464" s="27"/>
+      <c r="I464" s="27"/>
+      <c r="J464" s="27"/>
+    </row>
+    <row r="465" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A465" s="16">
+        <v>464</v>
+      </c>
+      <c r="B465" s="27"/>
+      <c r="C465" s="35"/>
+      <c r="D465" s="27"/>
+      <c r="E465" s="27"/>
+      <c r="F465" s="27"/>
+      <c r="G465" s="27"/>
+      <c r="H465" s="27"/>
+      <c r="I465" s="27"/>
+      <c r="J465" s="27"/>
+    </row>
+    <row r="466" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A466" s="16">
+        <v>465</v>
+      </c>
+      <c r="B466" s="27"/>
+      <c r="C466" s="35"/>
+      <c r="D466" s="27"/>
+      <c r="E466" s="27"/>
+      <c r="F466" s="27"/>
+      <c r="G466" s="27"/>
+      <c r="H466" s="27"/>
+      <c r="I466" s="27"/>
+      <c r="J466" s="27"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L433" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:J433" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
-    <hyperlink ref="K168" r:id="rId1" xr:uid="{8D90C972-FC70-4923-A0EA-25A620D2687B}"/>
-[...248 lines deleted...]
-    <hyperlink ref="K450" r:id="rId250" xr:uid="{038B88D2-3F2C-4141-94F4-67C53937DD3C}"/>
+    <hyperlink ref="J168" r:id="rId1" xr:uid="{8D90C972-FC70-4923-A0EA-25A620D2687B}"/>
+    <hyperlink ref="J169" r:id="rId2" xr:uid="{72523372-1437-4191-A106-FBD6B4731872}"/>
+    <hyperlink ref="J170" r:id="rId3" display="https://vk.com/naloghelp60" xr:uid="{D09D6A2E-7868-420B-B2DE-CDD96ED63BBC}"/>
+    <hyperlink ref="J171" r:id="rId4" display="https://happyprint.pro/" xr:uid="{004DC5FB-5B9E-4A92-9D9A-10FD5C2D3C4C}"/>
+    <hyperlink ref="J174" r:id="rId5" xr:uid="{CAC69EF6-9810-46FC-96A8-09F2D3AE5BE9}"/>
+    <hyperlink ref="J175" r:id="rId6" display="https://vk.com/majorrestobar" xr:uid="{830C6150-9A9A-43A1-951D-8E2E1DAA9165}"/>
+    <hyperlink ref="J176" r:id="rId7" xr:uid="{E0735D4A-2C9A-4CF0-9B92-340E55906AF7}"/>
+    <hyperlink ref="J177" r:id="rId8" xr:uid="{243D37B6-AD16-4D3E-9ACE-157E2202EFDD}"/>
+    <hyperlink ref="J180" r:id="rId9" xr:uid="{574F4F16-A4CF-4D75-AA0B-702A9F4B02C2}"/>
+    <hyperlink ref="J181" r:id="rId10" xr:uid="{88A30021-19FD-4D3B-B314-3FEBBB3EDCBD}"/>
+    <hyperlink ref="J183" r:id="rId11" display="https://vk.com/majorrestobar" xr:uid="{00DB8A34-629F-4CC7-BA89-971647C5AD61}"/>
+    <hyperlink ref="J188" r:id="rId12" xr:uid="{E78612A1-5AAA-4782-A1B3-D1093B058FE4}"/>
+    <hyperlink ref="J189" r:id="rId13" xr:uid="{6163CD4C-D7A3-4811-88FE-76D47C5BC75D}"/>
+    <hyperlink ref="J190" r:id="rId14" xr:uid="{09741EA4-5F0A-4626-B547-BEFF9C9495C7}"/>
+    <hyperlink ref="J191" r:id="rId15" xr:uid="{9C7B69B0-94B0-49A2-817A-79A2155E7094}"/>
+    <hyperlink ref="J192" r:id="rId16" xr:uid="{66C1BF60-D841-4958-8189-DFEA8DE028CC}"/>
+    <hyperlink ref="J193" r:id="rId17" xr:uid="{FD0511FB-95E9-43AA-85EF-6D0B5A00160E}"/>
+    <hyperlink ref="J194" r:id="rId18" xr:uid="{BFF5C885-D93F-4231-9021-198A0C100317}"/>
+    <hyperlink ref="J195" r:id="rId19" xr:uid="{6F2D1ECB-0CF8-4C1B-8261-1C9EAE1E2692}"/>
+    <hyperlink ref="J196" r:id="rId20" xr:uid="{44EBC061-DF17-42BE-A2DD-EA739CA8FEA2}"/>
+    <hyperlink ref="J197" r:id="rId21" xr:uid="{6F163496-F0F3-4437-B799-F162899062B8}"/>
+    <hyperlink ref="J199" r:id="rId22" xr:uid="{BE79752A-AE9A-4DA2-9181-D6D20D7B29A0}"/>
+    <hyperlink ref="J200" r:id="rId23" xr:uid="{2D59B389-4333-4A9E-A66A-E18FF0F424A1}"/>
+    <hyperlink ref="J201" r:id="rId24" xr:uid="{C835E3D2-04C1-4AD4-973C-DD9F158C5385}"/>
+    <hyperlink ref="J202" r:id="rId25" xr:uid="{1C0DD2D5-C016-4475-A800-83426BFAE0A5}"/>
+    <hyperlink ref="J203" r:id="rId26" xr:uid="{6A0AB7D4-2F1E-4A59-A13A-2B755EE926FB}"/>
+    <hyperlink ref="J206" r:id="rId27" xr:uid="{B5A90F4B-0FD6-4802-8102-D538837C82EE}"/>
+    <hyperlink ref="J208" r:id="rId28" xr:uid="{E6C62058-F067-4B5B-902F-54FE0D03C2D6}"/>
+    <hyperlink ref="J209" r:id="rId29" xr:uid="{36832781-D161-4BBC-A78A-DAB66FD788CA}"/>
+    <hyperlink ref="J210" r:id="rId30" xr:uid="{A74DA838-FCE4-4880-835A-78ED72461BEA}"/>
+    <hyperlink ref="J211" r:id="rId31" xr:uid="{E0AF086D-D816-403F-B98C-AAEB940403F6}"/>
+    <hyperlink ref="J212" r:id="rId32" xr:uid="{39A5DA5C-AD4F-4DE1-AD26-284F5ED850DA}"/>
+    <hyperlink ref="J213" r:id="rId33" xr:uid="{C81CE9D7-6B76-4323-95D5-4697724E43CE}"/>
+    <hyperlink ref="J215" r:id="rId34" xr:uid="{B0AF53C6-A790-4D99-A18D-46A1D530BE6D}"/>
+    <hyperlink ref="J216" r:id="rId35" xr:uid="{DF22B2A1-387E-42F1-B420-AD7DB7D7D493}"/>
+    <hyperlink ref="J217" r:id="rId36" xr:uid="{F11538DC-1ED2-4D5D-9C9B-30A01B9077C0}"/>
+    <hyperlink ref="J218" r:id="rId37" xr:uid="{06CD1866-32A5-428A-8E13-5B8AAB1AFBC9}"/>
+    <hyperlink ref="J219" r:id="rId38" xr:uid="{A43CEDDE-E622-4ACA-9F81-8A7C2409AD34}"/>
+    <hyperlink ref="J220" r:id="rId39" xr:uid="{F420C664-28CB-4193-8FE1-A8C325920A34}"/>
+    <hyperlink ref="J222" r:id="rId40" xr:uid="{02D2424F-A827-4919-8B17-D649EFEC060A}"/>
+    <hyperlink ref="J223" r:id="rId41" xr:uid="{84D6165B-AE9F-4EB4-9D41-BD00A95F99BF}"/>
+    <hyperlink ref="J224" r:id="rId42" xr:uid="{DD7D60A8-E7F2-4DBB-9017-1D20504C0383}"/>
+    <hyperlink ref="J227" r:id="rId43" display="https://vk.com/vzletsmm" xr:uid="{8402DEE5-7EA1-490E-B896-D9B266094DAA}"/>
+    <hyperlink ref="J229" r:id="rId44" xr:uid="{668C7C61-4A42-4F03-86A1-B51D7581D6A9}"/>
+    <hyperlink ref="J230" r:id="rId45" xr:uid="{40D11A2F-66AC-45C0-897F-4986F2FDE230}"/>
+    <hyperlink ref="J231" r:id="rId46" xr:uid="{3AD4DB60-50AA-4F4A-905F-6B15C6EDA6A7}"/>
+    <hyperlink ref="J233" r:id="rId47" xr:uid="{8D52B40F-6607-43F1-A5B0-81AF4A1FE53D}"/>
+    <hyperlink ref="J234" r:id="rId48" xr:uid="{9A0760A8-A49F-46E8-8FA1-77C817267980}"/>
+    <hyperlink ref="J237" r:id="rId49" xr:uid="{158AD6A2-701E-4337-9EFD-04D8D1DEDD4A}"/>
+    <hyperlink ref="J240" r:id="rId50" xr:uid="{7B04BAF2-99E6-4BB1-8C79-ECD6F3E7714C}"/>
+    <hyperlink ref="J241" r:id="rId51" xr:uid="{E089937A-7A46-4994-9D22-493FD4880FB4}"/>
+    <hyperlink ref="J242" r:id="rId52" xr:uid="{A8CB2B32-D79B-4F73-9BD2-A3D30F5690B4}"/>
+    <hyperlink ref="J246" r:id="rId53" xr:uid="{2A56DBA5-D673-4BDA-AB88-0B2E3E9D4E27}"/>
+    <hyperlink ref="J245" r:id="rId54" xr:uid="{3DB30220-6E17-447F-AD79-19B60589BDBF}"/>
+    <hyperlink ref="J166" r:id="rId55" xr:uid="{978F1093-37F0-4BF5-AF14-800435491785}"/>
+    <hyperlink ref="J167" r:id="rId56" xr:uid="{51BC4649-6243-4262-AB31-119CA9DFED5C}"/>
+    <hyperlink ref="J173" r:id="rId57" xr:uid="{3A2EB29C-8766-4195-8C88-38EE76464BFF}"/>
+    <hyperlink ref="J198" r:id="rId58" xr:uid="{E6B53EF7-B8BD-474A-A22C-B94FDEF992B1}"/>
+    <hyperlink ref="J247" r:id="rId59" xr:uid="{CD64D34D-FF93-4290-943F-F74CE4671857}"/>
+    <hyperlink ref="J248" r:id="rId60" xr:uid="{262D8BC0-F03D-4DE9-971B-11E05ABA449A}"/>
+    <hyperlink ref="J26" r:id="rId61" xr:uid="{6D4F64D9-4DF6-4F86-BCEB-2D6F53B48EDD}"/>
+    <hyperlink ref="J23" r:id="rId62" xr:uid="{A4BA3F4E-8318-4C85-BDCE-1310F4349EE6}"/>
+    <hyperlink ref="J14" r:id="rId63" xr:uid="{F96DC1E2-A953-4FEB-9585-A2AF8F123AED}"/>
+    <hyperlink ref="J13" r:id="rId64" xr:uid="{ED4B9EFE-05CF-4F54-92C6-254F53B9A695}"/>
+    <hyperlink ref="J6" r:id="rId65" xr:uid="{E6183499-0C02-46C8-B3B7-8256BE0B3F75}"/>
+    <hyperlink ref="J5" r:id="rId66" xr:uid="{866A00E5-99C3-4883-875E-1E87E8A8759F}"/>
+    <hyperlink ref="J3" r:id="rId67" xr:uid="{A33B24D1-5151-4676-A1EC-3D3BCB5A2D89}"/>
+    <hyperlink ref="J2" r:id="rId68" xr:uid="{245EA40A-73E6-487F-83F8-451F4AC59EE5}"/>
+    <hyperlink ref="J29" r:id="rId69" xr:uid="{86672137-3F75-479D-8487-0625803F2C7C}"/>
+    <hyperlink ref="J30" r:id="rId70" xr:uid="{311D1819-232A-48F0-A970-A404490E3ADD}"/>
+    <hyperlink ref="J33" r:id="rId71" xr:uid="{8BD760C0-BC9F-4A9E-ACF0-A2B499DAA523}"/>
+    <hyperlink ref="J36" r:id="rId72" xr:uid="{65367F11-13D0-45AE-BEE0-FEF117BDC7C0}"/>
+    <hyperlink ref="J38" r:id="rId73" display="http://www.pskovtourism.com/" xr:uid="{90BAEAE7-A3E2-4D64-AA5F-E5C3A4EA19F2}"/>
+    <hyperlink ref="J49" r:id="rId74" xr:uid="{2E92DA9C-7DDE-42B7-A261-499ABE89F1F7}"/>
+    <hyperlink ref="J57" r:id="rId75" xr:uid="{98AE8616-B9B8-43CC-B129-62EFD0EAA1D3}"/>
+    <hyperlink ref="J53" r:id="rId76" xr:uid="{B868E4A7-1DFC-43DE-BC81-968B49E0FB82}"/>
+    <hyperlink ref="J48" r:id="rId77" xr:uid="{DE366188-7BAE-44A1-8029-167A312A20B9}"/>
+    <hyperlink ref="J46" r:id="rId78" xr:uid="{93B53BB6-D30F-4858-B101-DFBDC75C9708}"/>
+    <hyperlink ref="J42" r:id="rId79" xr:uid="{7F686EA6-DFBE-4D6C-B2E1-EAF6594F0608}"/>
+    <hyperlink ref="J32" r:id="rId80" xr:uid="{359FAB50-A43F-4A43-9EB6-598DE54B7DD5}"/>
+    <hyperlink ref="J60" r:id="rId81" xr:uid="{E40D98E6-D2CF-41FA-86BE-CE04E3400D34}"/>
+    <hyperlink ref="J61" r:id="rId82" display="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=патентное%20бюро%20патент&amp;geo=Псков&amp;yclid=17833696682117431295" xr:uid="{024F8A71-9268-4437-AE73-917B2E0EC36E}"/>
+    <hyperlink ref="J76" r:id="rId83" xr:uid="{509B33E1-6C02-4F99-A3CC-6F5E97FF5D5E}"/>
+    <hyperlink ref="J77" r:id="rId84" xr:uid="{CF9559B6-DF33-4C73-9644-EC3657AACCED}"/>
+    <hyperlink ref="J78" r:id="rId85" xr:uid="{5C167664-9C97-4027-9E1F-7746759ED011}"/>
+    <hyperlink ref="J80" r:id="rId86" xr:uid="{51022827-B944-45A8-AD86-75AB3ED9F99A}"/>
+    <hyperlink ref="J81" r:id="rId87" xr:uid="{3F2C7530-DA97-4680-B54A-F830EEFE6B16}"/>
+    <hyperlink ref="J82" r:id="rId88" display="https://vk.com/exhibition1spb," xr:uid="{A3DC834B-3819-433D-8299-F1F3ADA787C9}"/>
+    <hyperlink ref="J136" r:id="rId89" xr:uid="{B789EB76-4DDA-4A99-A336-E2AEC899C5CA}"/>
+    <hyperlink ref="J161" r:id="rId90" xr:uid="{349FA2D7-9653-4B3C-AC6E-10615A1E8CA4}"/>
+    <hyperlink ref="J249" r:id="rId91" xr:uid="{4FFFB370-5712-43CB-9C88-01E8791804BD}"/>
+    <hyperlink ref="J186" r:id="rId92" xr:uid="{7B155ED6-74F5-4414-B7C1-9E17F5A49E1F}"/>
+    <hyperlink ref="J251" r:id="rId93" xr:uid="{3B573F4B-0F9C-4079-8CFC-5DC5B8493B39}"/>
+    <hyperlink ref="J252" r:id="rId94" xr:uid="{6FECF1B9-6D6E-4655-BCF8-14481DEEF9AD}"/>
+    <hyperlink ref="J253" r:id="rId95" xr:uid="{6FF85368-8913-4C3A-B80E-3118EC5D73DB}"/>
+    <hyperlink ref="J255" r:id="rId96" display="https://school.kontur.ru/" xr:uid="{56389B82-0BE2-4AEC-87FC-85E355817E9F}"/>
+    <hyperlink ref="J256" r:id="rId97" display="https://www.rutoken.ru/projects/major/kontur-extern.html" xr:uid="{F66CA997-F6F2-424F-8F0F-6E3B4C984478}"/>
+    <hyperlink ref="J254" r:id="rId98" xr:uid="{E36C8990-785E-4B0B-9798-B7C289077D58}"/>
+    <hyperlink ref="J257" r:id="rId99" xr:uid="{228C57B8-31EC-4124-A2F9-71A4DEB7C37F}"/>
+    <hyperlink ref="J258" r:id="rId100" xr:uid="{D0834C54-8951-40D0-9BDA-0D2C48DE0520}"/>
+    <hyperlink ref="J259" r:id="rId101" xr:uid="{865DFE96-C939-4687-8260-30A195564F75}"/>
+    <hyperlink ref="J260" r:id="rId102" xr:uid="{BEEB1A55-FEC1-405D-B769-CDA4EAB1A53C}"/>
+    <hyperlink ref="J262" r:id="rId103" xr:uid="{76E4648F-93C0-4D4E-B493-1DE4ECAD3309}"/>
+    <hyperlink ref="J263" r:id="rId104" xr:uid="{934E8F59-BA38-487D-8089-54C318AC4AEF}"/>
+    <hyperlink ref="J264" r:id="rId105" xr:uid="{2FC90DEF-CEC0-4194-A940-CA3EC4AB7C35}"/>
+    <hyperlink ref="J265" r:id="rId106" xr:uid="{2AB9C2B9-A63D-41CD-8F62-E4366860D166}"/>
+    <hyperlink ref="J267" r:id="rId107" xr:uid="{3E67EB71-880E-4995-8968-4780F4AF4E6F}"/>
+    <hyperlink ref="J269" r:id="rId108" xr:uid="{DABDEC60-5258-4DD2-8021-1294C9FA4664}"/>
+    <hyperlink ref="J270" r:id="rId109" xr:uid="{DCFAD028-5124-4129-B173-C39531E4BF67}"/>
+    <hyperlink ref="J271" r:id="rId110" display="https://vk.com/starboom.pskov" xr:uid="{41CBEE09-22D2-4583-A400-A1E7B56B8DFF}"/>
+    <hyperlink ref="J272" r:id="rId111" xr:uid="{2C12E38F-9ACE-4BEE-B80F-00C30E86B2F7}"/>
+    <hyperlink ref="J273" r:id="rId112" xr:uid="{BD16BDB4-2FCA-401F-B19D-2D85D3044352}"/>
+    <hyperlink ref="J274" r:id="rId113" xr:uid="{93ED8154-E00B-47CC-9CE8-47119EE74FE8}"/>
+    <hyperlink ref="J275" r:id="rId114" xr:uid="{15E7E96E-2A1B-40AC-8FC0-2B3D8899451A}"/>
+    <hyperlink ref="J277" r:id="rId115" xr:uid="{83C67CFE-1610-42C4-896A-D625F6E4D271}"/>
+    <hyperlink ref="J278" r:id="rId116" xr:uid="{E656D51D-E07E-45B9-9BC2-6BA2A3DD5C84}"/>
+    <hyperlink ref="J4" r:id="rId117" xr:uid="{A99A11C1-A78E-4E03-8E04-1729D95C13CC}"/>
+    <hyperlink ref="J17" r:id="rId118" xr:uid="{43AB0758-A479-4DE8-9F38-F6292C96DBAF}"/>
+    <hyperlink ref="J25" r:id="rId119" xr:uid="{51DBD05C-5B1E-46C1-916E-6B13309B9F65}"/>
+    <hyperlink ref="J205" r:id="rId120" xr:uid="{41539A0C-6501-4F9E-B20B-4E21FD14FD07}"/>
+    <hyperlink ref="J279" r:id="rId121" xr:uid="{0119FAF8-5B4B-4862-A987-5102958F9D8C}"/>
+    <hyperlink ref="J280" r:id="rId122" xr:uid="{584D5B8C-F4D1-457D-A1A6-C5C3AA5E8929}"/>
+    <hyperlink ref="D291" r:id="rId123" tooltip="Высшее образование имеет целью обеспечение подготовки высококвалифицированных кадров по всем основным направлениям общественно полезной деятельности в соответствии с потребностями общества и государства, удовлетворение потребностей личности в интеллектуал" display="https://www.list-org.com/list?okved2=85.22" xr:uid="{E728191D-50E5-49B9-A8C4-8FF0ECFC5E85}"/>
+    <hyperlink ref="D308" r:id="rId124" display="https://www.list-org.com/list?okved2=71.12.62" xr:uid="{2B40D402-C2F9-46CB-8D9A-C37F3EE4945F}"/>
+    <hyperlink ref="D309" r:id="rId125" tooltip="Эта группировка также включает:_x000a_- мониторинг состояния объектов культурного наследия, территорий объектов культурного наследия, зон охраны объектов культурного наследия, территорий исторических поселений;_x000a_- мониторинг проведения работ по сохранению объект" display="https://www.list-org.com/list?okved2=71.20.9" xr:uid="{DFED1C02-67AC-4318-99DE-9E35EF4E3757}"/>
+    <hyperlink ref="D363" r:id="rId126" display="https://www.tinkoff.ru/business/contractor/okved/70-22/1" xr:uid="{A8DFD00B-86A9-4A74-B8E2-4F65F76ED27A}"/>
+    <hyperlink ref="D364" r:id="rId127" display="https://www.tinkoff.ru/business/contractor/okved/70-22/1" xr:uid="{38901CB1-671B-4C9A-A594-87710725D311}"/>
+    <hyperlink ref="J376" r:id="rId128" xr:uid="{6877E32A-1939-4FFB-A3B9-D1EB0B0B93D4}"/>
+    <hyperlink ref="J377" r:id="rId129" xr:uid="{109D669B-134F-41FB-B5DF-7E3002105163}"/>
+    <hyperlink ref="J378" r:id="rId130" xr:uid="{311AFB11-4803-4A3B-819D-3B3C0389D389}"/>
+    <hyperlink ref="J379" r:id="rId131" xr:uid="{7688D0C7-F2AF-4303-A2B2-A5F329527878}"/>
+    <hyperlink ref="J380" r:id="rId132" xr:uid="{DDEA9C3B-743B-4E4E-957D-03950FC66DFE}"/>
+    <hyperlink ref="J381" r:id="rId133" xr:uid="{619CE2BF-B482-455F-8D7D-69FE5B784F76}"/>
+    <hyperlink ref="J382" r:id="rId134" xr:uid="{6FB8DE7E-A0A7-4BB8-BD3A-986F4C5FE151}"/>
+    <hyperlink ref="J383" r:id="rId135" xr:uid="{98B09781-4CF1-4354-9FD1-9A9CDAC5AE23}"/>
+    <hyperlink ref="J385" r:id="rId136" xr:uid="{6B5DCD79-ACAF-42EC-B2D2-9C6F2F1C86FA}"/>
+    <hyperlink ref="F349" r:id="rId137" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" xr:uid="{D53C19BF-E4C0-4C46-B30B-3D6CA0BB9612}"/>
+    <hyperlink ref="F350" r:id="rId138" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" xr:uid="{3F8357E4-19C7-4957-874B-CD2D0251EB11}"/>
+    <hyperlink ref="F351" r:id="rId139" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" xr:uid="{297FB257-7F68-43E8-A169-435B4A280741}"/>
+    <hyperlink ref="F352" r:id="rId140" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" xr:uid="{C1AC921C-C351-4193-A3EA-FD2BF8D4DEBF}"/>
+    <hyperlink ref="F353" r:id="rId141" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" xr:uid="{E2242073-B7E2-40E7-BDE4-A2E1F6FBE6CC}"/>
+    <hyperlink ref="F356" r:id="rId142" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" xr:uid="{5288FE4C-FE5E-4597-982D-CDE6112D386C}"/>
+    <hyperlink ref="F358" r:id="rId143" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" xr:uid="{B39F00B4-2A51-42C1-BDFA-68D1B5749902}"/>
+    <hyperlink ref="F359" r:id="rId144" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" xr:uid="{F2B8D46C-F21E-4D2A-A1A3-D70329D2039E}"/>
+    <hyperlink ref="F360" r:id="rId145" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" xr:uid="{CFE01EEA-0387-4815-8F65-B7590F82C752}"/>
+    <hyperlink ref="F363" r:id="rId146" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" xr:uid="{77E60E01-D5B4-45B3-97CF-E81FD42EC5B4}"/>
+    <hyperlink ref="F364" r:id="rId147" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" xr:uid="{08F8FB61-5EE9-4433-840F-6509283AABBF}"/>
+    <hyperlink ref="F365" r:id="rId148" display="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" xr:uid="{BA4291CA-C1DB-48A1-8973-D404E26791DD}"/>
+    <hyperlink ref="J387" r:id="rId149" xr:uid="{3ACE85DE-B234-4544-BA6D-BCA3B1447E30}"/>
+    <hyperlink ref="J388" r:id="rId150" xr:uid="{CFAD1BE3-4A67-4166-9939-242934EB53C4}"/>
+    <hyperlink ref="J389" r:id="rId151" xr:uid="{51F193B9-400B-416D-9DFD-D417AB619994}"/>
+    <hyperlink ref="J390" r:id="rId152" xr:uid="{31258073-61F9-48D2-BAF4-C78AAD117364}"/>
+    <hyperlink ref="J391" r:id="rId153" xr:uid="{BD883B13-839D-425E-BBDC-C027A0140819}"/>
+    <hyperlink ref="J392" r:id="rId154" xr:uid="{EBDAC771-3D12-4C5D-B0E9-C9BFB94DF617}"/>
+    <hyperlink ref="J394" r:id="rId155" xr:uid="{F80B86FD-416F-4D88-9847-B5DE754D7C90}"/>
+    <hyperlink ref="J395" r:id="rId156" xr:uid="{08E6FFB6-2375-46F7-BEEC-730AB3AADC2E}"/>
+    <hyperlink ref="J397" r:id="rId157" xr:uid="{43CF093A-419F-4DE9-A06D-60362AAC537C}"/>
+    <hyperlink ref="J398" r:id="rId158" xr:uid="{6042A06E-6D1A-4597-A683-A32B781D6518}"/>
+    <hyperlink ref="J399" r:id="rId159" display="https://www.behance.net/elkalinina" xr:uid="{1685AA16-7D53-417D-90BD-B72A51BA09DB}"/>
+    <hyperlink ref="J401" r:id="rId160" xr:uid="{BFE0D98C-8A5C-4838-992B-25AEC96421E8}"/>
+    <hyperlink ref="J402" r:id="rId161" xr:uid="{E6072EF2-93B8-4472-A0B1-D00AF724BB6E}"/>
+    <hyperlink ref="J403" r:id="rId162" xr:uid="{455598C8-3998-48D5-8383-F833A54DA0A9}"/>
+    <hyperlink ref="J404" r:id="rId163" xr:uid="{2283CB0A-3A8B-461A-B01D-F34259CBA451}"/>
+    <hyperlink ref="J406" r:id="rId164" xr:uid="{07AF32F4-9C07-4334-9274-22E76B8A09CE}"/>
+    <hyperlink ref="J407" r:id="rId165" xr:uid="{34D29D97-29FF-43E4-A1F2-8F7755752C58}"/>
+    <hyperlink ref="J408" r:id="rId166" xr:uid="{38E230FF-EC6C-4FBA-B696-B87F8BF99A2F}"/>
+    <hyperlink ref="J409" r:id="rId167" xr:uid="{91A40AFD-8B77-4A30-ACDD-212529BCC574}"/>
+    <hyperlink ref="J410" r:id="rId168" xr:uid="{013F4981-A30D-48B5-BDD7-3F9F4933CACE}"/>
+    <hyperlink ref="J412" r:id="rId169" xr:uid="{014CA91F-B825-4A7F-9FCE-F609716F8152}"/>
+    <hyperlink ref="J413" r:id="rId170" xr:uid="{0B93D636-244C-4C93-A812-3F996480A0E1}"/>
+    <hyperlink ref="J414" r:id="rId171" xr:uid="{25B88699-78C9-4EC6-B135-115C2FA730C1}"/>
+    <hyperlink ref="J418" r:id="rId172" xr:uid="{48F27CCD-3273-4736-AD3C-2FFBD5EED5B0}"/>
+    <hyperlink ref="J419" r:id="rId173" xr:uid="{083CC823-2BFA-437B-A389-293B8DCF4C95}"/>
+    <hyperlink ref="J420" r:id="rId174" xr:uid="{D8652301-16D5-4CA2-8566-A53A8D58BF60}"/>
+    <hyperlink ref="J421" r:id="rId175" xr:uid="{9D938ABF-3180-4D4F-8B0F-C57716A4C33C}"/>
+    <hyperlink ref="J423" r:id="rId176" xr:uid="{AC43A512-5BDD-4DBA-9F7D-E5CDB4FD4B03}"/>
+    <hyperlink ref="J429" r:id="rId177" xr:uid="{DACE2FBA-73AC-4E7C-9E0D-371BBF4DB578}"/>
+    <hyperlink ref="J282" r:id="rId178" xr:uid="{E5CCE6D9-1F20-4AE6-BC99-126BF7E8F17B}"/>
+    <hyperlink ref="J285" r:id="rId179" xr:uid="{166DCC3A-63DE-4978-A984-3636D636F3C8}"/>
+    <hyperlink ref="J286" r:id="rId180" xr:uid="{23BA2E69-4BED-431C-936C-742ECEB33E25}"/>
+    <hyperlink ref="J283" r:id="rId181" xr:uid="{31222C26-55E1-4437-9D34-69507CCC8886}"/>
+    <hyperlink ref="J287" r:id="rId182" xr:uid="{46BCD173-CEFE-4309-BB9C-3C9F56295A7F}"/>
+    <hyperlink ref="J288" r:id="rId183" xr:uid="{B2B8ED8C-B703-4BFC-9D98-F7DBE9E306C4}"/>
+    <hyperlink ref="J289" r:id="rId184" xr:uid="{FA7E5DF7-26B5-439A-B6A6-66B1B70D41EE}"/>
+    <hyperlink ref="J291" r:id="rId185" xr:uid="{872B76AC-9B40-456C-A6BD-AE3603CEE32C}"/>
+    <hyperlink ref="J294" r:id="rId186" xr:uid="{5D8B99E2-EBE2-41A1-9B5C-061F234AC904}"/>
+    <hyperlink ref="J296" r:id="rId187" xr:uid="{938B04A1-7263-4A30-B0C7-15B955F2880F}"/>
+    <hyperlink ref="J297" r:id="rId188" xr:uid="{4EFDB5A2-31BA-4EB7-9A59-02CE887BE58F}"/>
+    <hyperlink ref="J299" r:id="rId189" xr:uid="{A3FE50F0-1003-4541-979B-0C165A8ED558}"/>
+    <hyperlink ref="J303" r:id="rId190" xr:uid="{1918875E-A85F-4AFE-B442-9AC1507A19BD}"/>
+    <hyperlink ref="J307" r:id="rId191" xr:uid="{1557A866-1B9D-426D-821F-C25A5DA9414C}"/>
+    <hyperlink ref="J308" r:id="rId192" xr:uid="{092D1536-F194-4B66-8147-0D2F28CAFF2D}"/>
+    <hyperlink ref="J309" r:id="rId193" xr:uid="{2A26D245-AD50-49DF-952D-914ABC25D932}"/>
+    <hyperlink ref="J310" r:id="rId194" xr:uid="{0C1519C8-3A8F-4CF5-851C-C02CEEE825E1}"/>
+    <hyperlink ref="J311" r:id="rId195" xr:uid="{CECD6403-42E8-4DC2-B9F6-4FE8D5257FB4}"/>
+    <hyperlink ref="J313" r:id="rId196" xr:uid="{03200E0A-366D-48EC-9604-1A2CD47DE267}"/>
+    <hyperlink ref="J314" r:id="rId197" xr:uid="{AE7F94D7-EC62-42AF-8F96-D2644D423FDE}"/>
+    <hyperlink ref="J318" r:id="rId198" display="https://print.endesign.ru/" xr:uid="{A6011920-4291-4301-BA3D-3B194F5F7A42}"/>
+    <hyperlink ref="J320" r:id="rId199" display="https://print.endesign.ru/" xr:uid="{EFF49442-B24D-407D-A58E-3D6A7393DA82}"/>
+    <hyperlink ref="J326" r:id="rId200" xr:uid="{8E68FDE1-213D-4997-9702-EC7C86B16ED7}"/>
+    <hyperlink ref="J324" r:id="rId201" xr:uid="{8D2B3AE0-CDB9-42D5-B69E-CA28A1B7F776}"/>
+    <hyperlink ref="J323" r:id="rId202" xr:uid="{80167F22-3D49-4C0E-9BA7-8D501D755927}"/>
+    <hyperlink ref="J333" r:id="rId203" xr:uid="{1806FD17-56B5-426B-98C2-D15DD2C223AA}"/>
+    <hyperlink ref="J332" r:id="rId204" xr:uid="{A54B9C96-508E-47A2-B341-3986F8651A5E}"/>
+    <hyperlink ref="J331" r:id="rId205" xr:uid="{E2340498-F9EC-443C-8201-11EAFB79C618}"/>
+    <hyperlink ref="J330" r:id="rId206" xr:uid="{E3E09A50-6C5B-44AD-BA06-B877108587F8}"/>
+    <hyperlink ref="J337" r:id="rId207" xr:uid="{B72F9D31-D57C-47F6-B7B7-FEF6E74245A3}"/>
+    <hyperlink ref="J342" r:id="rId208" xr:uid="{58669553-3F22-41E1-A27D-1DCB293D21D7}"/>
+    <hyperlink ref="J341" r:id="rId209" display=" https://vk.com/itagency" xr:uid="{8C556EBF-5781-4A3D-AF74-3682001B5617}"/>
+    <hyperlink ref="J347" r:id="rId210" xr:uid="{AEB0656F-A465-440A-9DA3-E7E30F56CC0D}"/>
+    <hyperlink ref="J346" r:id="rId211" xr:uid="{EFAF7313-8368-43AB-870F-B834A8829129}"/>
+    <hyperlink ref="J345" r:id="rId212" xr:uid="{717356CE-2CC3-4E34-BD09-4F4129F00B82}"/>
+    <hyperlink ref="J344" r:id="rId213" xr:uid="{77211C27-3FF2-4870-8B60-221B053A2584}"/>
+    <hyperlink ref="J348" r:id="rId214" xr:uid="{E0EA8F4B-FE51-4830-9CA6-B931A852D6F6}"/>
+    <hyperlink ref="J366" r:id="rId215" xr:uid="{BBA3BB34-94D6-45EA-9E4E-F89CD8903E58}"/>
+    <hyperlink ref="J367" r:id="rId216" xr:uid="{6F34C45D-141A-41E7-BC4D-F6493A73F518}"/>
+    <hyperlink ref="J373" r:id="rId217" xr:uid="{4D9ADEAE-333F-44F7-AC4B-45446407D229}"/>
+    <hyperlink ref="J447" r:id="rId218" xr:uid="{3C911769-AE32-4019-912E-1C24C821C220}"/>
+    <hyperlink ref="J448" r:id="rId219" xr:uid="{606B05CF-2B18-4B71-BD17-C7682A0844EF}"/>
+    <hyperlink ref="J449" r:id="rId220" xr:uid="{28760E89-A87A-466F-BB46-0D323E9ED3EA}"/>
+    <hyperlink ref="J450" r:id="rId221" xr:uid="{038B88D2-3F2C-4141-94F4-67C53937DD3C}"/>
+    <hyperlink ref="J453" r:id="rId222" xr:uid="{2BAA0F63-803A-47F5-8FBD-CFEAA353C317}"/>
+    <hyperlink ref="J454" r:id="rId223" xr:uid="{20604ECD-E93A-43B6-B126-AB6B8AD25437}"/>
+    <hyperlink ref="J456" r:id="rId224" xr:uid="{A471AE78-0D9C-442E-805B-CC2898461952}"/>
+    <hyperlink ref="J457" r:id="rId225" xr:uid="{DBE4B6AF-ED03-4296-879B-22C074C663E0}"/>
+    <hyperlink ref="J458" r:id="rId226" xr:uid="{7B65DB94-6C77-46F5-9C71-EBDA90A00458}"/>
+    <hyperlink ref="J460" r:id="rId227" xr:uid="{FFD07800-1C0D-4168-8844-BD539F4CE378}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId251"/>
-  <drawing r:id="rId252"/>
+  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId228"/>
+  <drawing r:id="rId229"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>