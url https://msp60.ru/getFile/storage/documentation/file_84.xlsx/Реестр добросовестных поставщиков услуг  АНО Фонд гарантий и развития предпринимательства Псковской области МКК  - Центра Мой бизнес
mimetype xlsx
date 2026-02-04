--- v1 (2025-12-10)
+++ v2 (2026-02-04)
@@ -6,71 +6,71 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Документы Ира\Выбор поставщиков\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5615FF61-A76D-4C2E-9088-A1B639A8A5F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3800AA31-6DD4-443C-9D9B-F5D97561875A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$1:$J$433</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3426" uniqueCount="1672">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3464" uniqueCount="1690">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>ОКВЭД (у самозанятых - вид деятельности)</t>
   </si>
   <si>
     <t>Наименование Поставщика</t>
   </si>
   <si>
     <t>Отдел</t>
   </si>
   <si>
     <t>Вид оказываемых услуг</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Маркетинговые услуги</t>
   </si>
   <si>
@@ -5706,50 +5706,113 @@
     <t xml:space="preserve">Регистрация товарного знака, патентование, брендинг, разработка логотипов и наименований. </t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>https://cyberrlaw.ru/</t>
   </si>
   <si>
     <t>Шаркова Анастасия Эдуардовна</t>
   </si>
   <si>
     <t xml:space="preserve">Услуги дизайна. </t>
   </si>
   <si>
     <t xml:space="preserve">Фирменный стиль, дизайн афиш, дизайн сайта, дизайн для мероприятий, логотипы, печать. </t>
   </si>
   <si>
     <t>ИП ФОМИНА ПОЛИНА БОРИСОВНА</t>
   </si>
   <si>
     <t xml:space="preserve">Подготовка и проведение рекламных кампаний, проведение маркетинговых исследований. </t>
   </si>
   <si>
     <t>г. Тюмень</t>
+  </si>
+  <si>
+    <t>ООО "ГАРАНТИЯ КАЧЕСТВА"</t>
+  </si>
+  <si>
+    <t>82.99 Деятельность по предоставлению
+прочих вспомогательных услуг для
+бизнеса, не включенная в другие
+группировки</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Оформление сертификатов соответствия ТР ТС, деклараций о соответствии ТР ТС, все виды добровольных сертификатов соответствия, разработка технической документации, регистрация товарного знака и знака обслуживания, выдача образовательных лицензий. </t>
+  </si>
+  <si>
+    <t>г. Калининград</t>
+  </si>
+  <si>
+    <t>https://garantiso.ru/</t>
+  </si>
+  <si>
+    <t>ИП ИВАНОВ СЕРГЕЙ ВЛАДИМИРОВИЧ</t>
+  </si>
+  <si>
+    <t>25.12 Производство металлических дверей и окон
+69.10 Деятельность в области права</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Деятельность в области права. </t>
+  </si>
+  <si>
+    <t>Калинин Александр Сергеевич</t>
+  </si>
+  <si>
+    <t>Фотография, рекламная фотография, ИИ контент</t>
+  </si>
+  <si>
+    <t>https://alexandrkalinin.ru/portrait, https://vk.com/kalininph</t>
+  </si>
+  <si>
+    <t>Федеральное бюджетное учреждение «Государственный региональный центр стандартизации, метрологии и испытаний в г. Санкт-Петербурге, Ленинградской и Новгородской областях, Республике Карелия» (ФБУ «Тест‑С.‑Петербург»)</t>
+  </si>
+  <si>
+    <t>71.12.62 Деятельность в области метрологии</t>
+  </si>
+  <si>
+    <t>Сертификация, оформление сертификата соответствия, оформление протокола испытаний, подготовка к регистрации макета декларации</t>
+  </si>
+  <si>
+    <t>https://rustest.spb.ru/</t>
+  </si>
+  <si>
+    <t>ООО "СМ-ГРУПП"</t>
+  </si>
+  <si>
+    <t>Эспертиза промышленной безопасности.
+Техническое диагностирование и обследование.
+Оказание услуг электролаборатории.
+Проектирование.
+Сертификация.
+Инспекция и аудиты.</t>
+  </si>
+  <si>
+    <t>2026 год</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000000"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -6133,147 +6196,147 @@
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>349</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>367</xdr:row>
-      <xdr:rowOff>507206</xdr:rowOff>
+      <xdr:rowOff>507205</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55838285-01F9-4695-A0A0-10D6422E0965}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="234629325"/>
           <a:ext cx="304800" cy="3914775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>375</xdr:row>
-      <xdr:rowOff>557213</xdr:rowOff>
+      <xdr:rowOff>557212</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07496929-18C4-41B9-A194-A888593F5A4A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="245230650"/>
           <a:ext cx="304800" cy="1752600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>373</xdr:row>
-      <xdr:rowOff>1143001</xdr:rowOff>
+      <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39F3868C-F41B-4F4F-AF48-E3F7BC8D6178}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13096875" y="245230650"/>
           <a:ext cx="304800" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -6411,51 +6474,51 @@
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>370</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>371</xdr:row>
-      <xdr:rowOff>142876</xdr:rowOff>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="AutoShape 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE840DFE-D5BD-4D82-BAE5-526BF7051CD1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9972675" y="325840725"/>
           <a:ext cx="304800" cy="542925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -6804,63 +6867,63 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.algoritmika.org/ru" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyberrlaw.ru/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmwithnastekeya?from=groups" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheremetyev-marketing.tilda.ws/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brunoyam.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/phkonlemilpskov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.algoritmika.org/ru" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyberrlaw.ru/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmwithnastekeya?from=groups" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheremetyev-marketing.tilda.ws/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://garantiso.ru/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brunoyam.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/phkonlemilpskov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O466"/>
+  <dimension ref="A1:O467"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A456" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E465" sqref="E465"/>
+      <pane ySplit="1" topLeftCell="A462" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K1" sqref="K1:K1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
     <col min="5" max="5" width="41.42578125" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" customWidth="1"/>
     <col min="9" max="9" width="17.28515625" customWidth="1"/>
     <col min="10" max="10" width="23.85546875" customWidth="1"/>
     <col min="11" max="11" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="4" t="s">
@@ -9567,51 +9630,51 @@
       <c r="K86" s="8"/>
     </row>
     <row r="87" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A87" s="16">
         <v>86</v>
       </c>
       <c r="B87" s="19" t="s">
         <v>889</v>
       </c>
       <c r="C87" s="12">
         <v>602723665078</v>
       </c>
       <c r="D87" s="11" t="s">
         <v>47</v>
       </c>
       <c r="E87" s="11" t="s">
         <v>692</v>
       </c>
       <c r="F87" s="11" t="s">
         <v>99</v>
       </c>
       <c r="G87" s="11" t="s">
         <v>18</v>
       </c>
       <c r="H87" s="11" t="s">
-        <v>499</v>
+        <v>549</v>
       </c>
       <c r="I87" s="11" t="s">
         <v>148</v>
       </c>
       <c r="J87" s="11"/>
     </row>
     <row r="88" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A88" s="16">
         <v>87</v>
       </c>
       <c r="B88" s="19" t="s">
         <v>890</v>
       </c>
       <c r="C88" s="23">
         <v>780539333916</v>
       </c>
       <c r="D88" s="11" t="s">
         <v>37</v>
       </c>
       <c r="E88" s="11" t="s">
         <v>251</v>
       </c>
       <c r="F88" s="11" t="s">
         <v>99</v>
       </c>
@@ -10665,51 +10728,51 @@
       <c r="K120" s="8"/>
     </row>
     <row r="121" spans="1:11" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A121" s="16">
         <v>120</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="12">
         <v>6027201604</v>
       </c>
       <c r="D121" s="11" t="s">
         <v>340</v>
       </c>
       <c r="E121" s="11" t="s">
         <v>341</v>
       </c>
       <c r="F121" s="11" t="s">
         <v>342</v>
       </c>
       <c r="G121" s="11" t="s">
         <v>18</v>
       </c>
       <c r="H121" s="11" t="s">
-        <v>499</v>
+        <v>549</v>
       </c>
       <c r="I121" s="11" t="s">
         <v>703</v>
       </c>
       <c r="J121" s="11" t="s">
         <v>922</v>
       </c>
       <c r="K121" s="8"/>
     </row>
     <row r="122" spans="1:11" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A122" s="16">
         <v>121</v>
       </c>
       <c r="B122" s="11" t="s">
         <v>343</v>
       </c>
       <c r="C122" s="12">
         <v>6027157930</v>
       </c>
       <c r="D122" s="11" t="s">
         <v>37</v>
       </c>
       <c r="E122" s="11" t="s">
         <v>344</v>
       </c>
@@ -14678,51 +14741,51 @@
       </c>
     </row>
     <row r="246" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A246" s="16">
         <v>245</v>
       </c>
       <c r="B246" s="12" t="s">
         <v>697</v>
       </c>
       <c r="C246" s="12">
         <v>602702740969</v>
       </c>
       <c r="D246" s="12" t="s">
         <v>698</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>52</v>
       </c>
       <c r="F246" s="11" t="s">
         <v>699</v>
       </c>
       <c r="G246" s="12">
         <v>2023</v>
       </c>
       <c r="H246" s="12" t="s">
-        <v>499</v>
+        <v>549</v>
       </c>
       <c r="I246" s="11" t="s">
         <v>703</v>
       </c>
       <c r="J246" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="247" spans="1:10" ht="126" x14ac:dyDescent="0.25">
       <c r="A247" s="16">
         <v>246</v>
       </c>
       <c r="B247" s="12" t="s">
         <v>785</v>
       </c>
       <c r="C247" s="12">
         <v>6162081163</v>
       </c>
       <c r="D247" s="12" t="s">
         <v>19</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>786</v>
       </c>
       <c r="F247" s="11" t="s">
@@ -21407,105 +21470,205 @@
         <v>1669</v>
       </c>
       <c r="C462" s="35">
         <v>723000973906</v>
       </c>
       <c r="D462" s="27" t="s">
         <v>37</v>
       </c>
       <c r="E462" s="27" t="s">
         <v>1670</v>
       </c>
       <c r="F462" s="27" t="s">
         <v>1671</v>
       </c>
       <c r="G462" s="27" t="s">
         <v>1623</v>
       </c>
       <c r="H462" s="27" t="s">
         <v>499</v>
       </c>
       <c r="I462" s="27" t="s">
         <v>148</v>
       </c>
       <c r="J462" s="27"/>
     </row>
-    <row r="463" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:10" ht="105" x14ac:dyDescent="0.25">
       <c r="A463" s="16">
         <v>462</v>
       </c>
-      <c r="B463" s="27"/>
-[...9 lines deleted...]
-    <row r="464" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B463" s="27" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C463" s="35">
+        <v>3906968621</v>
+      </c>
+      <c r="D463" s="27" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E463" s="27" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F463" s="27" t="s">
+        <v>1675</v>
+      </c>
+      <c r="G463" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H463" s="27" t="s">
+        <v>580</v>
+      </c>
+      <c r="I463" s="27" t="s">
+        <v>703</v>
+      </c>
+      <c r="J463" s="34" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A464" s="16">
         <v>463</v>
       </c>
-      <c r="B464" s="27"/>
-[...6 lines deleted...]
-      <c r="I464" s="27"/>
+      <c r="B464" s="27" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C464" s="35">
+        <v>602717650972</v>
+      </c>
+      <c r="D464" s="27" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E464" s="27" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F464" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G464" s="27" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H464" s="27" t="s">
+        <v>499</v>
+      </c>
+      <c r="I464" s="27" t="s">
+        <v>148</v>
+      </c>
       <c r="J464" s="27"/>
     </row>
-    <row r="465" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A465" s="16">
         <v>464</v>
       </c>
-      <c r="B465" s="27"/>
-[...9 lines deleted...]
-    <row r="466" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B465" s="11" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C465" s="12">
+        <v>601302768975</v>
+      </c>
+      <c r="D465" s="11" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E465" s="11" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F465" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="G465" s="11" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H465" s="11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I465" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J465" s="11" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A466" s="16">
         <v>465</v>
       </c>
-      <c r="B466" s="27"/>
-[...7 lines deleted...]
-      <c r="J466" s="27"/>
+      <c r="B466" s="11" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C466" s="12">
+        <v>7809018702</v>
+      </c>
+      <c r="D466" s="11" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E466" s="11" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F466" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="G466" s="11" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H466" s="11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I466" s="11" t="s">
+        <v>703</v>
+      </c>
+      <c r="J466" s="11" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10" ht="126" x14ac:dyDescent="0.25">
+      <c r="A467" s="11">
+        <v>466</v>
+      </c>
+      <c r="B467" s="11" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C467" s="11">
+        <v>7727446908</v>
+      </c>
+      <c r="D467" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E467" s="11" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F467" s="11" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G467" s="11" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H467" s="11" t="s">
+        <v>499</v>
+      </c>
+      <c r="I467" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="J467" s="11"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:J433" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="J168" r:id="rId1" xr:uid="{8D90C972-FC70-4923-A0EA-25A620D2687B}"/>
     <hyperlink ref="J169" r:id="rId2" xr:uid="{72523372-1437-4191-A106-FBD6B4731872}"/>
     <hyperlink ref="J170" r:id="rId3" display="https://vk.com/naloghelp60" xr:uid="{D09D6A2E-7868-420B-B2DE-CDD96ED63BBC}"/>
     <hyperlink ref="J171" r:id="rId4" display="https://happyprint.pro/" xr:uid="{004DC5FB-5B9E-4A92-9D9A-10FD5C2D3C4C}"/>
     <hyperlink ref="J174" r:id="rId5" xr:uid="{CAC69EF6-9810-46FC-96A8-09F2D3AE5BE9}"/>
     <hyperlink ref="J175" r:id="rId6" display="https://vk.com/majorrestobar" xr:uid="{830C6150-9A9A-43A1-951D-8E2E1DAA9165}"/>
     <hyperlink ref="J176" r:id="rId7" xr:uid="{E0735D4A-2C9A-4CF0-9B92-340E55906AF7}"/>
     <hyperlink ref="J177" r:id="rId8" xr:uid="{243D37B6-AD16-4D3E-9ACE-157E2202EFDD}"/>
     <hyperlink ref="J180" r:id="rId9" xr:uid="{574F4F16-A4CF-4D75-AA0B-702A9F4B02C2}"/>
     <hyperlink ref="J181" r:id="rId10" xr:uid="{88A30021-19FD-4D3B-B314-3FEBBB3EDCBD}"/>
     <hyperlink ref="J183" r:id="rId11" display="https://vk.com/majorrestobar" xr:uid="{00DB8A34-629F-4CC7-BA89-971647C5AD61}"/>
     <hyperlink ref="J188" r:id="rId12" xr:uid="{E78612A1-5AAA-4782-A1B3-D1093B058FE4}"/>
     <hyperlink ref="J189" r:id="rId13" xr:uid="{6163CD4C-D7A3-4811-88FE-76D47C5BC75D}"/>
     <hyperlink ref="J190" r:id="rId14" xr:uid="{09741EA4-5F0A-4626-B547-BEFF9C9495C7}"/>
     <hyperlink ref="J191" r:id="rId15" xr:uid="{9C7B69B0-94B0-49A2-817A-79A2155E7094}"/>
     <hyperlink ref="J192" r:id="rId16" xr:uid="{66C1BF60-D841-4958-8189-DFEA8DE028CC}"/>
     <hyperlink ref="J193" r:id="rId17" xr:uid="{FD0511FB-95E9-43AA-85EF-6D0B5A00160E}"/>
     <hyperlink ref="J194" r:id="rId18" xr:uid="{BFF5C885-D93F-4231-9021-198A0C100317}"/>
     <hyperlink ref="J195" r:id="rId19" xr:uid="{6F2D1ECB-0CF8-4C1B-8261-1C9EAE1E2692}"/>
     <hyperlink ref="J196" r:id="rId20" xr:uid="{44EBC061-DF17-42BE-A2DD-EA739CA8FEA2}"/>
     <hyperlink ref="J197" r:id="rId21" xr:uid="{6F163496-F0F3-4437-B799-F162899062B8}"/>
@@ -21693,54 +21856,55 @@
     <hyperlink ref="J333" r:id="rId203" xr:uid="{1806FD17-56B5-426B-98C2-D15DD2C223AA}"/>
     <hyperlink ref="J332" r:id="rId204" xr:uid="{A54B9C96-508E-47A2-B341-3986F8651A5E}"/>
     <hyperlink ref="J331" r:id="rId205" xr:uid="{E2340498-F9EC-443C-8201-11EAFB79C618}"/>
     <hyperlink ref="J330" r:id="rId206" xr:uid="{E3E09A50-6C5B-44AD-BA06-B877108587F8}"/>
     <hyperlink ref="J337" r:id="rId207" xr:uid="{B72F9D31-D57C-47F6-B7B7-FEF6E74245A3}"/>
     <hyperlink ref="J342" r:id="rId208" xr:uid="{58669553-3F22-41E1-A27D-1DCB293D21D7}"/>
     <hyperlink ref="J341" r:id="rId209" display=" https://vk.com/itagency" xr:uid="{8C556EBF-5781-4A3D-AF74-3682001B5617}"/>
     <hyperlink ref="J347" r:id="rId210" xr:uid="{AEB0656F-A465-440A-9DA3-E7E30F56CC0D}"/>
     <hyperlink ref="J346" r:id="rId211" xr:uid="{EFAF7313-8368-43AB-870F-B834A8829129}"/>
     <hyperlink ref="J345" r:id="rId212" xr:uid="{717356CE-2CC3-4E34-BD09-4F4129F00B82}"/>
     <hyperlink ref="J344" r:id="rId213" xr:uid="{77211C27-3FF2-4870-8B60-221B053A2584}"/>
     <hyperlink ref="J348" r:id="rId214" xr:uid="{E0EA8F4B-FE51-4830-9CA6-B931A852D6F6}"/>
     <hyperlink ref="J366" r:id="rId215" xr:uid="{BBA3BB34-94D6-45EA-9E4E-F89CD8903E58}"/>
     <hyperlink ref="J367" r:id="rId216" xr:uid="{6F34C45D-141A-41E7-BC4D-F6493A73F518}"/>
     <hyperlink ref="J373" r:id="rId217" xr:uid="{4D9ADEAE-333F-44F7-AC4B-45446407D229}"/>
     <hyperlink ref="J447" r:id="rId218" xr:uid="{3C911769-AE32-4019-912E-1C24C821C220}"/>
     <hyperlink ref="J448" r:id="rId219" xr:uid="{606B05CF-2B18-4B71-BD17-C7682A0844EF}"/>
     <hyperlink ref="J449" r:id="rId220" xr:uid="{28760E89-A87A-466F-BB46-0D323E9ED3EA}"/>
     <hyperlink ref="J450" r:id="rId221" xr:uid="{038B88D2-3F2C-4141-94F4-67C53937DD3C}"/>
     <hyperlink ref="J453" r:id="rId222" xr:uid="{2BAA0F63-803A-47F5-8FBD-CFEAA353C317}"/>
     <hyperlink ref="J454" r:id="rId223" xr:uid="{20604ECD-E93A-43B6-B126-AB6B8AD25437}"/>
     <hyperlink ref="J456" r:id="rId224" xr:uid="{A471AE78-0D9C-442E-805B-CC2898461952}"/>
     <hyperlink ref="J457" r:id="rId225" xr:uid="{DBE4B6AF-ED03-4296-879B-22C074C663E0}"/>
     <hyperlink ref="J458" r:id="rId226" xr:uid="{7B65DB94-6C77-46F5-9C71-EBDA90A00458}"/>
     <hyperlink ref="J460" r:id="rId227" xr:uid="{FFD07800-1C0D-4168-8844-BD539F4CE378}"/>
+    <hyperlink ref="J463" r:id="rId228" xr:uid="{5B942EF5-368F-492A-852A-66D263C31556}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId228"/>
-  <drawing r:id="rId229"/>
+  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId229"/>
+  <drawing r:id="rId230"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>