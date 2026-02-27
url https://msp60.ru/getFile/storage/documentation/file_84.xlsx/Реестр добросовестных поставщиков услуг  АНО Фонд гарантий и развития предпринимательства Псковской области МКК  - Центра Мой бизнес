--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -3,74 +3,74 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Документы Ира\Выбор поставщиков\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\1\Desktop\Реестр поставщиков\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3800AA31-6DD4-443C-9D9B-F5D97561875A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{225CCDFF-D44F-4F91-8208-6A0209F138F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$1:$J$433</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3464" uniqueCount="1690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3472" uniqueCount="1694">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>ОКВЭД (у самозанятых - вид деятельности)</t>
   </si>
   <si>
     <t>Наименование Поставщика</t>
   </si>
   <si>
     <t>Отдел</t>
   </si>
   <si>
     <t>Вид оказываемых услуг</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Маркетинговые услуги</t>
   </si>
   <si>
@@ -5769,50 +5769,63 @@
   <si>
     <t>Федеральное бюджетное учреждение «Государственный региональный центр стандартизации, метрологии и испытаний в г. Санкт-Петербурге, Ленинградской и Новгородской областях, Республике Карелия» (ФБУ «Тест‑С.‑Петербург»)</t>
   </si>
   <si>
     <t>71.12.62 Деятельность в области метрологии</t>
   </si>
   <si>
     <t>Сертификация, оформление сертификата соответствия, оформление протокола испытаний, подготовка к регистрации макета декларации</t>
   </si>
   <si>
     <t>https://rustest.spb.ru/</t>
   </si>
   <si>
     <t>ООО "СМ-ГРУПП"</t>
   </si>
   <si>
     <t>Эспертиза промышленной безопасности.
 Техническое диагностирование и обследование.
 Оказание услуг электролаборатории.
 Проектирование.
 Сертификация.
 Инспекция и аудиты.</t>
   </si>
   <si>
     <t>2026 год</t>
+  </si>
+  <si>
+    <t>ФЕДЕРАЛЬНОЕ ГОСУДАРСТВЕННОЕ БЮДЖЕТНОЕ ОБРАЗОВАТЕЛЬНОЕ УЧРЕЖДЕНИЕ ВЫСШЕГО ОБРАЗОВАНИЯ "ВЕЛИКОЛУКСКАЯ ГОСУДАРСТВЕННАЯ СЕЛЬСКОХОЗЯЙСТВЕННАЯ АКАДЕМИЯ"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Организация и проведение семинаров, вебинаров, тренингов, мастер-классов, дополнтельных образовательных программ (в т.ч. Проф. Переподготовка, поышение квалификации). Организация и проведение  конференций, форумов, конкурсов; Информационно-консультационная поддержка; содействие в проведении работ по защите прав на результаты интеллектуальной деятельности; Оказание  инженерно-консультационных, опытно-конструкторских, испытательных, инженерно-исследовательских ирасчетно-аналитических услуг, услуг по проектно-конструкторской, а также иной специализированной  деятельности
+</t>
+  </si>
+  <si>
+    <t>Великие Луки, пр-т Ленина, д. 2</t>
+  </si>
+  <si>
+    <t>https://www.vgsa.ru/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000000"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -5894,51 +5907,51 @@
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF040C28"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -5956,56 +5969,67 @@
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
@@ -6059,50 +6083,69 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Гиперссылка" xfId="1" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFA9F927"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -6867,63 +6910,63 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.algoritmika.org/ru" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyberrlaw.ru/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmwithnastekeya?from=groups" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheremetyev-marketing.tilda.ws/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://garantiso.ru/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brunoyam.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/phkonlemilpskov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agitpacket.ru/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rimmini.ru/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1095;&#1091;&#1075;&#1072;&#1077;&#1074;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infocompskov.ru/information/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127299,%20%D0%93.%D0%BC%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%204" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.behance.net/elkalinina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvsert.ru/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gortestsibir.ru/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experthoreca.ru/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.algoritmika.org/ru" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecolab-expert.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://infocompskov.ru/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oleggolikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmat.pskov.ru/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@lumastory1829/videos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/kristinamanshinasmm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teamdealer.ru/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-directive.ru/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s-o-u-t.ru/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rosteststandart.ru/pskov.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lashhous" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kub-test.ru/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/vzletsmm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ra-creative.ru/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://planer.ru/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/manicure_7334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freelance.ru/bartenev" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://permcks.ru/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=123100,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BD%D0%B0%D0%B1.%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D0%BF%D1%80%D0%B5%D1%81%D0%BD%D0%B5%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.14" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institutpro.ru/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/nikonanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-pskov.ru/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bizsert.ru/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inter-sert.ru/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csmpskov.ru/contacts/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/longtail_psk" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oztest.ru/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyberrlaw.ru/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etalonkom.ru/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmwithnastekeya?from=groups" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.tpprf.ru/ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/zen_studiovl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1094;&#1077;&#1085;&#1090;&#1088;&#1072;&#1083;&#1100;&#1085;&#1072;&#1103;-&#1073;&#1091;&#1093;&#1075;&#1072;&#1083;&#1090;&#1077;&#1088;&#1080;&#1103;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-market.tech/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sertpt.ru/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/pskovreklama2017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy-hospitality.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.12.62" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/businessphotok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savecons.ru/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ap_visualworkshop_psk" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pravo-pro.ru/catalog/284016/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gtrkpskov.ru/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://school.kontur.ru/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=191014,%20%D0%93.%D1%81%D0%B0%D0%BD%D0%BA%D1%82-%D0%BF%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3%20,%20%D0%BF%D1%80-%D0%BA%D1%82%20%D0%9B%D0%B8%D1%82%D0%B5%D0%B9%D0%BD%D1%8B%D0%B9,%20%D0%B4.45/8,%20%D0%BB%D0%B8%D1%82.%20%D0%B0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=109029,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D0%BF%D1%80-%D0%B4%20%D0%9C%D0%B8%D1%85%D0%B0%D0%B9%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B4.%201,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/aljona_photo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dashakucan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newmarka.ru/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vizitki--pskov.vsite.top/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/sprofy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gimpskov.ru/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/majorrestobar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://promsert.ru/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://azbukabranda.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prof-it.ru/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insales.ru/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.profitsert.ru/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lumaxmedia.ru/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proftehkonsalting.ru/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ikcdedovichi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pvozr.ru/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tumtipb.ru/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/fyodor.egorov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/darijanar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oollydes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sheremetyev-marketing.tilda.ws/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/createyourcode" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://streetofwebsites.ru/sitemap/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megagroup.ru/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://market.neftegaz.ru/catalog/company/368098-szhs-vostok-limited/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnext.ru/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://garantiso.ru/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hotel-konsalt.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pro-rek.ru/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prymery.com/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovpilot.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tehpromsert.ru/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/foto_pskov_ushkalova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ter.pskov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interhotel-management.ru/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rutoken.ru/projects/major/kontur-extern.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naloghelp60.ru/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vluki.ru/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=71.20.9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=454091,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%BE%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%D0%BE.%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B2%D0%BD.%D1%80-%D0%BD%20%D0%A1%D0%BE%D0%B2%D0%B5%D1%82%D1%81%D0%BA%D0%B8%D0%B9,%20%D0%B3%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA,%20%D1%83%D0%BB%20%D0%A6%D0%B2%D0%B8%D0%BB%D0%BB%D0%B8%D0%BD%D0%B3%D0%B0,%20%D0%B4.%2057%D0%90" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=640002,%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C%20,%20%D0%B3.%20%D0%9A%D1%83%D1%80%D0%B3%D0%B0%D0%BD,%20%D1%83%D0%BB.%20%D0%9F%D1%83%D1%88%D0%BA%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2083" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legal-box.ru/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://altekpro.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/mi_bre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://itpsk.ru/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delta-t.pro/ru/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamy.ru/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krasplan.ru/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club228807051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upokrovki.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-s.info/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biz-brand.ru/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovsout.ru/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rkspskov.ru/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reklamapskov60.ru/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expoelectroseti.ru/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/starboom.pskov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rostfit.ru/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/lionsmm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tishkin-design.ru/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nevacert.ru/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trademark-support.ru/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovfm.ru/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tovarnyj-znak.ru/?cm_id=104652723_5376582157_15644755251_49339522466_49339522466_none_search_type1_no_desktop_premium_25&amp;utm_source=yandex&amp;utm_medium=cpc&amp;utm_campaign=srch-geo-regionsWe-new-s1-t1-w24&amp;utm_content=5376582157%7C15644755251&amp;utm_term=&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&#1085;&#1086;&#1077;%20&#1073;&#1102;&#1088;&#1086;%20&#1087;&#1072;&#1090;&#1077;&#1085;&#1090;&amp;geo=&#1055;&#1089;&#1082;&#1086;&#1074;&amp;yclid=17833696682117431295" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ar_pro.reklama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svchschool.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mciss.ru/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://print.endesign.ru/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://almsystems.ru/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expertcertservice.ru/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgsa.ru/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sellercenter.ru/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brunoyam.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskovcontinent.ru/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rafi.moscow/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://akulapro.ru/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotogorodok.su/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anopleskov.ru/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskov.premier-centr.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=117534,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%90%D0%BA%D0%B0%D0%B4%D0%B5%D0%BC%D0%B8%D0%BA%D0%B0%20%D0%AF%D0%BD%D0%B3%D0%B5%D0%BB%D1%8F,%20%D0%B4.%203,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buhprofit60.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffeestudio.ru/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reklama3r.ru/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ideas-tech.ru/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kontur.ru/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enter.promo/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=107140,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%92%D0%B5%D1%80%D1%85%D0%BD%D1%8F%D1%8F%20%D0%9A%D1%80%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D0%B5%D0%BB%D1%8C%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%203,%20%D1%81%D1%82%D1%80.%205" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://&#1072;&#1082;&#1072;&#1076;&#1077;&#1084;&#1080;&#1103;-&#1075;&#1086;&#1089;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gnedin.ru/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certex.spb.ru/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complexcad.ru/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/naloghelp60" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.expert-iso.ru/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lead-teams.ru/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academynb.ru/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.petmas.ru/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ppkpskov.ru/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=455023,%20%D0%A7%D0%B5%D0%BB%D1%8F%D0%B1%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F%20%D0%9E%D0%B1%D0%BB%D0%B0%D1%81%D1%82%D1%8C,%20%D0%B3.%20%D0%9C%D0%B0%D0%B3%D0%BD%D0%B8%D1%82%D0%BE%D0%B3%D0%BE%D1%80%D1%81%D0%BA,%20%D1%83%D0%BB.%20%D0%93%D0%B0%D0%B3%D0%B0%D1%80%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2028" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/katia_pskov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fotoservis-vluki.ru/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presentica.net/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/60pskov60" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tensor.ru/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/exhibition1spb," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/bryancev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smm_gavrilova" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/eleonoramiller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/akula_profi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ingaprint.ru/kontakty/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zhelezno.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/itagency" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bazissoft.ru/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pioneercert.ru/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/oksanaloveanimals" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/phkonlemilpskov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/rost_na_zarye" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskov-gkh.ru/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ninavisuality" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.livemaster.ru/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkoff.ru/business/contractor/okved/70-22/1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prostoriya.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yellow-media.ru/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studiovitrum.ru/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pskovtourism.com/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap-d.ru/apd" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://net-marketplace.ru/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipk-integral.ru/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://expand-solutions.ru/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delightful-tomato-604.notion.site/5dacb9a6fde148d5af33c6535cbeaecc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=129085,%20%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0%20%D0%93%D0%BE%D1%80%D0%BE%D0%B4,%20%D1%83%D0%BB.%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%9C%D0%B0%D1%80%D1%8C%D0%B8%D0%BD%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%209,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=197110,%20%D0%93.%D0%A1%D0%B0%D0%BD%D0%BA%D1%82-%D0%9F%D0%B5%D1%82%D0%B5%D1%80%D0%B1%D1%83%D1%80%D0%B3,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%A7%D0%BA%D0%B0%D0%BB%D0%BE%D0%B2%D1%81%D0%BA%D0%BE%D0%B5,%20%D1%83%D0%BB%20%D0%91%D0%BE%D0%BB%D1%8C%D1%88%D0%B0%D1%8F%20%D0%97%D0%B5%D0%BB%D0%B5%D0%BD%D0%B8%D0%BD%D0%B0,%20%D0%B4.%2024,%20%D1%81%D1%82%D1%80.%201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/a3rkt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rospatent.online/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pskgu.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://happyprint.pro/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/panova.julie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://domline.ru/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sertis.ru/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crdgroup.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teplonadzor.ru/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/ctformat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://topspikerov.ru/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/direct_design" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ekspressprint.ru/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taxcom.ru/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bochenkov.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/portfolio60" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://julo.agency/uslugi/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basalto.ru/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1101;&#1082;&#1089;&#1087;&#1077;&#1088;&#1090;-&#1084;&#1072;&#1088;&#1082;&#1077;&#1090;&#1080;&#1085;&#1075;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corestone.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ukkpskov.ru/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/brightpsk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/leksanpskov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijiza.ru/seminars/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.list-org.com/list?okved2=85.22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://yandex.ru/maps/?source=exp-counterparty_entity&amp;text=127576,%20%D0%93.%D0%9C%D0%BE%D1%81%D0%BA%D0%B2%D0%B0,%20%D0%B2%D0%BD.%D1%82%D0%B5%D1%80.%D0%B3.%20%D0%9C%D1%83%D0%BD%D0%B8%D1%86%D0%B8%D0%BF%D0%B0%D0%BB%D1%8C%D0%BD%D1%8B%D0%B9%20%D0%9E%D0%BA%D1%80%D1%83%D0%B3%20%D0%9B%D0%B8%D0%B0%D0%BD%D0%BE%D0%B7%D0%BE%D0%B2%D0%BE,%20%D1%83%D0%BB%20%D0%98%D0%BB%D0%B8%D0%BC%D1%81%D0%BA%D0%B0%D1%8F,%20%D0%B4.%205,%20%D0%BA.%202" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/smmluki" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moybiznesplan.ru/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airus.pro/okompanii/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pskcert.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O467"/>
+  <dimension ref="A1:O468"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A462" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K1" sqref="K1:K1048576"/>
+      <pane ySplit="1" topLeftCell="A465" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="M468" sqref="M468"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" customWidth="1"/>
     <col min="5" max="5" width="41.42578125" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" customWidth="1"/>
     <col min="7" max="7" width="22.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" customWidth="1"/>
     <col min="9" max="9" width="17.28515625" customWidth="1"/>
     <col min="10" max="10" width="23.85546875" customWidth="1"/>
     <col min="11" max="11" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="4" t="s">
@@ -21532,143 +21575,177 @@
         <v>1677</v>
       </c>
       <c r="C464" s="35">
         <v>602717650972</v>
       </c>
       <c r="D464" s="27" t="s">
         <v>1678</v>
       </c>
       <c r="E464" s="27" t="s">
         <v>1679</v>
       </c>
       <c r="F464" s="27" t="s">
         <v>80</v>
       </c>
       <c r="G464" s="27" t="s">
         <v>1623</v>
       </c>
       <c r="H464" s="27" t="s">
         <v>499</v>
       </c>
       <c r="I464" s="27" t="s">
         <v>148</v>
       </c>
       <c r="J464" s="27"/>
     </row>
-    <row r="465" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:13" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A465" s="16">
         <v>464</v>
       </c>
       <c r="B465" s="11" t="s">
         <v>1680</v>
       </c>
       <c r="C465" s="12">
         <v>601302768975</v>
       </c>
       <c r="D465" s="11" t="s">
         <v>1681</v>
       </c>
       <c r="E465" s="11" t="s">
         <v>1681</v>
       </c>
       <c r="F465" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G465" s="11" t="s">
         <v>1623</v>
       </c>
       <c r="H465" s="11" t="s">
         <v>1101</v>
       </c>
       <c r="I465" s="11" t="s">
         <v>703</v>
       </c>
       <c r="J465" s="11" t="s">
         <v>1682</v>
       </c>
     </row>
-    <row r="466" spans="1:10" ht="141.75" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:13" ht="141.75" x14ac:dyDescent="0.25">
       <c r="A466" s="16">
         <v>465</v>
       </c>
       <c r="B466" s="11" t="s">
         <v>1683</v>
       </c>
       <c r="C466" s="12">
         <v>7809018702</v>
       </c>
       <c r="D466" s="11" t="s">
         <v>1684</v>
       </c>
       <c r="E466" s="11" t="s">
         <v>1685</v>
       </c>
       <c r="F466" s="11" t="s">
         <v>9</v>
       </c>
       <c r="G466" s="11" t="s">
         <v>1623</v>
       </c>
       <c r="H466" s="11" t="s">
         <v>1101</v>
       </c>
       <c r="I466" s="11" t="s">
         <v>703</v>
       </c>
       <c r="J466" s="11" t="s">
         <v>1686</v>
       </c>
     </row>
-    <row r="467" spans="1:10" ht="126" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:13" ht="126" x14ac:dyDescent="0.25">
       <c r="A467" s="11">
         <v>466</v>
       </c>
       <c r="B467" s="11" t="s">
         <v>1687</v>
       </c>
       <c r="C467" s="11">
         <v>7727446908</v>
       </c>
       <c r="D467" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E467" s="11" t="s">
         <v>1688</v>
       </c>
       <c r="F467" s="11" t="s">
         <v>1602</v>
       </c>
       <c r="G467" s="11" t="s">
         <v>1689</v>
       </c>
       <c r="H467" s="11" t="s">
         <v>499</v>
       </c>
       <c r="I467" s="11" t="s">
         <v>148</v>
       </c>
       <c r="J467" s="11"/>
+    </row>
+    <row r="468" spans="1:13" ht="315" x14ac:dyDescent="0.25">
+      <c r="A468" s="38">
+        <v>467</v>
+      </c>
+      <c r="B468" s="40" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C468" s="39">
+        <v>6025001751</v>
+      </c>
+      <c r="D468" s="40" t="s">
+        <v>45</v>
+      </c>
+      <c r="E468" s="37" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F468" s="40" t="s">
+        <v>1692</v>
+      </c>
+      <c r="G468" s="41" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H468" s="40" t="s">
+        <v>549</v>
+      </c>
+      <c r="I468" s="40" t="s">
+        <v>703</v>
+      </c>
+      <c r="J468" s="42" t="s">
+        <v>1693</v>
+      </c>
+      <c r="L468" s="36"/>
+      <c r="M468" s="36"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:J433" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="J168" r:id="rId1" xr:uid="{8D90C972-FC70-4923-A0EA-25A620D2687B}"/>
     <hyperlink ref="J169" r:id="rId2" xr:uid="{72523372-1437-4191-A106-FBD6B4731872}"/>
     <hyperlink ref="J170" r:id="rId3" display="https://vk.com/naloghelp60" xr:uid="{D09D6A2E-7868-420B-B2DE-CDD96ED63BBC}"/>
     <hyperlink ref="J171" r:id="rId4" display="https://happyprint.pro/" xr:uid="{004DC5FB-5B9E-4A92-9D9A-10FD5C2D3C4C}"/>
     <hyperlink ref="J174" r:id="rId5" xr:uid="{CAC69EF6-9810-46FC-96A8-09F2D3AE5BE9}"/>
     <hyperlink ref="J175" r:id="rId6" display="https://vk.com/majorrestobar" xr:uid="{830C6150-9A9A-43A1-951D-8E2E1DAA9165}"/>
     <hyperlink ref="J176" r:id="rId7" xr:uid="{E0735D4A-2C9A-4CF0-9B92-340E55906AF7}"/>
     <hyperlink ref="J177" r:id="rId8" xr:uid="{243D37B6-AD16-4D3E-9ACE-157E2202EFDD}"/>
     <hyperlink ref="J180" r:id="rId9" xr:uid="{574F4F16-A4CF-4D75-AA0B-702A9F4B02C2}"/>
     <hyperlink ref="J181" r:id="rId10" xr:uid="{88A30021-19FD-4D3B-B314-3FEBBB3EDCBD}"/>
     <hyperlink ref="J183" r:id="rId11" display="https://vk.com/majorrestobar" xr:uid="{00DB8A34-629F-4CC7-BA89-971647C5AD61}"/>
     <hyperlink ref="J188" r:id="rId12" xr:uid="{E78612A1-5AAA-4782-A1B3-D1093B058FE4}"/>
     <hyperlink ref="J189" r:id="rId13" xr:uid="{6163CD4C-D7A3-4811-88FE-76D47C5BC75D}"/>
     <hyperlink ref="J190" r:id="rId14" xr:uid="{09741EA4-5F0A-4626-B547-BEFF9C9495C7}"/>
     <hyperlink ref="J191" r:id="rId15" xr:uid="{9C7B69B0-94B0-49A2-817A-79A2155E7094}"/>
     <hyperlink ref="J192" r:id="rId16" xr:uid="{66C1BF60-D841-4958-8189-DFEA8DE028CC}"/>
     <hyperlink ref="J193" r:id="rId17" xr:uid="{FD0511FB-95E9-43AA-85EF-6D0B5A00160E}"/>
     <hyperlink ref="J194" r:id="rId18" xr:uid="{BFF5C885-D93F-4231-9021-198A0C100317}"/>
     <hyperlink ref="J195" r:id="rId19" xr:uid="{6F2D1ECB-0CF8-4C1B-8261-1C9EAE1E2692}"/>
     <hyperlink ref="J196" r:id="rId20" xr:uid="{44EBC061-DF17-42BE-A2DD-EA739CA8FEA2}"/>
     <hyperlink ref="J197" r:id="rId21" xr:uid="{6F163496-F0F3-4437-B799-F162899062B8}"/>
@@ -21857,54 +21934,55 @@
     <hyperlink ref="J332" r:id="rId204" xr:uid="{A54B9C96-508E-47A2-B341-3986F8651A5E}"/>
     <hyperlink ref="J331" r:id="rId205" xr:uid="{E2340498-F9EC-443C-8201-11EAFB79C618}"/>
     <hyperlink ref="J330" r:id="rId206" xr:uid="{E3E09A50-6C5B-44AD-BA06-B877108587F8}"/>
     <hyperlink ref="J337" r:id="rId207" xr:uid="{B72F9D31-D57C-47F6-B7B7-FEF6E74245A3}"/>
     <hyperlink ref="J342" r:id="rId208" xr:uid="{58669553-3F22-41E1-A27D-1DCB293D21D7}"/>
     <hyperlink ref="J341" r:id="rId209" display=" https://vk.com/itagency" xr:uid="{8C556EBF-5781-4A3D-AF74-3682001B5617}"/>
     <hyperlink ref="J347" r:id="rId210" xr:uid="{AEB0656F-A465-440A-9DA3-E7E30F56CC0D}"/>
     <hyperlink ref="J346" r:id="rId211" xr:uid="{EFAF7313-8368-43AB-870F-B834A8829129}"/>
     <hyperlink ref="J345" r:id="rId212" xr:uid="{717356CE-2CC3-4E34-BD09-4F4129F00B82}"/>
     <hyperlink ref="J344" r:id="rId213" xr:uid="{77211C27-3FF2-4870-8B60-221B053A2584}"/>
     <hyperlink ref="J348" r:id="rId214" xr:uid="{E0EA8F4B-FE51-4830-9CA6-B931A852D6F6}"/>
     <hyperlink ref="J366" r:id="rId215" xr:uid="{BBA3BB34-94D6-45EA-9E4E-F89CD8903E58}"/>
     <hyperlink ref="J367" r:id="rId216" xr:uid="{6F34C45D-141A-41E7-BC4D-F6493A73F518}"/>
     <hyperlink ref="J373" r:id="rId217" xr:uid="{4D9ADEAE-333F-44F7-AC4B-45446407D229}"/>
     <hyperlink ref="J447" r:id="rId218" xr:uid="{3C911769-AE32-4019-912E-1C24C821C220}"/>
     <hyperlink ref="J448" r:id="rId219" xr:uid="{606B05CF-2B18-4B71-BD17-C7682A0844EF}"/>
     <hyperlink ref="J449" r:id="rId220" xr:uid="{28760E89-A87A-466F-BB46-0D323E9ED3EA}"/>
     <hyperlink ref="J450" r:id="rId221" xr:uid="{038B88D2-3F2C-4141-94F4-67C53937DD3C}"/>
     <hyperlink ref="J453" r:id="rId222" xr:uid="{2BAA0F63-803A-47F5-8FBD-CFEAA353C317}"/>
     <hyperlink ref="J454" r:id="rId223" xr:uid="{20604ECD-E93A-43B6-B126-AB6B8AD25437}"/>
     <hyperlink ref="J456" r:id="rId224" xr:uid="{A471AE78-0D9C-442E-805B-CC2898461952}"/>
     <hyperlink ref="J457" r:id="rId225" xr:uid="{DBE4B6AF-ED03-4296-879B-22C074C663E0}"/>
     <hyperlink ref="J458" r:id="rId226" xr:uid="{7B65DB94-6C77-46F5-9C71-EBDA90A00458}"/>
     <hyperlink ref="J460" r:id="rId227" xr:uid="{FFD07800-1C0D-4168-8844-BD539F4CE378}"/>
     <hyperlink ref="J463" r:id="rId228" xr:uid="{5B942EF5-368F-492A-852A-66D263C31556}"/>
+    <hyperlink ref="J468" r:id="rId229" xr:uid="{19D42A2B-7F76-4C1E-9896-16742D264281}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId229"/>
-  <drawing r:id="rId230"/>
+  <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="landscape" r:id="rId230"/>
+  <drawing r:id="rId231"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>